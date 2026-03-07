--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -480,53 +480,50 @@
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
     <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
   </si>
   <si>
     <t>This Determination covers products that are:  
 RDCs (short for refrigerated display cabinets);
 refrigerated drinks cabinets;
 ice cream freezer cabinets;
@@ -563,69 +560,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
@@ -2172,812 +2169,812 @@
       </c>
       <c r="L20" t="s">
         <v>149</v>
       </c>
       <c r="M20" t="s">
         <v>47</v>
       </c>
       <c r="N20" t="s">
         <v>37</v>
       </c>
       <c r="O20" t="s">
         <v>150</v>
       </c>
       <c r="P20" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>152</v>
       </c>
       <c r="B21" t="s">
         <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21" t="s">
         <v>86</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H21">
         <v>2025</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>134</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="N21" t="s">
         <v>37</v>
       </c>
       <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
         <v>160</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2003</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>163</v>
       </c>
-      <c r="K22" t="s">
-[...2 lines deleted...]
-      <c r="L22" t="s">
+      <c r="M22" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="N22" t="s">
         <v>37</v>
       </c>
       <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
         <v>168</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>133</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
+        <v>170</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
         <v>171</v>
       </c>
-      <c r="K23" t="s">
-[...2 lines deleted...]
-      <c r="L23" t="s">
+      <c r="M23" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="N23" t="s">
         <v>37</v>
       </c>
       <c r="O23" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>175</v>
+      </c>
+      <c r="B24" t="s">
         <v>176</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>177</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>44</v>
       </c>
       <c r="H24">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="N24" t="s">
         <v>37</v>
       </c>
       <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
         <v>184</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>44</v>
       </c>
       <c r="H25">
         <v>2025</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="N25" t="s">
         <v>37</v>
       </c>
       <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D26" t="s">
         <v>52</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>44</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>120</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="N26" t="s">
         <v>37</v>
       </c>
       <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
         <v>193</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>194</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>44</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
+        <v>196</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
         <v>197</v>
       </c>
-      <c r="K27" t="s">
-[...2 lines deleted...]
-      <c r="L27" t="s">
+      <c r="M27" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="N27" t="s">
         <v>37</v>
       </c>
       <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
         <v>202</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>203</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>133</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28">
         <v>2021</v>
       </c>
       <c r="J28" t="s">
+        <v>205</v>
+      </c>
+      <c r="K28" t="s">
         <v>206</v>
       </c>
-      <c r="K28" t="s">
+      <c r="L28" t="s">
         <v>207</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
+        <v>209</v>
+      </c>
+      <c r="P28" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>211</v>
+      </c>
+      <c r="B29" t="s">
         <v>212</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>213</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>133</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29">
         <v>2019</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="N29" t="s">
         <v>37</v>
       </c>
       <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" t="s">
         <v>220</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>221</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E30" t="s">
         <v>86</v>
       </c>
       <c r="F30" t="s">
         <v>87</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2001</v>
       </c>
       <c r="I30">
         <v>2015</v>
       </c>
       <c r="J30" t="s">
+        <v>222</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
         <v>223</v>
       </c>
-      <c r="K30" t="s">
-[...2 lines deleted...]
-      <c r="L30" t="s">
+      <c r="M30" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="N30" t="s">
         <v>37</v>
       </c>
       <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
         <v>228</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D31" t="s">
         <v>52</v>
       </c>
       <c r="E31" t="s">
         <v>86</v>
       </c>
       <c r="F31" t="s">
         <v>87</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="M31" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
+        <v>230</v>
+      </c>
+      <c r="P31" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>232</v>
+      </c>
+      <c r="B32" t="s">
         <v>233</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D32" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>133</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2008</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>126</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
+        <v>234</v>
+      </c>
+      <c r="M32" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="N32" t="s">
         <v>37</v>
       </c>
       <c r="O32" t="s">
+        <v>236</v>
+      </c>
+      <c r="P32" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>238</v>
+      </c>
+      <c r="B33" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C33" t="s">
         <v>100</v>
       </c>
       <c r="D33" t="s">
         <v>33</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>44</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>103</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="M33" t="s">
         <v>104</v>
       </c>
       <c r="N33" t="s">
         <v>37</v>
       </c>
       <c r="O33" t="s">
+        <v>241</v>
+      </c>
+      <c r="P33" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>243</v>
+      </c>
+      <c r="B34" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="C34" t="s">
         <v>125</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>86</v>
       </c>
       <c r="F34" t="s">
         <v>87</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34">
         <v>2021</v>
       </c>
       <c r="J34" t="s">
+        <v>245</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
         <v>246</v>
       </c>
-      <c r="K34" t="s">
-[...2 lines deleted...]
-      <c r="L34" t="s">
+      <c r="M34" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="N34" t="s">
         <v>37</v>
       </c>
       <c r="O34" t="s">
+        <v>248</v>
+      </c>
+      <c r="P34" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>250</v>
+      </c>
+      <c r="B35" t="s">
         <v>251</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>252</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
       <c r="G35" t="s">
         <v>44</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>126</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
+        <v>254</v>
+      </c>
+      <c r="M35" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="N35" t="s">
         <v>37</v>
       </c>
       <c r="O35" t="s">
+        <v>256</v>
+      </c>
+      <c r="P35" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>258</v>
+      </c>
+      <c r="B36" t="s">
         <v>259</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>86</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>44</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>126</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="M36" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="N36" t="s">
         <v>37</v>
       </c>
       <c r="O36" t="s">
+        <v>261</v>
+      </c>
+      <c r="P36" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">