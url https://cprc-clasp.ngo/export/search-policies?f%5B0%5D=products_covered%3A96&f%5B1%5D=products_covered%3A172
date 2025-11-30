--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -12,924 +12,1291 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1193,2633 +1560,2992 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N60"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...49 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>33</v>
       </c>
-    </row>
-[...60 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
         <v>43</v>
       </c>
-      <c r="G5">
-[...118 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>44</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="K8" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="N8" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
         <v>43</v>
       </c>
-      <c r="G9">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H9"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K10"/>
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" t="s">
         <v>43</v>
       </c>
-      <c r="G11">
-[...70 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>99</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>74</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>98</v>
+      </c>
+      <c r="F14" t="s">
+        <v>99</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>100</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" t="s">
+        <v>99</v>
+      </c>
+      <c r="G15" t="s">
+        <v>52</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>100</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>61</v>
+      </c>
+      <c r="M15" t="s">
+        <v>102</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" t="s">
+        <v>99</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>100</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F17" t="s">
+        <v>99</v>
+      </c>
+      <c r="G17" t="s">
+        <v>52</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>102</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" t="s">
+        <v>99</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>126</v>
+      </c>
+      <c r="M18" t="s">
+        <v>102</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>131</v>
+      </c>
+      <c r="D19" t="s">
+        <v>60</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...40 lines deleted...]
-      <c r="J14" t="s">
+      <c r="G19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>133</v>
+      </c>
+      <c r="N19" t="s">
+        <v>37</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>139</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2023</v>
+      </c>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>133</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>145</v>
+      </c>
+      <c r="D21" t="s">
+        <v>146</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>147</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>148</v>
+      </c>
+      <c r="N21" t="s">
+        <v>37</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>153</v>
+      </c>
+      <c r="D22" t="s">
+        <v>43</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...231 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G22" t="s">
+        <v>155</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>156</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>157</v>
+      </c>
+      <c r="N22" t="s">
+        <v>37</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
+      <c r="E23" t="s">
         <v>98</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F23" t="s">
         <v>99</v>
       </c>
-      <c r="F20" t="s">
-[...122 lines deleted...]
-      <c r="G23">
+      <c r="G23" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23">
         <v>2013</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>162</v>
       </c>
       <c r="K23" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>119</v>
+        <v>163</v>
       </c>
       <c r="M23" t="s">
-        <v>32</v>
+        <v>164</v>
       </c>
       <c r="N23" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>121</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>116</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="E24" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>99</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-        <v>117</v>
+      <c r="I24">
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
+        <v>162</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>169</v>
+      </c>
+      <c r="M24" t="s">
+        <v>170</v>
+      </c>
+      <c r="N24" t="s">
+        <v>37</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>176</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>177</v>
+      </c>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>37</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>153</v>
+      </c>
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>183</v>
+      </c>
+      <c r="G26" t="s">
+        <v>52</v>
+      </c>
+      <c r="H26">
+        <v>2023</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>184</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>185</v>
+      </c>
+      <c r="N26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...116 lines deleted...]
-        <v>2005</v>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2005</v>
       </c>
-      <c r="I27" t="s">
-        <v>74</v>
+      <c r="I27">
+        <v>2005</v>
       </c>
       <c r="J27" t="s">
+        <v>100</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>61</v>
+      </c>
+      <c r="M27" t="s">
+        <v>55</v>
+      </c>
+      <c r="N27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...31 lines deleted...]
-      <c r="G28">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2011</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
+        <v>100</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>71</v>
+      </c>
+      <c r="M28" t="s">
+        <v>55</v>
+      </c>
+      <c r="N28" t="s">
+        <v>37</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K28" t="s">
-[...31 lines deleted...]
-      <c r="G29">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2011</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2017</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
+        <v>100</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>197</v>
+      </c>
+      <c r="M29" t="s">
+        <v>55</v>
+      </c>
+      <c r="N29" t="s">
+        <v>37</v>
+      </c>
+      <c r="O29" t="s">
+        <v>198</v>
+      </c>
+      <c r="P29" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>200</v>
+      </c>
+      <c r="B30" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" t="s">
+        <v>51</v>
+      </c>
+      <c r="D30" t="s">
+        <v>60</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...28 lines deleted...]
-      <c r="F30" t="s">
+      <c r="G30" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>53</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>66</v>
+      </c>
+      <c r="M30" t="s">
+        <v>201</v>
+      </c>
+      <c r="N30" t="s">
+        <v>37</v>
+      </c>
+      <c r="O30" t="s">
+        <v>202</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>51</v>
+      </c>
+      <c r="D31" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>8</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31">
+        <v>2025</v>
+      </c>
+      <c r="J31" t="s">
+        <v>206</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>37</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>213</v>
+      </c>
+      <c r="D32" t="s">
         <v>43</v>
       </c>
-      <c r="G30">
-[...6 lines deleted...]
-      <c r="J30" t="s">
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...75 lines deleted...]
-      <c r="G32">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2003</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2024</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="K32" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="M32" t="s">
-        <v>32</v>
+        <v>216</v>
       </c>
       <c r="N32" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>157</v>
+        <v>219</v>
       </c>
       <c r="B33" t="s">
-        <v>116</v>
+        <v>220</v>
       </c>
       <c r="C33" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="E33" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="F33" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>99</v>
+      </c>
+      <c r="G33" t="s">
+        <v>52</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="H33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>32</v>
+        <v>170</v>
       </c>
       <c r="N33" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>159</v>
+        <v>223</v>
       </c>
       <c r="B34" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="C34" t="s">
-        <v>49</v>
+        <v>225</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="E34" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>99</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>37</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
+        <v>44</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>226</v>
+      </c>
+      <c r="N34" t="s">
+        <v>37</v>
+      </c>
+      <c r="O34" t="s">
+        <v>227</v>
+      </c>
+      <c r="P34" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>229</v>
+      </c>
+      <c r="B35" t="s">
+        <v>60</v>
+      </c>
+      <c r="C35" t="s">
+        <v>225</v>
+      </c>
+      <c r="D35" t="s">
+        <v>60</v>
+      </c>
+      <c r="E35" t="s">
+        <v>98</v>
+      </c>
+      <c r="F35" t="s">
+        <v>99</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>230</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>226</v>
+      </c>
+      <c r="N35" t="s">
+        <v>37</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>235</v>
+      </c>
+      <c r="D36" t="s">
+        <v>60</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...38 lines deleted...]
-      <c r="J35" t="s">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>236</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>237</v>
+      </c>
+      <c r="N36" t="s">
+        <v>37</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>233</v>
+      </c>
+      <c r="B37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C37" t="s">
+        <v>235</v>
+      </c>
+      <c r="D37" t="s">
+        <v>60</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...29 lines deleted...]
-      <c r="G36">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2016</v>
       </c>
-      <c r="H36">
+      <c r="I37">
         <v>2020</v>
       </c>
-      <c r="I36" t="s">
-[...2 lines deleted...]
-      <c r="J36" t="s">
+      <c r="J37" t="s">
+        <v>236</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>237</v>
+      </c>
+      <c r="N37" t="s">
+        <v>37</v>
+      </c>
+      <c r="O37" t="s">
+        <v>241</v>
+      </c>
+      <c r="P37" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>243</v>
+      </c>
+      <c r="B38" t="s">
+        <v>244</v>
+      </c>
+      <c r="C38" t="s">
+        <v>235</v>
+      </c>
+      <c r="D38" t="s">
+        <v>60</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>52</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>245</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>237</v>
+      </c>
+      <c r="N38" t="s">
+        <v>37</v>
+      </c>
+      <c r="O38" t="s">
+        <v>246</v>
+      </c>
+      <c r="P38" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>248</v>
+      </c>
+      <c r="B39" t="s">
+        <v>249</v>
+      </c>
+      <c r="C39" t="s">
+        <v>250</v>
+      </c>
+      <c r="D39" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>183</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2007</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>251</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>252</v>
+      </c>
+      <c r="M39" t="s">
+        <v>253</v>
+      </c>
+      <c r="N39" t="s">
+        <v>37</v>
+      </c>
+      <c r="O39" t="s">
+        <v>254</v>
+      </c>
+      <c r="P39" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>258</v>
+      </c>
+      <c r="D40" t="s">
+        <v>60</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K36"/>
-[...38 lines deleted...]
-      <c r="J37" t="s">
+      <c r="G40" t="s">
+        <v>52</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>259</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>260</v>
+      </c>
+      <c r="N40" t="s">
+        <v>37</v>
+      </c>
+      <c r="O40" t="s">
+        <v>261</v>
+      </c>
+      <c r="P40" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>263</v>
+      </c>
+      <c r="B41" t="s">
+        <v>264</v>
+      </c>
+      <c r="C41" t="s">
+        <v>265</v>
+      </c>
+      <c r="D41" t="s">
+        <v>266</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>52</v>
+      </c>
+      <c r="H41">
+        <v>2025</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>267</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>268</v>
+      </c>
+      <c r="N41" t="s">
+        <v>37</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>265</v>
+      </c>
+      <c r="D42" t="s">
+        <v>266</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K37"/>
-[...26 lines deleted...]
-      <c r="F38" t="s">
+      <c r="G42" t="s">
+        <v>52</v>
+      </c>
+      <c r="H42">
+        <v>2025</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>267</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>268</v>
+      </c>
+      <c r="N42" t="s">
+        <v>37</v>
+      </c>
+      <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>275</v>
+      </c>
+      <c r="B43" t="s">
+        <v>276</v>
+      </c>
+      <c r="C43" t="s">
+        <v>153</v>
+      </c>
+      <c r="D43" t="s">
+        <v>277</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>183</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2022</v>
+      </c>
+      <c r="I43">
+        <v>2024</v>
+      </c>
+      <c r="J43" t="s">
+        <v>278</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>279</v>
+      </c>
+      <c r="M43" t="s">
+        <v>185</v>
+      </c>
+      <c r="N43" t="s">
+        <v>37</v>
+      </c>
+      <c r="O43" t="s">
+        <v>280</v>
+      </c>
+      <c r="P43" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
+        <v>283</v>
+      </c>
+      <c r="C44" t="s">
+        <v>284</v>
+      </c>
+      <c r="D44" t="s">
+        <v>60</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>52</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>176</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>285</v>
+      </c>
+      <c r="M44" t="s">
+        <v>286</v>
+      </c>
+      <c r="N44" t="s">
+        <v>37</v>
+      </c>
+      <c r="O44" t="s">
+        <v>287</v>
+      </c>
+      <c r="P44" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>289</v>
+      </c>
+      <c r="B45" t="s">
+        <v>290</v>
+      </c>
+      <c r="C45" t="s">
+        <v>291</v>
+      </c>
+      <c r="D45" t="s">
+        <v>292</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>236</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>293</v>
+      </c>
+      <c r="M45" t="s">
+        <v>294</v>
+      </c>
+      <c r="N45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O45" t="s">
+        <v>295</v>
+      </c>
+      <c r="P45" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>297</v>
+      </c>
+      <c r="B46" t="s">
+        <v>298</v>
+      </c>
+      <c r="C46" t="s">
+        <v>299</v>
+      </c>
+      <c r="D46" t="s">
+        <v>60</v>
+      </c>
+      <c r="E46" t="s">
+        <v>98</v>
+      </c>
+      <c r="F46" t="s">
+        <v>99</v>
+      </c>
+      <c r="G46" t="s">
+        <v>52</v>
+      </c>
+      <c r="H46">
+        <v>2018</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>300</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>301</v>
+      </c>
+      <c r="N46" t="s">
+        <v>37</v>
+      </c>
+      <c r="O46" t="s">
+        <v>302</v>
+      </c>
+      <c r="P46" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>304</v>
+      </c>
+      <c r="B47" t="s">
+        <v>305</v>
+      </c>
+      <c r="C47" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" t="s">
+        <v>60</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" t="s">
+        <v>52</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>251</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>307</v>
+      </c>
+      <c r="N47" t="s">
+        <v>37</v>
+      </c>
+      <c r="O47" t="s">
+        <v>308</v>
+      </c>
+      <c r="P47" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>310</v>
+      </c>
+      <c r="B48" t="s">
+        <v>311</v>
+      </c>
+      <c r="C48" t="s">
+        <v>312</v>
+      </c>
+      <c r="D48" t="s">
+        <v>313</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>183</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2017</v>
+      </c>
+      <c r="I48">
+        <v>2021</v>
+      </c>
+      <c r="J48" t="s">
+        <v>314</v>
+      </c>
+      <c r="K48" t="s">
+        <v>315</v>
+      </c>
+      <c r="L48" t="s">
+        <v>316</v>
+      </c>
+      <c r="M48" t="s">
+        <v>317</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>318</v>
+      </c>
+      <c r="P48" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>320</v>
+      </c>
+      <c r="B49" t="s">
+        <v>321</v>
+      </c>
+      <c r="C49" t="s">
+        <v>322</v>
+      </c>
+      <c r="D49" t="s">
+        <v>323</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>183</v>
+      </c>
+      <c r="G49" t="s">
+        <v>52</v>
+      </c>
+      <c r="H49">
+        <v>2019</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>324</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>325</v>
+      </c>
+      <c r="N49" t="s">
+        <v>37</v>
+      </c>
+      <c r="O49" t="s">
+        <v>326</v>
+      </c>
+      <c r="P49" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>328</v>
+      </c>
+      <c r="B50" t="s">
+        <v>329</v>
+      </c>
+      <c r="C50" t="s">
+        <v>284</v>
+      </c>
+      <c r="D50" t="s">
+        <v>292</v>
+      </c>
+      <c r="E50" t="s">
+        <v>98</v>
+      </c>
+      <c r="F50" t="s">
+        <v>99</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2001</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>300</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>330</v>
+      </c>
+      <c r="M50" t="s">
+        <v>331</v>
+      </c>
+      <c r="N50" t="s">
+        <v>37</v>
+      </c>
+      <c r="O50" t="s">
+        <v>332</v>
+      </c>
+      <c r="P50" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>334</v>
+      </c>
+      <c r="B51" t="s">
+        <v>335</v>
+      </c>
+      <c r="C51" t="s">
+        <v>284</v>
+      </c>
+      <c r="D51" t="s">
+        <v>60</v>
+      </c>
+      <c r="E51" t="s">
+        <v>98</v>
+      </c>
+      <c r="F51" t="s">
+        <v>99</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>251</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>336</v>
+      </c>
+      <c r="M51" t="s">
+        <v>337</v>
+      </c>
+      <c r="N51" t="s">
+        <v>37</v>
+      </c>
+      <c r="O51" t="s">
+        <v>338</v>
+      </c>
+      <c r="P51" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>340</v>
+      </c>
+      <c r="B52" t="s">
+        <v>341</v>
+      </c>
+      <c r="C52" t="s">
+        <v>284</v>
+      </c>
+      <c r="D52" t="s">
+        <v>60</v>
+      </c>
+      <c r="E52" t="s">
+        <v>98</v>
+      </c>
+      <c r="F52" t="s">
+        <v>99</v>
+      </c>
+      <c r="G52" t="s">
+        <v>52</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>251</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>342</v>
+      </c>
+      <c r="M52" t="s">
+        <v>337</v>
+      </c>
+      <c r="N52" t="s">
+        <v>37</v>
+      </c>
+      <c r="O52" t="s">
+        <v>343</v>
+      </c>
+      <c r="P52"/>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>344</v>
+      </c>
+      <c r="B53" t="s">
+        <v>345</v>
+      </c>
+      <c r="C53" t="s">
+        <v>265</v>
+      </c>
+      <c r="D53" t="s">
+        <v>346</v>
+      </c>
+      <c r="E53" t="s">
+        <v>98</v>
+      </c>
+      <c r="F53" t="s">
+        <v>99</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53">
+        <v>2017</v>
+      </c>
+      <c r="J53" t="s">
+        <v>236</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>347</v>
+      </c>
+      <c r="N53" t="s">
+        <v>37</v>
+      </c>
+      <c r="O53" t="s">
+        <v>348</v>
+      </c>
+      <c r="P53" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>350</v>
+      </c>
+      <c r="B54" t="s">
+        <v>351</v>
+      </c>
+      <c r="C54" t="s">
+        <v>284</v>
+      </c>
+      <c r="D54" t="s">
+        <v>292</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>183</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2008</v>
+      </c>
+      <c r="I54">
+        <v>2014</v>
+      </c>
+      <c r="J54" t="s">
+        <v>176</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>352</v>
+      </c>
+      <c r="M54" t="s">
+        <v>286</v>
+      </c>
+      <c r="N54" t="s">
+        <v>37</v>
+      </c>
+      <c r="O54" t="s">
+        <v>353</v>
+      </c>
+      <c r="P54" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>355</v>
+      </c>
+      <c r="B55" t="s">
+        <v>356</v>
+      </c>
+      <c r="C55" t="s">
+        <v>284</v>
+      </c>
+      <c r="D55" t="s">
+        <v>60</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>52</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>300</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>357</v>
+      </c>
+      <c r="M55" t="s">
+        <v>286</v>
+      </c>
+      <c r="N55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O55" t="s">
+        <v>358</v>
+      </c>
+      <c r="P55" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>360</v>
+      </c>
+      <c r="B56" t="s">
+        <v>361</v>
+      </c>
+      <c r="C56" t="s">
+        <v>131</v>
+      </c>
+      <c r="D56" t="s">
         <v>43</v>
       </c>
-      <c r="G38">
-[...6 lines deleted...]
-      <c r="J38" t="s">
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K38"/>
-[...11 lines deleted...]
-      <c r="A39" t="s">
+      <c r="G56" t="s">
+        <v>52</v>
+      </c>
+      <c r="H56">
+        <v>2014</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>140</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>362</v>
+      </c>
+      <c r="M56" t="s">
+        <v>133</v>
+      </c>
+      <c r="N56" t="s">
+        <v>37</v>
+      </c>
+      <c r="O56" t="s">
+        <v>363</v>
+      </c>
+      <c r="P56" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>365</v>
+      </c>
+      <c r="B57" t="s">
+        <v>366</v>
+      </c>
+      <c r="C57" t="s">
+        <v>131</v>
+      </c>
+      <c r="D57" t="s">
+        <v>60</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>52</v>
+      </c>
+      <c r="H57">
+        <v>2019</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>184</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>133</v>
+      </c>
+      <c r="N57" t="s">
+        <v>37</v>
+      </c>
+      <c r="O57" t="s">
+        <v>367</v>
+      </c>
+      <c r="P57" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>369</v>
+      </c>
+      <c r="B58" t="s">
+        <v>370</v>
+      </c>
+      <c r="C58" t="s">
         <v>175</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D58" t="s">
+        <v>43</v>
+      </c>
+      <c r="E58" t="s">
+        <v>98</v>
+      </c>
+      <c r="F58" t="s">
+        <v>99</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2021</v>
+      </c>
+      <c r="J58" t="s">
+        <v>371</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>372</v>
+      </c>
+      <c r="M58" t="s">
+        <v>373</v>
+      </c>
+      <c r="N58" t="s">
+        <v>37</v>
+      </c>
+      <c r="O58" t="s">
+        <v>374</v>
+      </c>
+      <c r="P58" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>376</v>
+      </c>
+      <c r="B59" t="s">
+        <v>377</v>
+      </c>
+      <c r="C59" t="s">
+        <v>378</v>
+      </c>
+      <c r="D59" t="s">
+        <v>379</v>
+      </c>
+      <c r="E59" t="s">
+        <v>98</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>52</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
         <v>176</v>
       </c>
-      <c r="C39" t="s">
-[...20 lines deleted...]
-      <c r="J39" t="s">
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>380</v>
+      </c>
+      <c r="M59" t="s">
+        <v>381</v>
+      </c>
+      <c r="N59" t="s">
+        <v>37</v>
+      </c>
+      <c r="O59" t="s">
+        <v>382</v>
+      </c>
+      <c r="P59" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>384</v>
+      </c>
+      <c r="B60" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" t="s">
+        <v>378</v>
+      </c>
+      <c r="D60" t="s">
+        <v>43</v>
+      </c>
+      <c r="E60" t="s">
+        <v>98</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...195 lines deleted...]
-      <c r="G44">
+      <c r="G60" t="s">
+        <v>52</v>
+      </c>
+      <c r="H60">
         <v>2021</v>
       </c>
-      <c r="H44"/>
-[...676 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="K60" t="s">
-        <v>271</v>
+        <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>268</v>
+        <v>386</v>
       </c>
       <c r="M60" t="s">
-        <v>32</v>
+        <v>381</v>
       </c>
       <c r="N60" t="s">
-        <v>272</v>
+        <v>37</v>
+      </c>
+      <c r="O60" t="s">
+        <v>387</v>
+      </c>
+      <c r="P60" t="s">
+        <v>388</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>