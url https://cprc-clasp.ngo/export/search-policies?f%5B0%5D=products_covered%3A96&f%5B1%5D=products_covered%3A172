--- v1 (2025-11-30)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,72 +104,108 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
@@ -473,53 +509,50 @@
     <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
   </si>
   <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
     <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
-  </si>
-[...1 lines deleted...]
-    <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
     <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
@@ -569,102 +602,99 @@
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
     <t>applies to remote refrigerated display cabinets for food sales and display.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
     <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
@@ -823,111 +853,84 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
     <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
     <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
   </si>
   <si>
@@ -1574,51 +1577,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1694,2822 +1697,2820 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2003</v>
+        <v>1980</v>
       </c>
       <c r="I4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H6">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H7">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H8">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
-      <c r="M9"/>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
-      <c r="M11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
-      <c r="M12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M12"/>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>51</v>
+        <v>92</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H13">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F14" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>108</v>
+      </c>
+      <c r="F15" t="s">
+        <v>109</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
         <v>110</v>
       </c>
-      <c r="B15" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="N15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E16" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F16" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H16">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>71</v>
       </c>
       <c r="M16" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="N16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E17" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F17" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G17" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J17" t="s">
-        <v>53</v>
+        <v>110</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="N17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F18" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G18" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H18">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
       <c r="J18" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="N18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="G19" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H19">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>132</v>
+        <v>63</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>136</v>
+      </c>
       <c r="M19" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="N19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H20">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="N20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="P20" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B21" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="G21" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2023</v>
+      </c>
       <c r="J21" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="N21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D22" t="s">
-        <v>43</v>
+        <v>156</v>
       </c>
       <c r="E22" t="s">
-        <v>154</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G22" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="H22"/>
+        <v>62</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="P22"/>
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>161</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E23" t="s">
-        <v>98</v>
+        <v>163</v>
       </c>
       <c r="F23" t="s">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="N23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C24" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E24" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F24" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H24">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="M24" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="N24" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="P24" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B25" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C25" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E25" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C26" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="F26" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="G26" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2015</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
       <c r="J26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>186</v>
+      </c>
       <c r="M26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O26" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="P26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B27" t="s">
-        <v>111</v>
+        <v>191</v>
       </c>
       <c r="C27" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H27">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>100</v>
+        <v>192</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="N27" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O27" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="P27" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>192</v>
+        <v>121</v>
       </c>
       <c r="C28" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D28" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="I28">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="J28" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>71</v>
       </c>
       <c r="M28" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="N28" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="P28" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B29" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C29" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>197</v>
+        <v>81</v>
       </c>
       <c r="M29" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="N29" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P29" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>203</v>
       </c>
       <c r="C30" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D30" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
       <c r="J30" t="s">
-        <v>53</v>
+        <v>110</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>66</v>
+        <v>204</v>
       </c>
       <c r="M30" t="s">
-        <v>201</v>
+        <v>65</v>
       </c>
       <c r="N30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>8</v>
+        <v>208</v>
       </c>
       <c r="H31">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>206</v>
+        <v>63</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>207</v>
+        <v>76</v>
       </c>
       <c r="M31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C32" t="s">
-        <v>213</v>
+        <v>61</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H32">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="I32">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J32" t="s">
         <v>214</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>215</v>
       </c>
       <c r="M32" t="s">
         <v>216</v>
       </c>
       <c r="N32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
         <v>217</v>
       </c>
       <c r="P32" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>219</v>
       </c>
       <c r="B33" t="s">
         <v>220</v>
       </c>
       <c r="C33" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="D33" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E33" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2003</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
       <c r="J33" t="s">
-        <v>162</v>
+        <v>222</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>223</v>
+      </c>
       <c r="M33" t="s">
-        <v>170</v>
+        <v>224</v>
       </c>
       <c r="N33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O33" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="P33" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B34" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C34" t="s">
-        <v>225</v>
+        <v>170</v>
       </c>
       <c r="D34" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E34" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F34" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H34">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>226</v>
+        <v>179</v>
       </c>
       <c r="N34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O34" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P34" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B35" t="s">
-        <v>60</v>
+        <v>232</v>
       </c>
       <c r="C35" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="D35" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E35" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F35" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I35">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>230</v>
+        <v>54</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="N35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O35" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="P35" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" t="s">
+        <v>70</v>
+      </c>
+      <c r="C36" t="s">
         <v>233</v>
       </c>
-      <c r="B36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I36">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J36" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="N36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="B37" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C37" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="D37" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2016</v>
       </c>
       <c r="I37">
         <v>2020</v>
       </c>
       <c r="J37" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="N37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="P37" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>248</v>
+      </c>
+      <c r="C38" t="s">
         <v>243</v>
       </c>
-      <c r="B38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
-      <c r="I38"/>
+      <c r="I38">
+        <v>2020</v>
+      </c>
       <c r="J38" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="N38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O38" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="P38" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B39" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C39" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="D39" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H39">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="N39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O39" t="s">
         <v>254</v>
       </c>
       <c r="P39" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>256</v>
       </c>
       <c r="B40" t="s">
         <v>257</v>
       </c>
       <c r="C40" t="s">
         <v>258</v>
       </c>
       <c r="D40" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>2007</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
       <c r="J40" t="s">
         <v>259</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>260</v>
+      </c>
       <c r="M40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="N40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B41" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C41" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D41" t="s">
-        <v>266</v>
+        <v>70</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H41">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>267</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>268</v>
       </c>
       <c r="N41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O41" t="s">
         <v>269</v>
       </c>
       <c r="P41" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>271</v>
       </c>
       <c r="B42" t="s">
         <v>272</v>
       </c>
       <c r="C42" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="D42" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G42" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H42">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="N42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="P42" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B43" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C43" t="s">
-        <v>153</v>
+        <v>273</v>
       </c>
       <c r="D43" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>183</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H43">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>185</v>
+        <v>276</v>
       </c>
       <c r="N43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P43" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D44" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P44" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C45" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H45">
         <v>2011</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M45" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N45" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D46" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E46" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F46" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G46" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="N46" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P46" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D47" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G47" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H47">
         <v>2014</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N47" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D48" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>183</v>
+        <v>34</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="K48" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B49" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C49" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D49" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>183</v>
+        <v>34</v>
       </c>
       <c r="G49" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H49">
         <v>2019</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="N49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O49" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C50" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D50" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E50" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F50" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2001</v>
       </c>
       <c r="I50">
         <v>2015</v>
       </c>
       <c r="J50" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="M50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="N50" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="P50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C51" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D51" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E51" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F51" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2013</v>
       </c>
       <c r="I51">
         <v>2014</v>
       </c>
       <c r="J51" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M51" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N51" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O51" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B52" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C52" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D52" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E52" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F52" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G52" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H52">
         <v>2013</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M52" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O52" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P52"/>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B53" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C53" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="D53" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E53" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F53" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53">
         <v>2017</v>
       </c>
       <c r="J53" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N53" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O53" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B54" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C54" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D54" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>183</v>
+        <v>34</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2008</v>
       </c>
       <c r="I54">
         <v>2014</v>
       </c>
       <c r="J54" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M54" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O54" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P54" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B55" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D55" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N55" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O55" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P55" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B56" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C56" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="D56" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H56">
         <v>2014</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M56" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="N56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O56" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P56" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B57" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C57" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="D57" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H57">
         <v>2019</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="N57" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O57" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P57" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B58" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C58" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E58" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F58" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58">
         <v>2021</v>
       </c>
       <c r="J58" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M58" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O58" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P58" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B59" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C59" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D59" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E59" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F59" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G59" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M59" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N59" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O59" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P59" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B60" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D60" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E60" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H60">
         <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="M60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N60" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O60" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P60" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">