--- v0 (2025-11-28)
+++ v1 (2026-03-01)
@@ -1017,66 +1017,66 @@
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
     <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
     <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
@@ -4501,51 +4501,51 @@
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>320</v>
       </c>
       <c r="B47" t="s">
         <v>321</v>
       </c>
       <c r="C47" t="s">
         <v>177</v>
       </c>
       <c r="D47" t="s">
         <v>322</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>52</v>
       </c>
       <c r="G47" t="s">
         <v>53</v>
       </c>
       <c r="H47">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>323</v>
       </c>
       <c r="K47" t="s">
         <v>35</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>324</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>325</v>
       </c>
       <c r="P47" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>327</v>