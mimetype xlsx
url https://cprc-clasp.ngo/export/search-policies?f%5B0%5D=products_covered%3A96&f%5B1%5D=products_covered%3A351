--- v0 (2025-11-30)
+++ v1 (2026-01-28)
@@ -598,69 +598,69 @@
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
     <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
@@ -2458,51 +2458,51 @@
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>188</v>
       </c>
       <c r="B26" t="s">
         <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>190</v>
       </c>
       <c r="D26" t="s">
         <v>191</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>33</v>
       </c>
       <c r="G26" t="s">
         <v>34</v>
       </c>
       <c r="H26">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>192</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>193</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>194</v>
       </c>
       <c r="P26" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>196</v>