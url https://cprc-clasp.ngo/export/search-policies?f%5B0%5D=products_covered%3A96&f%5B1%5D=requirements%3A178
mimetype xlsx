--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,272 +12,325 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
   </si>
   <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,455 +594,506 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>28</v>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...17 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...164 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="N8" t="s">
-        <v>58</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>