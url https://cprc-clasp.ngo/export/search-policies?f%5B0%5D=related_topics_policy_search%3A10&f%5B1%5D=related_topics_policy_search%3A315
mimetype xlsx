--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="371">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -462,51 +462,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
     <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
     <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
   </si>
@@ -743,50 +743,53 @@
     <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
@@ -836,51 +839,51 @@
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
     <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -1551,51 +1554,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3369,1140 +3372,1142 @@
       </c>
       <c r="P37" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>229</v>
       </c>
       <c r="B38" t="s">
         <v>230</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>140</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>231</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>78</v>
       </c>
       <c r="K38" t="s">
         <v>44</v>
       </c>
       <c r="L38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M38" t="s">
         <v>198</v>
       </c>
       <c r="N38" t="s">
         <v>45</v>
       </c>
       <c r="O38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P38" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B39" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>61</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>140</v>
       </c>
       <c r="G39" t="s">
         <v>8</v>
       </c>
       <c r="H39">
         <v>2019</v>
       </c>
       <c r="I39">
         <v>2025</v>
       </c>
       <c r="J39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K39" t="s">
         <v>54</v>
       </c>
       <c r="L39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M39" t="s">
         <v>192</v>
       </c>
       <c r="N39" t="s">
         <v>45</v>
       </c>
       <c r="O39" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P39" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>140</v>
       </c>
       <c r="G40" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H40">
         <v>2019</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>190</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M40" t="s">
         <v>198</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P40" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>19</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>140</v>
       </c>
       <c r="G41" t="s">
         <v>8</v>
       </c>
       <c r="H41">
         <v>2019</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
         <v>190</v>
       </c>
       <c r="K41" t="s">
         <v>54</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>192</v>
       </c>
       <c r="N41" t="s">
         <v>45</v>
       </c>
       <c r="O41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P41" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B42" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C42" t="s">
-        <v>188</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E42" t="s">
         <v>69</v>
       </c>
       <c r="F42" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G42" t="s">
-        <v>141</v>
+        <v>8</v>
       </c>
       <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42">
         <v>2024</v>
       </c>
-      <c r="I42"/>
       <c r="J42" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K42" t="s">
         <v>54</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="N42" t="s">
         <v>45</v>
       </c>
       <c r="O42" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P42" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B43" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>140</v>
       </c>
       <c r="G43" t="s">
         <v>8</v>
       </c>
       <c r="H43">
         <v>2014</v>
       </c>
       <c r="I43">
         <v>2025</v>
       </c>
       <c r="J43" t="s">
         <v>190</v>
       </c>
       <c r="K43" t="s">
         <v>54</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>192</v>
       </c>
       <c r="N43" t="s">
         <v>146</v>
       </c>
       <c r="O43" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P43" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B44" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D44" t="s">
         <v>139</v>
       </c>
       <c r="E44" t="s">
         <v>69</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2022</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K44" t="s">
         <v>143</v>
       </c>
       <c r="L44" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M44" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N44" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="O44" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P44" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B45" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C45" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D45" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E45" t="s">
         <v>69</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2022</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K45" t="s">
         <v>143</v>
       </c>
       <c r="L45" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="O45" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P45" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C46" t="s">
         <v>138</v>
       </c>
       <c r="D46" t="s">
         <v>152</v>
       </c>
       <c r="E46" t="s">
         <v>69</v>
       </c>
       <c r="F46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G46" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>167</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P46" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B47" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C47" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D47" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>52</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
         <v>167</v>
       </c>
       <c r="K47" t="s">
         <v>54</v>
       </c>
       <c r="L47" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="M47" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="N47" t="s">
         <v>146</v>
       </c>
       <c r="O47" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P47" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B48" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D48" t="s">
         <v>30</v>
       </c>
       <c r="E48" t="s">
         <v>69</v>
       </c>
       <c r="F48" t="s">
         <v>70</v>
       </c>
       <c r="G48" t="s">
         <v>52</v>
       </c>
       <c r="H48">
         <v>2006</v>
       </c>
       <c r="I48">
         <v>2015</v>
       </c>
       <c r="J48" t="s">
         <v>153</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M48" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P48" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B49" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C49" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D49" t="s">
         <v>32</v>
       </c>
       <c r="E49" t="s">
         <v>69</v>
       </c>
       <c r="F49" t="s">
         <v>70</v>
       </c>
       <c r="G49" t="s">
         <v>52</v>
       </c>
       <c r="H49">
         <v>2001</v>
       </c>
       <c r="I49">
         <v>2012</v>
       </c>
       <c r="J49" t="s">
         <v>153</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M49" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P49" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B50" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C50" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D50" t="s">
         <v>19</v>
       </c>
       <c r="E50" t="s">
         <v>69</v>
       </c>
       <c r="F50" t="s">
         <v>70</v>
       </c>
       <c r="G50" t="s">
         <v>52</v>
       </c>
       <c r="H50">
         <v>1994</v>
       </c>
       <c r="I50">
         <v>2013</v>
       </c>
       <c r="J50" t="s">
         <v>153</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="M50" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P50" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B51" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C51" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D51" t="s">
         <v>34</v>
       </c>
       <c r="E51" t="s">
         <v>69</v>
       </c>
       <c r="F51" t="s">
         <v>70</v>
       </c>
       <c r="G51" t="s">
         <v>52</v>
       </c>
       <c r="H51">
         <v>1992</v>
       </c>
       <c r="I51">
         <v>2012</v>
       </c>
       <c r="J51" t="s">
         <v>153</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M51" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P51" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B52" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C52" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D52" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>140</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2022</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K52" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N52" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="O52" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P52" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B53" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C53" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D53" t="s">
         <v>34</v>
       </c>
       <c r="E53" t="s">
         <v>69</v>
       </c>
       <c r="F53" t="s">
         <v>70</v>
       </c>
       <c r="G53" t="s">
         <v>52</v>
       </c>
       <c r="H53">
         <v>2011</v>
       </c>
       <c r="I53">
         <v>2017</v>
       </c>
       <c r="J53" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="M53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="P53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B54" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E54" t="s">
         <v>69</v>
       </c>
       <c r="F54" t="s">
         <v>70</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>81</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P54" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B55" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C55" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D55" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E55" t="s">
         <v>69</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>52</v>
       </c>
       <c r="H55">
         <v>2015</v>
       </c>
       <c r="I55">
         <v>2016</v>
       </c>
       <c r="J55" t="s">
         <v>153</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C56" t="s">
         <v>138</v>
       </c>
       <c r="D56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E56" t="s">
         <v>69</v>
       </c>
       <c r="F56" t="s">
         <v>70</v>
       </c>
       <c r="G56" t="s">
         <v>52</v>
       </c>
       <c r="H56">
         <v>2011</v>
       </c>
       <c r="I56">
         <v>2017</v>
       </c>
       <c r="J56" t="s">
         <v>167</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P56" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B57" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C57" t="s">
         <v>166</v>
       </c>
       <c r="D57" t="s">
         <v>34</v>
       </c>
       <c r="E57" t="s">
         <v>69</v>
       </c>
       <c r="F57" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2007</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>153</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M57" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P57" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B58" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C58" t="s">
         <v>166</v>
       </c>
       <c r="D58" t="s">
         <v>30</v>
       </c>
       <c r="E58" t="s">
         <v>69</v>
       </c>
       <c r="F58" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2009</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>153</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M58" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P58" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B59" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C59" t="s">
         <v>166</v>
       </c>
       <c r="D59" t="s">
         <v>32</v>
       </c>
       <c r="E59" t="s">
         <v>69</v>
       </c>
       <c r="F59" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G59" t="s">
         <v>52</v>
       </c>
       <c r="H59">
         <v>2018</v>
       </c>
       <c r="I59">
         <v>2018</v>
       </c>
       <c r="J59" t="s">
         <v>153</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M59" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="N59" t="s">
         <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B60" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C60" t="s">
         <v>166</v>
       </c>
       <c r="D60" t="s">
         <v>19</v>
       </c>
       <c r="E60" t="s">
         <v>69</v>
       </c>
       <c r="F60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2014</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>153</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="M60" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="P60" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">