--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,1379 +12,2020 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="624">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
   </si>
   <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1648,4505 +2289,5130 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N105"/>
+  <dimension ref="A1:P105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
-      </c>
-[...196 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-        <v>46</v>
+      <c r="I7">
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
         <v>55</v>
       </c>
-      <c r="L7" t="s">
-[...10 lines deleted...]
-      <c r="A8" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
         <v>57</v>
       </c>
-      <c r="B8" t="s">
-[...17 lines deleted...]
-      <c r="H8">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>80</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-[...75 lines deleted...]
-      <c r="G10">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K11"/>
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
         <v>2019</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...27 lines deleted...]
-      <c r="G13">
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>88</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>95</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>93</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="H13"/>
-[...3 lines deleted...]
-      <c r="J13" t="s">
+      <c r="J16" t="s">
+        <v>94</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>95</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...36 lines deleted...]
-      <c r="J14" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>94</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...34 lines deleted...]
-      <c r="J15" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>88</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-[...32 lines deleted...]
-      <c r="H16">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
         <v>2019</v>
       </c>
-      <c r="I16" t="s">
-[...2 lines deleted...]
-      <c r="J16" t="s">
+      <c r="J19" t="s">
+        <v>88</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>122</v>
+      </c>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...32 lines deleted...]
-      <c r="H17">
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
         <v>2019</v>
       </c>
-      <c r="I17" t="s">
-[...2 lines deleted...]
-      <c r="J17" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>88</v>
+      </c>
+      <c r="K20" t="s">
+        <v>133</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
+        <v>100</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K17"/>
-[...30 lines deleted...]
-      <c r="H18">
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
         <v>2019</v>
       </c>
-      <c r="I18" t="s">
-[...2 lines deleted...]
-      <c r="J18" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>94</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>95</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...152 lines deleted...]
-        <v>2024</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
-      <c r="I22" t="s">
-        <v>103</v>
+      <c r="I22">
+        <v>2024</v>
       </c>
       <c r="J22" t="s">
+        <v>144</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>95</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" t="s">
+        <v>143</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...29 lines deleted...]
-      <c r="G23">
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
         <v>2011</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
+        <v>88</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>147</v>
+      </c>
+      <c r="B24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C24" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...12 lines deleted...]
-      <c r="B24" t="s">
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>94</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>95</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>153</v>
+      </c>
+      <c r="B25" t="s">
+        <v>154</v>
+      </c>
+      <c r="C25" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" t="s">
+        <v>155</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>88</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>156</v>
+      </c>
+      <c r="P25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>158</v>
+      </c>
+      <c r="B26" t="s">
+        <v>159</v>
+      </c>
+      <c r="C26" t="s">
+        <v>93</v>
+      </c>
+      <c r="D26" t="s">
+        <v>155</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>94</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>95</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>160</v>
+      </c>
+      <c r="P26" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>162</v>
+      </c>
+      <c r="B27" t="s">
+        <v>163</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>164</v>
+      </c>
+      <c r="E27" t="s">
+        <v>165</v>
+      </c>
+      <c r="F27" t="s">
+        <v>166</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>167</v>
+      </c>
+      <c r="K27" t="s">
+        <v>168</v>
+      </c>
+      <c r="L27" t="s">
+        <v>169</v>
+      </c>
+      <c r="M27" t="s">
+        <v>170</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>171</v>
+      </c>
+      <c r="P27" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>173</v>
+      </c>
+      <c r="B28" t="s">
+        <v>174</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>175</v>
+      </c>
+      <c r="E28" t="s">
+        <v>165</v>
+      </c>
+      <c r="F28" t="s">
+        <v>166</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28">
+        <v>2011</v>
+      </c>
+      <c r="J28" t="s">
+        <v>167</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>176</v>
+      </c>
+      <c r="M28" t="s">
+        <v>170</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>177</v>
+      </c>
+      <c r="P28" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>175</v>
+      </c>
+      <c r="E29" t="s">
+        <v>165</v>
+      </c>
+      <c r="F29" t="s">
+        <v>166</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2004</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>181</v>
+      </c>
+      <c r="M29" t="s">
+        <v>170</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>184</v>
+      </c>
+      <c r="B30" t="s">
+        <v>185</v>
+      </c>
+      <c r="C30" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" t="s">
         <v>67</v>
       </c>
-      <c r="C24" t="s">
-[...11 lines deleted...]
-      <c r="G24">
+      <c r="E30" t="s">
+        <v>165</v>
+      </c>
+      <c r="F30" t="s">
+        <v>166</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>167</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>68</v>
+      </c>
+      <c r="M30" t="s">
+        <v>170</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>186</v>
+      </c>
+      <c r="P30" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>188</v>
+      </c>
+      <c r="B31" t="s">
+        <v>189</v>
+      </c>
+      <c r="C31" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" t="s">
+        <v>190</v>
+      </c>
+      <c r="E31" t="s">
+        <v>165</v>
+      </c>
+      <c r="F31" t="s">
+        <v>166</v>
+      </c>
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>55</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>191</v>
+      </c>
+      <c r="M31" t="s">
+        <v>170</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>192</v>
+      </c>
+      <c r="P31" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>194</v>
+      </c>
+      <c r="B32" t="s">
+        <v>195</v>
+      </c>
+      <c r="C32" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
+        <v>165</v>
+      </c>
+      <c r="F32" t="s">
+        <v>166</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2003</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>55</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>196</v>
+      </c>
+      <c r="M32" t="s">
+        <v>170</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>197</v>
+      </c>
+      <c r="P32" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>199</v>
+      </c>
+      <c r="B33" t="s">
+        <v>200</v>
+      </c>
+      <c r="C33" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" t="s">
+        <v>165</v>
+      </c>
+      <c r="F33" t="s">
+        <v>166</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2003</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>201</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>62</v>
+      </c>
+      <c r="M33" t="s">
+        <v>170</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>202</v>
+      </c>
+      <c r="P33"/>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>203</v>
+      </c>
+      <c r="B34" t="s">
+        <v>204</v>
+      </c>
+      <c r="C34" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" t="s">
+        <v>205</v>
+      </c>
+      <c r="E34" t="s">
+        <v>165</v>
+      </c>
+      <c r="F34" t="s">
+        <v>166</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2009</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>167</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>206</v>
+      </c>
+      <c r="M34" t="s">
+        <v>170</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>207</v>
+      </c>
+      <c r="P34" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>209</v>
+      </c>
+      <c r="B35" t="s">
+        <v>210</v>
+      </c>
+      <c r="C35" t="s">
+        <v>211</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>80</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>36</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>212</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>213</v>
+      </c>
+      <c r="P35" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>215</v>
+      </c>
+      <c r="B36" t="s">
+        <v>216</v>
+      </c>
+      <c r="C36" t="s">
+        <v>217</v>
+      </c>
+      <c r="D36" t="s">
+        <v>218</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>80</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>219</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>220</v>
+      </c>
+      <c r="N36" t="s">
+        <v>221</v>
+      </c>
+      <c r="O36" t="s">
+        <v>222</v>
+      </c>
+      <c r="P36" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>224</v>
+      </c>
+      <c r="B37" t="s">
+        <v>225</v>
+      </c>
+      <c r="C37" t="s">
+        <v>226</v>
+      </c>
+      <c r="D37" t="s">
+        <v>143</v>
+      </c>
+      <c r="E37" t="s">
+        <v>165</v>
+      </c>
+      <c r="F37" t="s">
+        <v>166</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>201</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>227</v>
+      </c>
+      <c r="M37" t="s">
+        <v>228</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>52</v>
+      </c>
+      <c r="D38" t="s">
+        <v>233</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2018</v>
+      </c>
+      <c r="I38">
+        <v>2024</v>
+      </c>
+      <c r="J38" t="s">
+        <v>234</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>170</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>235</v>
+      </c>
+      <c r="P38" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>237</v>
+      </c>
+      <c r="B39" t="s">
+        <v>238</v>
+      </c>
+      <c r="C39" t="s">
+        <v>52</v>
+      </c>
+      <c r="D39" t="s">
+        <v>233</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2002</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>55</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>239</v>
+      </c>
+      <c r="M39" t="s">
+        <v>57</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>240</v>
+      </c>
+      <c r="P39" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>242</v>
+      </c>
+      <c r="B40" t="s">
+        <v>243</v>
+      </c>
+      <c r="C40" t="s">
+        <v>52</v>
+      </c>
+      <c r="D40" t="s">
+        <v>244</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
+      <c r="J40" t="s">
+        <v>167</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>245</v>
+      </c>
+      <c r="M40" t="s">
+        <v>57</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>246</v>
+      </c>
+      <c r="P40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" t="s">
+        <v>185</v>
+      </c>
+      <c r="C41" t="s">
+        <v>52</v>
+      </c>
+      <c r="D41" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>55</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>249</v>
+      </c>
+      <c r="M41" t="s">
+        <v>57</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>250</v>
+      </c>
+      <c r="P41" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>252</v>
+      </c>
+      <c r="B42" t="s">
+        <v>253</v>
+      </c>
+      <c r="C42" t="s">
+        <v>52</v>
+      </c>
+      <c r="D42" t="s">
+        <v>175</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2005</v>
+      </c>
+      <c r="I42">
         <v>2011</v>
       </c>
-      <c r="H24"/>
-[...3 lines deleted...]
-      <c r="J24" t="s">
+      <c r="J42" t="s">
+        <v>167</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>176</v>
+      </c>
+      <c r="M42" t="s">
+        <v>57</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>254</v>
+      </c>
+      <c r="P42" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>256</v>
+      </c>
+      <c r="B43" t="s">
+        <v>257</v>
+      </c>
+      <c r="C43" t="s">
+        <v>52</v>
+      </c>
+      <c r="D43" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K24"/>
-[...36 lines deleted...]
-      <c r="J25" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2006</v>
+      </c>
+      <c r="I43">
+        <v>2024</v>
+      </c>
+      <c r="J43" t="s">
+        <v>234</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>258</v>
+      </c>
+      <c r="M43" t="s">
+        <v>57</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>259</v>
+      </c>
+      <c r="P43" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>261</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>52</v>
+      </c>
+      <c r="D44" t="s">
+        <v>263</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...34 lines deleted...]
-      <c r="J26" t="s">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2007</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>167</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>264</v>
+      </c>
+      <c r="M44" t="s">
+        <v>57</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>265</v>
+      </c>
+      <c r="P44" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>267</v>
+      </c>
+      <c r="B45" t="s">
+        <v>268</v>
+      </c>
+      <c r="C45" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K26"/>
-[...800 lines deleted...]
-        <v>2008</v>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2008</v>
       </c>
-      <c r="I45" t="s">
-        <v>117</v>
+      <c r="I45">
+        <v>2008</v>
       </c>
       <c r="J45" t="s">
+        <v>167</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>56</v>
+      </c>
+      <c r="M45" t="s">
+        <v>57</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>269</v>
+      </c>
+      <c r="P45" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>271</v>
+      </c>
+      <c r="B46" t="s">
+        <v>272</v>
+      </c>
+      <c r="C46" t="s">
+        <v>52</v>
+      </c>
+      <c r="D46" t="s">
+        <v>164</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...31 lines deleted...]
-      <c r="G46">
+      <c r="G46" t="s">
+        <v>35</v>
+      </c>
+      <c r="H46">
         <v>2010</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2021</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="K46" t="s">
-        <v>188</v>
+        <v>273</v>
       </c>
       <c r="L46" t="s">
-        <v>48</v>
+        <v>274</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="N46" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>275</v>
+      </c>
+      <c r="P46" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>190</v>
+        <v>277</v>
       </c>
       <c r="B47" t="s">
-        <v>43</v>
+        <v>278</v>
       </c>
       <c r="C47" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>164</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47">
         <v>2010</v>
       </c>
-      <c r="H47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
+        <v>167</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>279</v>
+      </c>
+      <c r="M47" t="s">
+        <v>280</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>281</v>
+      </c>
+      <c r="P47" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>283</v>
+      </c>
+      <c r="B48" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" t="s">
+        <v>52</v>
+      </c>
+      <c r="D48" t="s">
+        <v>67</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...31 lines deleted...]
-      <c r="G48">
+      <c r="G48" t="s">
+        <v>35</v>
+      </c>
+      <c r="H48">
         <v>2012</v>
       </c>
-      <c r="H48"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
+        <v>55</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>285</v>
+      </c>
+      <c r="M48" t="s">
+        <v>280</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>286</v>
+      </c>
+      <c r="P48" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>288</v>
+      </c>
+      <c r="B49" t="s">
+        <v>289</v>
+      </c>
+      <c r="C49" t="s">
+        <v>52</v>
+      </c>
+      <c r="D49" t="s">
+        <v>132</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K48" t="s">
-[...31 lines deleted...]
-      <c r="G49">
+      <c r="G49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49">
         <v>2020</v>
       </c>
-      <c r="H49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
+        <v>55</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>290</v>
+      </c>
+      <c r="M49" t="s">
+        <v>280</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>291</v>
+      </c>
+      <c r="P49" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>293</v>
+      </c>
+      <c r="B50" t="s">
+        <v>294</v>
+      </c>
+      <c r="C50" t="s">
+        <v>52</v>
+      </c>
+      <c r="D50" t="s">
+        <v>295</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...31 lines deleted...]
-      <c r="G50">
+      <c r="G50" t="s">
+        <v>35</v>
+      </c>
+      <c r="H50">
         <v>2014</v>
       </c>
-      <c r="H50"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
+        <v>167</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>296</v>
+      </c>
+      <c r="M50" t="s">
+        <v>280</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>297</v>
+      </c>
+      <c r="P50" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>299</v>
+      </c>
+      <c r="B51" t="s">
+        <v>300</v>
+      </c>
+      <c r="C51" t="s">
+        <v>52</v>
+      </c>
+      <c r="D51" t="s">
+        <v>301</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G51" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="H51">
+        <v>302</v>
+      </c>
+      <c r="H51" t="s">
+        <v>303</v>
+      </c>
+      <c r="I51">
         <v>2024</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
+        <v>304</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>280</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>305</v>
+      </c>
+      <c r="P51" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>307</v>
+      </c>
+      <c r="B52" t="s">
+        <v>308</v>
+      </c>
+      <c r="C52" t="s">
+        <v>52</v>
+      </c>
+      <c r="D52" t="s">
+        <v>233</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K51"/>
-[...29 lines deleted...]
-      <c r="G52">
+      <c r="G52" t="s">
+        <v>35</v>
+      </c>
+      <c r="H52">
         <v>2014</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
+        <v>167</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>309</v>
+      </c>
+      <c r="M52" t="s">
+        <v>280</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>310</v>
+      </c>
+      <c r="P52" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B53" t="s">
+        <v>313</v>
+      </c>
+      <c r="C53" t="s">
+        <v>52</v>
+      </c>
+      <c r="D53" t="s">
+        <v>175</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K52" t="s">
-[...8 lines deleted...]
-      <c r="N52" t="s">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2005</v>
+      </c>
+      <c r="I53">
+        <v>2016</v>
+      </c>
+      <c r="J53" t="s">
+        <v>167</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>314</v>
+      </c>
+      <c r="M53" t="s">
+        <v>280</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>315</v>
+      </c>
+      <c r="P53" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>317</v>
+      </c>
+      <c r="B54" t="s">
+        <v>318</v>
+      </c>
+      <c r="C54" t="s">
+        <v>52</v>
+      </c>
+      <c r="D54" t="s">
+        <v>175</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2005</v>
+      </c>
+      <c r="I54">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>167</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>319</v>
+      </c>
+      <c r="M54" t="s">
+        <v>280</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>320</v>
+      </c>
+      <c r="P54" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>322</v>
+      </c>
+      <c r="B55" t="s">
+        <v>323</v>
+      </c>
+      <c r="C55" t="s">
+        <v>52</v>
+      </c>
+      <c r="D55" t="s">
+        <v>132</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>35</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>167</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>324</v>
+      </c>
+      <c r="M55" t="s">
+        <v>280</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>325</v>
+      </c>
+      <c r="P55" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>327</v>
+      </c>
+      <c r="B56" t="s">
+        <v>328</v>
+      </c>
+      <c r="C56" t="s">
+        <v>52</v>
+      </c>
+      <c r="D56" t="s">
+        <v>175</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>35</v>
+      </c>
+      <c r="H56">
+        <v>2020</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>55</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>329</v>
+      </c>
+      <c r="M56" t="s">
+        <v>280</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>330</v>
+      </c>
+      <c r="P56" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>332</v>
+      </c>
+      <c r="B57" t="s">
+        <v>333</v>
+      </c>
+      <c r="C57" t="s">
+        <v>52</v>
+      </c>
+      <c r="D57" t="s">
+        <v>334</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>35</v>
+      </c>
+      <c r="H57">
+        <v>2020</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>55</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>335</v>
+      </c>
+      <c r="M57" t="s">
+        <v>280</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>336</v>
+      </c>
+      <c r="P57" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>338</v>
+      </c>
+      <c r="B58" t="s">
+        <v>339</v>
+      </c>
+      <c r="C58" t="s">
+        <v>52</v>
+      </c>
+      <c r="D58" t="s">
+        <v>164</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>35</v>
+      </c>
+      <c r="H58">
+        <v>2020</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>55</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>340</v>
+      </c>
+      <c r="M58" t="s">
+        <v>280</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>341</v>
+      </c>
+      <c r="P58" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>343</v>
+      </c>
+      <c r="B59" t="s">
+        <v>344</v>
+      </c>
+      <c r="C59" t="s">
         <v>211</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J53" t="s">
+      <c r="D59" t="s">
+        <v>345</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>35</v>
+      </c>
+      <c r="H59">
+        <v>2022</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>36</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>346</v>
+      </c>
+      <c r="N59" t="s">
+        <v>38</v>
+      </c>
+      <c r="O59" t="s">
+        <v>347</v>
+      </c>
+      <c r="P59" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>349</v>
+      </c>
+      <c r="B60" t="s">
+        <v>350</v>
+      </c>
+      <c r="C60" t="s">
+        <v>351</v>
+      </c>
+      <c r="D60" t="s">
+        <v>233</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K53" t="s">
-[...40 lines deleted...]
-      <c r="J54" t="s">
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2001</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>352</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>353</v>
+      </c>
+      <c r="M60" t="s">
+        <v>354</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>355</v>
+      </c>
+      <c r="P60" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>357</v>
+      </c>
+      <c r="B61" t="s">
+        <v>358</v>
+      </c>
+      <c r="C61" t="s">
+        <v>351</v>
+      </c>
+      <c r="D61" t="s">
+        <v>44</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>21</v>
       </c>
-      <c r="K54" t="s">
-[...283 lines deleted...]
-      <c r="G61">
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2004</v>
       </c>
-      <c r="H61">
+      <c r="I61">
         <v>2012</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>21</v>
+        <v>352</v>
       </c>
       <c r="K61" t="s">
-        <v>242</v>
+        <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>239</v>
+        <v>359</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="N61" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>360</v>
+      </c>
+      <c r="P61" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>244</v>
+        <v>362</v>
       </c>
       <c r="B62" t="s">
-        <v>245</v>
+        <v>363</v>
       </c>
       <c r="C62" t="s">
-        <v>54</v>
+        <v>364</v>
       </c>
       <c r="D62" t="s">
-        <v>115</v>
+        <v>67</v>
       </c>
       <c r="E62" t="s">
-        <v>116</v>
+        <v>165</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>166</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
-      <c r="I62" t="s">
-        <v>246</v>
+      <c r="I62">
+        <v>2012</v>
       </c>
       <c r="J62" t="s">
+        <v>365</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>366</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>367</v>
+      </c>
+      <c r="P62" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>369</v>
+      </c>
+      <c r="B63" t="s">
+        <v>370</v>
+      </c>
+      <c r="C63" t="s">
+        <v>371</v>
+      </c>
+      <c r="D63" t="s">
+        <v>233</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K62"/>
-[...29 lines deleted...]
-      <c r="G63">
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>1996</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2017</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
+        <v>372</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>373</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>374</v>
+      </c>
+      <c r="P63" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>376</v>
+      </c>
+      <c r="B64" t="s">
+        <v>377</v>
+      </c>
+      <c r="C64" t="s">
+        <v>371</v>
+      </c>
+      <c r="D64" t="s">
+        <v>233</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>54</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1996</v>
+      </c>
+      <c r="I64">
+        <v>2018</v>
+      </c>
+      <c r="J64" t="s">
+        <v>372</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>373</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>378</v>
+      </c>
+      <c r="P64" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>380</v>
+      </c>
+      <c r="B65" t="s">
+        <v>381</v>
+      </c>
+      <c r="C65" t="s">
+        <v>382</v>
+      </c>
+      <c r="D65" t="s">
+        <v>143</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>383</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2010</v>
+      </c>
+      <c r="J65" t="s">
+        <v>384</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>385</v>
+      </c>
+      <c r="M65" t="s">
+        <v>386</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>387</v>
+      </c>
+      <c r="P65" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>389</v>
+      </c>
+      <c r="B66" t="s">
+        <v>390</v>
+      </c>
+      <c r="C66" t="s">
+        <v>382</v>
+      </c>
+      <c r="D66" t="s">
+        <v>391</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>383</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
+        <v>2008</v>
+      </c>
+      <c r="J66" t="s">
+        <v>384</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>392</v>
+      </c>
+      <c r="M66" t="s">
+        <v>386</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>393</v>
+      </c>
+      <c r="P66" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>394</v>
+      </c>
+      <c r="B67" t="s">
+        <v>395</v>
+      </c>
+      <c r="C67" t="s">
+        <v>382</v>
+      </c>
+      <c r="D67" t="s">
+        <v>396</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K63"/>
-[...38 lines deleted...]
-      <c r="J64" t="s">
+      <c r="G67" t="s">
+        <v>35</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>384</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>397</v>
+      </c>
+      <c r="M67" t="s">
+        <v>386</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>398</v>
+      </c>
+      <c r="P67" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>399</v>
+      </c>
+      <c r="B68" t="s">
+        <v>400</v>
+      </c>
+      <c r="C68" t="s">
+        <v>382</v>
+      </c>
+      <c r="D68" t="s">
+        <v>164</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K64"/>
-[...38 lines deleted...]
-      <c r="J65" t="s">
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1998</v>
+      </c>
+      <c r="I68">
+        <v>2009</v>
+      </c>
+      <c r="J68" t="s">
+        <v>384</v>
+      </c>
+      <c r="K68" t="s">
+        <v>273</v>
+      </c>
+      <c r="L68" t="s">
+        <v>401</v>
+      </c>
+      <c r="M68" t="s">
+        <v>386</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>402</v>
+      </c>
+      <c r="P68" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>403</v>
+      </c>
+      <c r="B69" t="s">
+        <v>404</v>
+      </c>
+      <c r="C69" t="s">
+        <v>382</v>
+      </c>
+      <c r="D69" t="s">
+        <v>44</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K65" t="s">
-[...162 lines deleted...]
-        <v>2012</v>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
-      <c r="I69" t="s">
-        <v>259</v>
+      <c r="I69">
+        <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>384</v>
       </c>
       <c r="K69" t="s">
-        <v>275</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>261</v>
+        <v>405</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N69" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>406</v>
+      </c>
+      <c r="P69" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>277</v>
+        <v>407</v>
       </c>
       <c r="B70" t="s">
-        <v>257</v>
+        <v>408</v>
       </c>
       <c r="C70" t="s">
-        <v>123</v>
+        <v>382</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="E70" t="s">
-        <v>258</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>383</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2002</v>
       </c>
-      <c r="I70" t="s">
-        <v>259</v>
+      <c r="I70">
+        <v>2002</v>
       </c>
       <c r="J70" t="s">
+        <v>384</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>409</v>
+      </c>
+      <c r="M70" t="s">
+        <v>386</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>410</v>
+      </c>
+      <c r="P70" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>411</v>
+      </c>
+      <c r="B71" t="s">
+        <v>412</v>
+      </c>
+      <c r="C71" t="s">
+        <v>413</v>
+      </c>
+      <c r="D71" t="s">
+        <v>414</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K70" t="s">
-[...31 lines deleted...]
-      <c r="G71">
+      <c r="G71" t="s">
+        <v>35</v>
+      </c>
+      <c r="H71">
         <v>2022</v>
       </c>
-      <c r="H71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
+        <v>415</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>416</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>417</v>
+      </c>
+      <c r="P71" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>419</v>
+      </c>
+      <c r="B72" t="s">
+        <v>420</v>
+      </c>
+      <c r="C72" t="s">
+        <v>226</v>
+      </c>
+      <c r="D72" t="s">
+        <v>218</v>
+      </c>
+      <c r="E72" t="s">
+        <v>165</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K71"/>
-[...29 lines deleted...]
-      <c r="G72">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>1981</v>
       </c>
-      <c r="H72">
+      <c r="I72">
         <v>2002</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
+        <v>201</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>228</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>421</v>
+      </c>
+      <c r="P72" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>423</v>
+      </c>
+      <c r="B73" t="s">
+        <v>424</v>
+      </c>
+      <c r="C73" t="s">
+        <v>425</v>
+      </c>
+      <c r="D73" t="s">
+        <v>426</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>383</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2008</v>
+      </c>
+      <c r="I73">
+        <v>2020</v>
+      </c>
+      <c r="J73" t="s">
+        <v>427</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>428</v>
+      </c>
+      <c r="M73" t="s">
+        <v>429</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>430</v>
+      </c>
+      <c r="P73" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>432</v>
+      </c>
+      <c r="B74" t="s">
+        <v>433</v>
+      </c>
+      <c r="C74" t="s">
+        <v>434</v>
+      </c>
+      <c r="D74" t="s">
+        <v>233</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K72"/>
-[...29 lines deleted...]
-      <c r="G73">
+      <c r="G74" t="s">
+        <v>302</v>
+      </c>
+      <c r="H74">
+        <v>2018</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>219</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>435</v>
+      </c>
+      <c r="M74" t="s">
+        <v>436</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>437</v>
+      </c>
+      <c r="P74" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>439</v>
+      </c>
+      <c r="B75" t="s">
+        <v>440</v>
+      </c>
+      <c r="C75" t="s">
+        <v>226</v>
+      </c>
+      <c r="D75" t="s">
+        <v>164</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>35</v>
+      </c>
+      <c r="H75">
+        <v>2003</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>45</v>
+      </c>
+      <c r="K75" t="s">
+        <v>133</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>441</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>442</v>
+      </c>
+      <c r="P75" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>444</v>
+      </c>
+      <c r="B76" t="s">
+        <v>445</v>
+      </c>
+      <c r="C76" t="s">
+        <v>446</v>
+      </c>
+      <c r="D76" t="s">
+        <v>447</v>
+      </c>
+      <c r="E76" t="s">
+        <v>448</v>
+      </c>
+      <c r="F76" t="s">
+        <v>449</v>
+      </c>
+      <c r="G76" t="s">
+        <v>35</v>
+      </c>
+      <c r="H76">
+        <v>2023</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>450</v>
+      </c>
+      <c r="K76" t="s">
+        <v>451</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>452</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>453</v>
+      </c>
+      <c r="P76" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>455</v>
+      </c>
+      <c r="B77" t="s">
+        <v>456</v>
+      </c>
+      <c r="C77" t="s">
+        <v>217</v>
+      </c>
+      <c r="D77" t="s">
+        <v>218</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1997</v>
+      </c>
+      <c r="I77">
+        <v>2005</v>
+      </c>
+      <c r="J77" t="s">
+        <v>219</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>457</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>458</v>
+      </c>
+      <c r="P77" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>460</v>
+      </c>
+      <c r="B78" t="s">
+        <v>461</v>
+      </c>
+      <c r="C78" t="s">
+        <v>217</v>
+      </c>
+      <c r="D78" t="s">
+        <v>218</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>35</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>219</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>462</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>463</v>
+      </c>
+      <c r="P78" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>465</v>
+      </c>
+      <c r="B79" t="s">
+        <v>466</v>
+      </c>
+      <c r="C79" t="s">
+        <v>211</v>
+      </c>
+      <c r="D79" t="s">
+        <v>33</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>35</v>
+      </c>
+      <c r="H79">
+        <v>2022</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>36</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>467</v>
+      </c>
+      <c r="N79" t="s">
+        <v>38</v>
+      </c>
+      <c r="O79" t="s">
+        <v>468</v>
+      </c>
+      <c r="P79" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>470</v>
+      </c>
+      <c r="B80" t="s">
+        <v>471</v>
+      </c>
+      <c r="C80" t="s">
+        <v>472</v>
+      </c>
+      <c r="D80" t="s">
+        <v>473</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>383</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2017</v>
+      </c>
+      <c r="I80">
+        <v>2021</v>
+      </c>
+      <c r="J80" t="s">
+        <v>474</v>
+      </c>
+      <c r="K80" t="s">
+        <v>475</v>
+      </c>
+      <c r="L80" t="s">
+        <v>476</v>
+      </c>
+      <c r="M80" t="s">
+        <v>477</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>478</v>
+      </c>
+      <c r="P80" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>480</v>
+      </c>
+      <c r="B81" t="s">
+        <v>481</v>
+      </c>
+      <c r="C81" t="s">
+        <v>226</v>
+      </c>
+      <c r="D81" t="s">
+        <v>233</v>
+      </c>
+      <c r="E81" t="s">
+        <v>165</v>
+      </c>
+      <c r="F81" t="s">
+        <v>54</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2012</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>201</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>441</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>482</v>
+      </c>
+      <c r="P81" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>484</v>
+      </c>
+      <c r="B82" t="s">
+        <v>485</v>
+      </c>
+      <c r="C82" t="s">
+        <v>32</v>
+      </c>
+      <c r="D82" t="s">
+        <v>486</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>34</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1982</v>
+      </c>
+      <c r="I82">
+        <v>2024</v>
+      </c>
+      <c r="J82" t="s">
+        <v>36</v>
+      </c>
+      <c r="K82" t="s">
+        <v>133</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>487</v>
+      </c>
+      <c r="N82" t="s">
+        <v>38</v>
+      </c>
+      <c r="O82" t="s">
+        <v>488</v>
+      </c>
+      <c r="P82" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>490</v>
+      </c>
+      <c r="B83" t="s">
+        <v>491</v>
+      </c>
+      <c r="C83" t="s">
+        <v>492</v>
+      </c>
+      <c r="D83" t="s">
+        <v>493</v>
+      </c>
+      <c r="E83" t="s">
+        <v>165</v>
+      </c>
+      <c r="F83" t="s">
+        <v>383</v>
+      </c>
+      <c r="G83" t="s">
+        <v>35</v>
+      </c>
+      <c r="H83">
+        <v>2021</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>45</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>494</v>
+      </c>
+      <c r="M83" t="s">
+        <v>495</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>496</v>
+      </c>
+      <c r="P83" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>498</v>
+      </c>
+      <c r="B84" t="s">
+        <v>499</v>
+      </c>
+      <c r="C84" t="s">
+        <v>492</v>
+      </c>
+      <c r="D84" t="s">
+        <v>164</v>
+      </c>
+      <c r="E84" t="s">
+        <v>165</v>
+      </c>
+      <c r="F84" t="s">
+        <v>383</v>
+      </c>
+      <c r="G84" t="s">
+        <v>35</v>
+      </c>
+      <c r="H84">
+        <v>2024</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>234</v>
+      </c>
+      <c r="K84" t="s">
+        <v>500</v>
+      </c>
+      <c r="L84" t="s">
+        <v>501</v>
+      </c>
+      <c r="M84" t="s">
+        <v>495</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>502</v>
+      </c>
+      <c r="P84" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>504</v>
+      </c>
+      <c r="B85" t="s">
+        <v>505</v>
+      </c>
+      <c r="C85" t="s">
+        <v>217</v>
+      </c>
+      <c r="D85" t="s">
+        <v>233</v>
+      </c>
+      <c r="E85" t="s">
+        <v>165</v>
+      </c>
+      <c r="F85" t="s">
+        <v>166</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1994</v>
+      </c>
+      <c r="I85">
+        <v>2012</v>
+      </c>
+      <c r="J85" t="s">
+        <v>506</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>507</v>
+      </c>
+      <c r="M85" t="s">
+        <v>508</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>509</v>
+      </c>
+      <c r="P85" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>511</v>
+      </c>
+      <c r="B86" t="s">
+        <v>512</v>
+      </c>
+      <c r="C86" t="s">
+        <v>217</v>
+      </c>
+      <c r="D86" t="s">
+        <v>513</v>
+      </c>
+      <c r="E86" t="s">
+        <v>165</v>
+      </c>
+      <c r="F86" t="s">
+        <v>166</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2004</v>
+      </c>
+      <c r="I86">
+        <v>2012</v>
+      </c>
+      <c r="J86" t="s">
+        <v>506</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>514</v>
+      </c>
+      <c r="M86" t="s">
+        <v>508</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>515</v>
+      </c>
+      <c r="P86" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>517</v>
+      </c>
+      <c r="B87" t="s">
+        <v>518</v>
+      </c>
+      <c r="C87" t="s">
+        <v>217</v>
+      </c>
+      <c r="D87" t="s">
+        <v>244</v>
+      </c>
+      <c r="E87" t="s">
+        <v>165</v>
+      </c>
+      <c r="F87" t="s">
+        <v>166</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>2008</v>
       </c>
-      <c r="H73">
-[...5 lines deleted...]
-      <c r="J73" t="s">
+      <c r="I87">
+        <v>2012</v>
+      </c>
+      <c r="J87" t="s">
+        <v>506</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>519</v>
+      </c>
+      <c r="M87" t="s">
+        <v>508</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>520</v>
+      </c>
+      <c r="P87" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>522</v>
+      </c>
+      <c r="B88" t="s">
+        <v>523</v>
+      </c>
+      <c r="C88" t="s">
+        <v>217</v>
+      </c>
+      <c r="D88" t="s">
+        <v>524</v>
+      </c>
+      <c r="E88" t="s">
+        <v>165</v>
+      </c>
+      <c r="F88" t="s">
+        <v>166</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2008</v>
+      </c>
+      <c r="I88">
+        <v>2012</v>
+      </c>
+      <c r="J88" t="s">
+        <v>506</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>525</v>
+      </c>
+      <c r="M88" t="s">
+        <v>508</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>526</v>
+      </c>
+      <c r="P88" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>528</v>
+      </c>
+      <c r="B89" t="s">
+        <v>529</v>
+      </c>
+      <c r="C89" t="s">
+        <v>530</v>
+      </c>
+      <c r="D89" t="s">
+        <v>44</v>
+      </c>
+      <c r="E89" t="s">
+        <v>165</v>
+      </c>
+      <c r="F89" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...664 lines deleted...]
-        <v>2006</v>
+      <c r="G89" t="s">
+        <v>22</v>
       </c>
       <c r="H89">
         <v>2006</v>
       </c>
-      <c r="I89" t="s">
-        <v>38</v>
+      <c r="I89">
+        <v>2006</v>
       </c>
       <c r="J89" t="s">
+        <v>45</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>531</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>532</v>
+      </c>
+      <c r="P89"/>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>533</v>
+      </c>
+      <c r="B90" t="s">
+        <v>534</v>
+      </c>
+      <c r="C90" t="s">
+        <v>217</v>
+      </c>
+      <c r="D90" t="s">
+        <v>233</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
         <v>21</v>
       </c>
-      <c r="K89"/>
-[...29 lines deleted...]
-      <c r="G90">
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2010</v>
       </c>
-      <c r="H90">
+      <c r="I90">
         <v>2016</v>
       </c>
-      <c r="I90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J90" t="s">
+        <v>219</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>535</v>
+      </c>
+      <c r="M90" t="s">
+        <v>457</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>536</v>
+      </c>
+      <c r="P90" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>538</v>
+      </c>
+      <c r="B91" t="s">
+        <v>539</v>
+      </c>
+      <c r="C91" t="s">
+        <v>217</v>
+      </c>
+      <c r="D91" t="s">
+        <v>524</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
         <v>21</v>
       </c>
-      <c r="K90" t="s">
-[...31 lines deleted...]
-      <c r="G91">
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
         <v>2008</v>
       </c>
-      <c r="H91"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
+        <v>219</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>540</v>
+      </c>
+      <c r="M91" t="s">
+        <v>457</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>541</v>
+      </c>
+      <c r="P91" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>543</v>
+      </c>
+      <c r="B92" t="s">
+        <v>544</v>
+      </c>
+      <c r="C92" t="s">
+        <v>545</v>
+      </c>
+      <c r="D92" t="s">
+        <v>546</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>54</v>
+      </c>
+      <c r="G92" t="s">
+        <v>35</v>
+      </c>
+      <c r="H92">
+        <v>2017</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>45</v>
+      </c>
+      <c r="K92" t="s">
+        <v>133</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>547</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>548</v>
+      </c>
+      <c r="P92" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>550</v>
+      </c>
+      <c r="B93" t="s">
+        <v>551</v>
+      </c>
+      <c r="C93" t="s">
+        <v>552</v>
+      </c>
+      <c r="D93" t="s">
+        <v>233</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K91" t="s">
-[...16 lines deleted...]
-      <c r="B92" t="s">
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2005</v>
+      </c>
+      <c r="I93">
+        <v>2015</v>
+      </c>
+      <c r="J93" t="s">
+        <v>450</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>553</v>
+      </c>
+      <c r="M93" t="s">
+        <v>554</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>555</v>
+      </c>
+      <c r="P93" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>557</v>
+      </c>
+      <c r="B94" t="s">
+        <v>558</v>
+      </c>
+      <c r="C94" t="s">
+        <v>552</v>
+      </c>
+      <c r="D94" t="s">
+        <v>44</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2010</v>
+      </c>
+      <c r="I94">
+        <v>2015</v>
+      </c>
+      <c r="J94" t="s">
+        <v>450</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>554</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>559</v>
+      </c>
+      <c r="P94" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>561</v>
+      </c>
+      <c r="B95" t="s">
+        <v>562</v>
+      </c>
+      <c r="C95" t="s">
+        <v>552</v>
+      </c>
+      <c r="D95" t="s">
+        <v>164</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95">
+        <v>2019</v>
+      </c>
+      <c r="J95" t="s">
+        <v>563</v>
+      </c>
+      <c r="K95" t="s">
+        <v>564</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>554</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>565</v>
+      </c>
+      <c r="P95" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>567</v>
+      </c>
+      <c r="B96" t="s">
+        <v>568</v>
+      </c>
+      <c r="C96" t="s">
+        <v>552</v>
+      </c>
+      <c r="D96" t="s">
+        <v>569</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>302</v>
+      </c>
+      <c r="H96">
+        <v>2021</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>450</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>570</v>
+      </c>
+      <c r="M96" t="s">
+        <v>554</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>571</v>
+      </c>
+      <c r="P96" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>573</v>
+      </c>
+      <c r="B97" t="s">
+        <v>574</v>
+      </c>
+      <c r="C97" t="s">
+        <v>575</v>
+      </c>
+      <c r="D97" t="s">
+        <v>233</v>
+      </c>
+      <c r="E97" t="s">
+        <v>165</v>
+      </c>
+      <c r="F97" t="s">
+        <v>166</v>
+      </c>
+      <c r="G97" t="s">
+        <v>35</v>
+      </c>
+      <c r="H97">
+        <v>1998</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>576</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>577</v>
+      </c>
+      <c r="M97" t="s">
+        <v>578</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>579</v>
+      </c>
+      <c r="P97" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>581</v>
+      </c>
+      <c r="B98" t="s">
+        <v>582</v>
+      </c>
+      <c r="C98" t="s">
+        <v>86</v>
+      </c>
+      <c r="D98" t="s">
+        <v>295</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>35</v>
+      </c>
+      <c r="H98">
+        <v>2021</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98"/>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>583</v>
+      </c>
+      <c r="P98" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>584</v>
+      </c>
+      <c r="B99" t="s">
+        <v>585</v>
+      </c>
+      <c r="C99" t="s">
+        <v>86</v>
+      </c>
+      <c r="D99" t="s">
+        <v>100</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>35</v>
+      </c>
+      <c r="H99">
+        <v>2021</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>88</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99"/>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>586</v>
+      </c>
+      <c r="P99" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>588</v>
+      </c>
+      <c r="B100" t="s">
+        <v>589</v>
+      </c>
+      <c r="C100" t="s">
+        <v>86</v>
+      </c>
+      <c r="D100" t="s">
+        <v>132</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>35</v>
+      </c>
+      <c r="H100">
+        <v>2021</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>88</v>
+      </c>
+      <c r="K100" t="s">
+        <v>133</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100"/>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>590</v>
+      </c>
+      <c r="P100" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>591</v>
+      </c>
+      <c r="B101" t="s">
+        <v>592</v>
+      </c>
+      <c r="C101" t="s">
+        <v>593</v>
+      </c>
+      <c r="D101" t="s">
+        <v>594</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>383</v>
+      </c>
+      <c r="G101" t="s">
+        <v>35</v>
+      </c>
+      <c r="H101">
+        <v>2016</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>595</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>596</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>597</v>
+      </c>
+      <c r="P101" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>599</v>
+      </c>
+      <c r="B102" t="s">
+        <v>600</v>
+      </c>
+      <c r="C102" t="s">
+        <v>425</v>
+      </c>
+      <c r="D102" t="s">
+        <v>601</v>
+      </c>
+      <c r="E102" t="s">
+        <v>165</v>
+      </c>
+      <c r="F102" t="s">
+        <v>166</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2012</v>
+      </c>
+      <c r="I102">
+        <v>2020</v>
+      </c>
+      <c r="J102" t="s">
+        <v>45</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>602</v>
+      </c>
+      <c r="M102" t="s">
+        <v>603</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>604</v>
+      </c>
+      <c r="P102" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>606</v>
+      </c>
+      <c r="B103" t="s">
+        <v>607</v>
+      </c>
+      <c r="C103" t="s">
+        <v>608</v>
+      </c>
+      <c r="D103" t="s">
+        <v>44</v>
+      </c>
+      <c r="E103" t="s">
+        <v>165</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>80</v>
+      </c>
+      <c r="H103"/>
+      <c r="I103"/>
+      <c r="J103" t="s">
         <v>372</v>
       </c>
-      <c r="C92" t="s">
-[...60 lines deleted...]
-      <c r="J93" t="s">
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>609</v>
+      </c>
+      <c r="N103" t="s">
+        <v>610</v>
+      </c>
+      <c r="O103" t="s">
+        <v>611</v>
+      </c>
+      <c r="P103"/>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>612</v>
+      </c>
+      <c r="B104" t="s">
+        <v>613</v>
+      </c>
+      <c r="C104" t="s">
+        <v>614</v>
+      </c>
+      <c r="D104" t="s">
+        <v>233</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>21</v>
       </c>
-      <c r="K93" t="s">
-[...55 lines deleted...]
-      <c r="A95" t="s">
+      <c r="G104" t="s">
+        <v>35</v>
+      </c>
+      <c r="H104">
+        <v>2011</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>427</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>615</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>616</v>
+      </c>
+      <c r="P104" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>618</v>
+      </c>
+      <c r="B105" t="s">
+        <v>619</v>
+      </c>
+      <c r="C105" t="s">
+        <v>614</v>
+      </c>
+      <c r="D105" t="s">
+        <v>620</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
         <v>383</v>
       </c>
-      <c r="B95" t="s">
-[...378 lines deleted...]
-      <c r="G104">
+      <c r="G105" t="s">
+        <v>35</v>
+      </c>
+      <c r="H105">
         <v>2011</v>
       </c>
-      <c r="H104"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I105"/>
       <c r="J105" t="s">
-        <v>21</v>
+        <v>427</v>
       </c>
       <c r="K105" t="s">
-        <v>424</v>
+        <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>420</v>
+        <v>621</v>
       </c>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>615</v>
       </c>
       <c r="N105" t="s">
-        <v>425</v>
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>622</v>
+      </c>
+      <c r="P105" t="s">
+        <v>623</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>