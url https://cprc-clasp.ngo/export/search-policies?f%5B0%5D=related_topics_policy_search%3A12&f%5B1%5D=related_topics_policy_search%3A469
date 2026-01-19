--- v1 (2025-11-29)
+++ v2 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="624">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -835,50 +835,53 @@
   <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
     <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
@@ -1339,68 +1342,68 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for industrial boilers.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
     <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
   </si>
@@ -1414,50 +1417,53 @@
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
     <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
   </si>
@@ -1651,50 +1657,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
   </si>
   <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
     <t>It covers distribution transformers</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -2303,51 +2312,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4375,3008 +4384,3008 @@
       </c>
       <c r="P43" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>261</v>
       </c>
       <c r="B44" t="s">
         <v>262</v>
       </c>
       <c r="C44" t="s">
         <v>52</v>
       </c>
       <c r="D44" t="s">
         <v>263</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>264</v>
       </c>
       <c r="H44">
         <v>2007</v>
       </c>
       <c r="I44">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J44" t="s">
         <v>167</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M44" t="s">
         <v>57</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P44" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C45" t="s">
         <v>52</v>
       </c>
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2008</v>
       </c>
       <c r="I45">
         <v>2008</v>
       </c>
       <c r="J45" t="s">
         <v>167</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>56</v>
       </c>
       <c r="M45" t="s">
         <v>57</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P45" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B46" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C46" t="s">
         <v>52</v>
       </c>
       <c r="D46" t="s">
         <v>164</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>35</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
       <c r="I46">
         <v>2021</v>
       </c>
       <c r="J46" t="s">
         <v>55</v>
       </c>
       <c r="K46" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L46" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M46" t="s">
         <v>57</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P46" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C47" t="s">
         <v>52</v>
       </c>
       <c r="D47" t="s">
         <v>164</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>35</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>167</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M47" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P47" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B48" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C48" t="s">
         <v>52</v>
       </c>
       <c r="D48" t="s">
         <v>67</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>35</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>55</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M48" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P48" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B49" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C49" t="s">
         <v>52</v>
       </c>
       <c r="D49" t="s">
         <v>132</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>35</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>55</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M49" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P49" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B50" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C50" t="s">
         <v>52</v>
       </c>
       <c r="D50" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>35</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>167</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M50" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P50" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B51" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C51" t="s">
         <v>52</v>
       </c>
       <c r="D51" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H51" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I51">
         <v>2024</v>
       </c>
       <c r="J51" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P51" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B52" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C52" t="s">
         <v>52</v>
       </c>
       <c r="D52" t="s">
         <v>233</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>35</v>
       </c>
       <c r="H52">
         <v>2014</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>167</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M52" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P52" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B53" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C53" t="s">
         <v>52</v>
       </c>
       <c r="D53" t="s">
         <v>175</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2005</v>
       </c>
       <c r="I53">
         <v>2016</v>
       </c>
       <c r="J53" t="s">
         <v>167</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M53" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P53" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B54" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C54" t="s">
         <v>52</v>
       </c>
       <c r="D54" t="s">
         <v>175</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2005</v>
       </c>
       <c r="I54">
         <v>2017</v>
       </c>
       <c r="J54" t="s">
         <v>167</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M54" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P54" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B55" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C55" t="s">
         <v>52</v>
       </c>
       <c r="D55" t="s">
         <v>132</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>35</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>167</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="M55" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P55" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B56" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C56" t="s">
         <v>52</v>
       </c>
       <c r="D56" t="s">
         <v>175</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>35</v>
       </c>
       <c r="H56">
         <v>2020</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>55</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="M56" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="P56" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B57" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C57" t="s">
         <v>52</v>
       </c>
       <c r="D57" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>35</v>
       </c>
       <c r="H57">
         <v>2020</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>55</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M57" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P57" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B58" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C58" t="s">
         <v>52</v>
       </c>
       <c r="D58" t="s">
         <v>164</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>35</v>
       </c>
       <c r="H58">
         <v>2020</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>55</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="M58" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P58" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B59" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C59" t="s">
         <v>211</v>
       </c>
       <c r="D59" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>34</v>
       </c>
       <c r="G59" t="s">
         <v>35</v>
       </c>
       <c r="H59">
         <v>2022</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>36</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N59" t="s">
         <v>38</v>
       </c>
       <c r="O59" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P59" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B60" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D60" t="s">
         <v>233</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2001</v>
       </c>
       <c r="I60">
         <v>2019</v>
       </c>
       <c r="J60" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="M60" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P60" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B61" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D61" t="s">
         <v>44</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2004</v>
       </c>
       <c r="I61">
         <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="M61" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P61" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B62" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C62" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D62" t="s">
         <v>67</v>
       </c>
       <c r="E62" t="s">
         <v>165</v>
       </c>
       <c r="F62" t="s">
         <v>166</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
       <c r="I62">
         <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P62" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B63" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C63" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D63" t="s">
         <v>233</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>1996</v>
       </c>
       <c r="I63">
         <v>2017</v>
       </c>
       <c r="J63" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P63" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B64" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D64" t="s">
         <v>233</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>54</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>1996</v>
       </c>
       <c r="I64">
         <v>2018</v>
       </c>
       <c r="J64" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P64" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B65" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C65" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D65" t="s">
         <v>143</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2008</v>
       </c>
       <c r="I65">
         <v>2010</v>
       </c>
       <c r="J65" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="M65" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P65" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B66" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C66" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D66" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2002</v>
       </c>
       <c r="I66">
         <v>2008</v>
       </c>
       <c r="J66" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M66" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P66" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B67" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D67" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>35</v>
       </c>
       <c r="H67">
         <v>2009</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M67" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P67" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B68" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C68" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D68" t="s">
         <v>164</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>1998</v>
       </c>
       <c r="I68">
         <v>2009</v>
       </c>
       <c r="J68" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K68" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L68" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="M68" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P68" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C69" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
       <c r="I69">
         <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="M69" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="P69" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B70" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C70" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D70" t="s">
         <v>175</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2002</v>
       </c>
       <c r="I70">
         <v>2002</v>
       </c>
       <c r="J70" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="M70" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="P70" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B71" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C71" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D71" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>35</v>
       </c>
       <c r="H71">
         <v>2022</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P71" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B72" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C72" t="s">
         <v>226</v>
       </c>
       <c r="D72" t="s">
         <v>218</v>
       </c>
       <c r="E72" t="s">
         <v>165</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>1981</v>
       </c>
       <c r="I72">
         <v>2002</v>
       </c>
       <c r="J72" t="s">
         <v>201</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>228</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="P72" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B73" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C73" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D73" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2008</v>
       </c>
       <c r="I73">
         <v>2020</v>
       </c>
       <c r="J73" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M73" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P73" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B74" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C74" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D74" t="s">
         <v>233</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H74">
         <v>2018</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>219</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M74" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="P74" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B75" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C75" t="s">
         <v>226</v>
       </c>
       <c r="D75" t="s">
         <v>164</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>35</v>
       </c>
       <c r="H75">
         <v>2003</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>45</v>
       </c>
       <c r="K75" t="s">
         <v>133</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P75" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B76" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C76" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D76" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E76" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F76" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G76" t="s">
         <v>35</v>
       </c>
       <c r="H76">
         <v>2023</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="K76" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P76" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B77" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C77" t="s">
         <v>217</v>
       </c>
       <c r="D77" t="s">
         <v>218</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>458</v>
       </c>
       <c r="H77">
         <v>1997</v>
       </c>
       <c r="I77">
         <v>2005</v>
       </c>
       <c r="J77" t="s">
         <v>219</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P77" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B78" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C78" t="s">
         <v>217</v>
       </c>
       <c r="D78" t="s">
         <v>218</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>35</v>
       </c>
       <c r="H78">
         <v>2021</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>219</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="P78" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B79" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C79" t="s">
         <v>211</v>
       </c>
       <c r="D79" t="s">
         <v>33</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>34</v>
       </c>
       <c r="G79" t="s">
         <v>35</v>
       </c>
       <c r="H79">
         <v>2022</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>36</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="N79" t="s">
         <v>38</v>
       </c>
       <c r="O79" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="P79" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B80" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C80" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D80" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2017</v>
       </c>
       <c r="I80">
         <v>2021</v>
       </c>
       <c r="J80" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="K80" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="L80" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="M80" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="P80" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B81" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C81" t="s">
         <v>226</v>
       </c>
       <c r="D81" t="s">
         <v>233</v>
       </c>
       <c r="E81" t="s">
         <v>165</v>
       </c>
       <c r="F81" t="s">
         <v>54</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2012</v>
       </c>
       <c r="I81">
         <v>2015</v>
       </c>
       <c r="J81" t="s">
         <v>201</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="P81" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B82" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C82" t="s">
         <v>32</v>
       </c>
       <c r="D82" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>34</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>1982</v>
       </c>
       <c r="I82">
         <v>2024</v>
       </c>
       <c r="J82" t="s">
         <v>36</v>
       </c>
       <c r="K82" t="s">
         <v>133</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="N82" t="s">
         <v>38</v>
       </c>
       <c r="O82" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="P82" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B83" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C83" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D83" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E83" t="s">
         <v>165</v>
       </c>
       <c r="F83" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G83" t="s">
         <v>35</v>
       </c>
       <c r="H83">
         <v>2021</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>45</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="M83" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="P83" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B84" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C84" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D84" t="s">
         <v>164</v>
       </c>
       <c r="E84" t="s">
         <v>165</v>
       </c>
       <c r="F84" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G84" t="s">
         <v>35</v>
       </c>
       <c r="H84">
         <v>2024</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>234</v>
       </c>
       <c r="K84" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="L84" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="M84" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="P84" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B85" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C85" t="s">
         <v>217</v>
       </c>
       <c r="D85" t="s">
         <v>233</v>
       </c>
       <c r="E85" t="s">
         <v>165</v>
       </c>
       <c r="F85" t="s">
         <v>166</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>1994</v>
       </c>
       <c r="I85">
         <v>2012</v>
       </c>
       <c r="J85" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="M85" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="P85" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B86" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C86" t="s">
         <v>217</v>
       </c>
       <c r="D86" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="E86" t="s">
         <v>165</v>
       </c>
       <c r="F86" t="s">
         <v>166</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2004</v>
       </c>
       <c r="I86">
         <v>2012</v>
       </c>
       <c r="J86" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="M86" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="P86" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B87" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C87" t="s">
         <v>217</v>
       </c>
       <c r="D87" t="s">
         <v>244</v>
       </c>
       <c r="E87" t="s">
         <v>165</v>
       </c>
       <c r="F87" t="s">
         <v>166</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2008</v>
       </c>
       <c r="I87">
         <v>2012</v>
       </c>
       <c r="J87" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="M87" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="P87" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B88" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C88" t="s">
         <v>217</v>
       </c>
       <c r="D88" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="E88" t="s">
         <v>165</v>
       </c>
       <c r="F88" t="s">
         <v>166</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2008</v>
       </c>
       <c r="I88">
         <v>2012</v>
       </c>
       <c r="J88" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="M88" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="P88" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B89" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C89" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D89" t="s">
         <v>44</v>
       </c>
       <c r="E89" t="s">
         <v>165</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2006</v>
       </c>
       <c r="I89">
         <v>2006</v>
       </c>
       <c r="J89" t="s">
         <v>45</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="P89"/>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B90" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C90" t="s">
         <v>217</v>
       </c>
       <c r="D90" t="s">
         <v>233</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>22</v>
+        <v>537</v>
       </c>
       <c r="H90">
         <v>2010</v>
       </c>
       <c r="I90">
         <v>2016</v>
       </c>
       <c r="J90" t="s">
         <v>219</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="M90" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="P90" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B91" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="C91" t="s">
         <v>217</v>
       </c>
       <c r="D91" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2008</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>219</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="M91" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="P91" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B92" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C92" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D92" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>54</v>
       </c>
       <c r="G92" t="s">
         <v>35</v>
       </c>
       <c r="H92">
         <v>2017</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>45</v>
       </c>
       <c r="K92" t="s">
         <v>133</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="P92" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B93" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C93" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="D93" t="s">
         <v>233</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2005</v>
       </c>
       <c r="I93">
         <v>2015</v>
       </c>
       <c r="J93" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="M93" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="P93" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B94" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C94" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="D94" t="s">
         <v>44</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
       <c r="I94">
         <v>2015</v>
       </c>
       <c r="J94" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="P94" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B95" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C95" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="D95" t="s">
         <v>164</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2010</v>
       </c>
       <c r="I95">
         <v>2019</v>
       </c>
       <c r="J95" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="K95" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="P95" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B96" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C96" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="D96" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H96">
         <v>2021</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="M96" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="P96" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B97" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C97" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="D97" t="s">
         <v>233</v>
       </c>
       <c r="E97" t="s">
         <v>165</v>
       </c>
       <c r="F97" t="s">
         <v>166</v>
       </c>
       <c r="G97" t="s">
         <v>35</v>
       </c>
       <c r="H97">
         <v>1998</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="M97" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="P97" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B98" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="C98" t="s">
         <v>86</v>
       </c>
       <c r="D98" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>35</v>
       </c>
       <c r="H98">
         <v>2021</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>88</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="P98" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B99" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C99" t="s">
         <v>86</v>
       </c>
       <c r="D99" t="s">
         <v>100</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>35</v>
       </c>
       <c r="H99">
         <v>2021</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>88</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="P99" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B100" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C100" t="s">
         <v>86</v>
       </c>
       <c r="D100" t="s">
         <v>132</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>35</v>
       </c>
       <c r="H100">
         <v>2021</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>88</v>
       </c>
       <c r="K100" t="s">
         <v>133</v>
       </c>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="P100" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B101" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C101" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="D101" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G101" t="s">
         <v>35</v>
       </c>
       <c r="H101">
         <v>2016</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="P101" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B102" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C102" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D102" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="E102" t="s">
         <v>165</v>
       </c>
       <c r="F102" t="s">
         <v>166</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2012</v>
       </c>
       <c r="I102">
         <v>2020</v>
       </c>
       <c r="J102" t="s">
         <v>45</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="M102" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="P102" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="B103" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C103" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D103" t="s">
         <v>44</v>
       </c>
       <c r="E103" t="s">
         <v>165</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>80</v>
       </c>
       <c r="H103"/>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="N103" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="O103" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="P103"/>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B104" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C104" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D104" t="s">
         <v>233</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>35</v>
       </c>
       <c r="H104">
         <v>2011</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="P104" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="B105" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C105" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D105" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G105" t="s">
         <v>35</v>
       </c>
       <c r="H105">
         <v>2011</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="M105" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="P105" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">