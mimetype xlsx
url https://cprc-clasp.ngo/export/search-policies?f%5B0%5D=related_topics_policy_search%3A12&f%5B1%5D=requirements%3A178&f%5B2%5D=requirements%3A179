--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,508 +12,644 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -777,1131 +913,1272 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>33</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>33</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" t="s">
+        <v>33</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
         <v>22</v>
-      </c>
-[...374 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>33</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1981</v>
+      </c>
+      <c r="I12">
+        <v>2002</v>
+      </c>
+      <c r="J12" t="s">
         <v>64</v>
       </c>
-      <c r="J11" t="s">
-[...29 lines deleted...]
-      <c r="F12" t="s">
+      <c r="K12" t="s">
+        <v>33</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" t="s">
+        <v>99</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2023</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>101</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>33</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>116</v>
+      </c>
+      <c r="G15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>33</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>114</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
-[...81 lines deleted...]
-      <c r="G14">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>116</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2024</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>125</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>107</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1994</v>
+      </c>
+      <c r="I17">
         <v>2012</v>
       </c>
-      <c r="H14">
-[...51 lines deleted...]
-      <c r="L15" t="s">
+      <c r="J17" t="s">
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
+        <v>33</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>33</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>131</v>
+      </c>
+      <c r="D19" t="s">
+        <v>145</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
+        <v>33</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>134</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" t="s">
+        <v>151</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>132</v>
+      </c>
+      <c r="K20" t="s">
+        <v>33</v>
+      </c>
+      <c r="L20" t="s">
+        <v>152</v>
+      </c>
+      <c r="M20" t="s">
+        <v>134</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>58</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>91</v>
       </c>
-      <c r="M15" t="s">
-[...244 lines deleted...]
-        <v>2006</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2006</v>
       </c>
-      <c r="I21" t="s">
-        <v>89</v>
+      <c r="I21">
+        <v>2006</v>
       </c>
       <c r="J21" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="K21" t="s">
+        <v>33</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="N21" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="C22" t="s">
-        <v>81</v>
+        <v>162</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>107</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
         <v>1998</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>28</v>
+        <v>163</v>
       </c>
       <c r="K22" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="L22" t="s">
-        <v>124</v>
+        <v>164</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N22" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="B23" t="s">
-        <v>127</v>
+        <v>169</v>
       </c>
       <c r="C23" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>171</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2012</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2020</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>28</v>
+        <v>117</v>
       </c>
       <c r="K23" t="s">
-        <v>129</v>
+        <v>33</v>
       </c>
       <c r="L23" t="s">
-        <v>130</v>
+        <v>172</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>174</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
-        <v>45</v>
+        <v>178</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E24" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="G24"/>
+        <v>91</v>
+      </c>
+      <c r="G24" t="s">
+        <v>179</v>
+      </c>
       <c r="H24"/>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>33</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>137</v>
+        <v>181</v>
       </c>
       <c r="N24" t="s">
-        <v>138</v>
-      </c>
+        <v>182</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>