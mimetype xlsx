--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,809 +12,1045 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1078,2085 +1314,2358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>37</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>75</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>81</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>82</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>50</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>90</v>
+      </c>
+      <c r="K9" t="s">
+        <v>91</v>
+      </c>
+      <c r="L9" t="s">
+        <v>92</v>
+      </c>
+      <c r="M9" t="s">
+        <v>93</v>
+      </c>
+      <c r="N9" t="s">
+        <v>94</v>
+      </c>
+      <c r="O9" t="s">
+        <v>95</v>
+      </c>
+      <c r="P9" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>97</v>
+      </c>
+      <c r="B10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>81</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>94</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>115</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>81</v>
+      </c>
+      <c r="G13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2025</v>
+      </c>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>94</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>120</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>75</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>128</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" t="s">
+        <v>91</v>
+      </c>
+      <c r="L15" t="s">
+        <v>130</v>
+      </c>
+      <c r="M15" t="s">
+        <v>131</v>
+      </c>
+      <c r="N15" t="s">
+        <v>132</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>137</v>
+      </c>
+      <c r="E16" t="s">
+        <v>45</v>
+      </c>
+      <c r="F16" t="s">
+        <v>128</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>91</v>
+      </c>
+      <c r="L16" t="s">
+        <v>138</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>132</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17"/>
+      <c r="D17" t="s">
+        <v>143</v>
+      </c>
+      <c r="E17" t="s">
+        <v>45</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>144</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>64</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>37</v>
+      </c>
+      <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>146</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>45</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>148</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>37</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>155</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>128</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>163</v>
+      </c>
+      <c r="D20" t="s">
+        <v>164</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>128</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>47</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>165</v>
+      </c>
+      <c r="M20" t="s">
+        <v>166</v>
+      </c>
+      <c r="N20" t="s">
+        <v>94</v>
+      </c>
+      <c r="O20" t="s">
+        <v>167</v>
+      </c>
+      <c r="P20" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>47</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>172</v>
+      </c>
+      <c r="M21" t="s">
+        <v>173</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" t="s">
+        <v>80</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>81</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>178</v>
+      </c>
+      <c r="K22" t="s">
+        <v>82</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>179</v>
+      </c>
+      <c r="N22" t="s">
+        <v>132</v>
+      </c>
+      <c r="O22" t="s">
+        <v>180</v>
+      </c>
+      <c r="P22" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" t="s">
+        <v>183</v>
+      </c>
+      <c r="C23" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" t="s">
+        <v>184</v>
+      </c>
+      <c r="E23" t="s">
+        <v>45</v>
+      </c>
+      <c r="F23" t="s">
+        <v>81</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>178</v>
+      </c>
+      <c r="K23" t="s">
+        <v>65</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>179</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>185</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" t="s">
+        <v>119</v>
+      </c>
+      <c r="C24" t="s">
+        <v>187</v>
+      </c>
+      <c r="D24" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>188</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>189</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>192</v>
+      </c>
+      <c r="B25" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C25" t="s">
+        <v>193</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>194</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" t="s">
+        <v>195</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>196</v>
+      </c>
+      <c r="P25" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>198</v>
+      </c>
+      <c r="B26" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" t="s">
+        <v>193</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>194</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>199</v>
+      </c>
+      <c r="M26" t="s">
+        <v>195</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>200</v>
+      </c>
+      <c r="P26" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" t="s">
+        <v>203</v>
+      </c>
+      <c r="C27" t="s">
+        <v>204</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2019</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>64</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" t="s">
+        <v>205</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>206</v>
+      </c>
+      <c r="P27" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>208</v>
+      </c>
+      <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>45</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>71</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>72</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>37</v>
+      </c>
+      <c r="M28" t="s">
+        <v>210</v>
+      </c>
+      <c r="N28" t="s">
+        <v>75</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>215</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>45</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2018</v>
+      </c>
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>64</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>37</v>
+      </c>
+      <c r="M29" t="s">
+        <v>216</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C30" t="s">
+        <v>215</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>45</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30">
+        <v>2022</v>
+      </c>
+      <c r="J30" t="s">
+        <v>64</v>
+      </c>
+      <c r="K30" t="s">
+        <v>65</v>
+      </c>
+      <c r="L30" t="s">
+        <v>37</v>
+      </c>
+      <c r="M30" t="s">
+        <v>216</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>119</v>
+      </c>
+      <c r="C31" t="s">
+        <v>223</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>45</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>71</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>224</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>37</v>
+      </c>
+      <c r="M31" t="s">
+        <v>225</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>226</v>
+      </c>
+      <c r="P31" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>228</v>
+      </c>
+      <c r="B32" t="s">
+        <v>229</v>
+      </c>
+      <c r="C32" t="s">
+        <v>154</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>45</v>
+      </c>
+      <c r="F32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>156</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>230</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>233</v>
+      </c>
+      <c r="B33" t="s">
+        <v>234</v>
+      </c>
+      <c r="C33" t="s">
+        <v>154</v>
+      </c>
+      <c r="D33" t="s">
+        <v>155</v>
+      </c>
+      <c r="E33" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" t="s">
+        <v>46</v>
+      </c>
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>156</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>230</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>236</v>
+      </c>
+      <c r="B34" t="s">
+        <v>237</v>
+      </c>
+      <c r="C34" t="s">
+        <v>238</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>47</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>37</v>
+      </c>
+      <c r="M34" t="s">
+        <v>239</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" t="s">
+        <v>243</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>45</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>47</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>37</v>
+      </c>
+      <c r="M35" t="s">
+        <v>244</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>62</v>
+      </c>
+      <c r="D36" t="s">
+        <v>143</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>144</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>64</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>37</v>
+      </c>
+      <c r="M36" t="s">
+        <v>66</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>248</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>249</v>
+      </c>
+      <c r="B37" t="s">
+        <v>250</v>
+      </c>
+      <c r="C37" t="s">
+        <v>88</v>
+      </c>
+      <c r="D37" t="s">
+        <v>184</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>251</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>252</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>253</v>
+      </c>
+      <c r="M37" t="s">
+        <v>93</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>254</v>
+      </c>
+      <c r="P37" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>256</v>
+      </c>
+      <c r="B38" t="s">
+        <v>257</v>
+      </c>
+      <c r="C38" t="s">
+        <v>88</v>
+      </c>
+      <c r="D38" t="s">
+        <v>155</v>
+      </c>
+      <c r="E38" t="s">
+        <v>45</v>
+      </c>
+      <c r="F38" t="s">
+        <v>251</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2019</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>252</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>258</v>
+      </c>
+      <c r="M38" t="s">
+        <v>93</v>
+      </c>
+      <c r="N38" t="s">
+        <v>75</v>
+      </c>
+      <c r="O38" t="s">
+        <v>259</v>
+      </c>
+      <c r="P38" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>261</v>
+      </c>
+      <c r="B39" t="s">
+        <v>262</v>
+      </c>
+      <c r="C39" t="s">
+        <v>263</v>
+      </c>
+      <c r="D39" t="s">
+        <v>184</v>
+      </c>
+      <c r="E39" t="s">
+        <v>45</v>
+      </c>
+      <c r="F39" t="s">
+        <v>46</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39">
+        <v>2022</v>
+      </c>
+      <c r="J39" t="s">
+        <v>156</v>
+      </c>
+      <c r="K39" t="s">
+        <v>65</v>
+      </c>
+      <c r="L39" t="s">
+        <v>264</v>
+      </c>
+      <c r="M39" t="s">
+        <v>265</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>266</v>
+      </c>
+      <c r="P39" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>268</v>
+      </c>
+      <c r="B40" t="s">
+        <v>269</v>
+      </c>
+      <c r="C40" t="s">
+        <v>270</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>64</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>37</v>
+      </c>
+      <c r="M40" t="s">
+        <v>271</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>272</v>
+      </c>
+      <c r="P40" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>274</v>
+      </c>
+      <c r="B41" t="s">
+        <v>275</v>
+      </c>
+      <c r="C41" t="s">
+        <v>276</v>
+      </c>
+      <c r="D41" t="s">
+        <v>277</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>81</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2019</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>278</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>279</v>
+      </c>
+      <c r="N41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O41" t="s">
+        <v>280</v>
+      </c>
+      <c r="P41" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" t="s">
+        <v>283</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L42" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M42" t="s">
+        <v>284</v>
+      </c>
+      <c r="N42" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O42" t="s">
+        <v>285</v>
+      </c>
+      <c r="P42" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>287</v>
+      </c>
+      <c r="B43" t="s">
+        <v>288</v>
+      </c>
+      <c r="C43" t="s">
+        <v>283</v>
+      </c>
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>25</v>
+      </c>
+      <c r="M43" t="s">
+        <v>284</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43"/>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>290</v>
+      </c>
+      <c r="B44" t="s">
+        <v>31</v>
+      </c>
+      <c r="C44" t="s">
+        <v>291</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>37</v>
+      </c>
+      <c r="M44" t="s">
+        <v>292</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>293</v>
+      </c>
+      <c r="P44" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>295</v>
+      </c>
+      <c r="B45" t="s">
+        <v>296</v>
+      </c>
+      <c r="C45" t="s">
+        <v>297</v>
+      </c>
+      <c r="D45" t="s">
+        <v>80</v>
+      </c>
+      <c r="E45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2019</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>35</v>
+      </c>
+      <c r="K45" t="s">
+        <v>82</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>298</v>
+      </c>
+      <c r="N45" t="s">
+        <v>50</v>
+      </c>
+      <c r="O45" t="s">
+        <v>299</v>
+      </c>
+      <c r="P45" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>301</v>
+      </c>
+      <c r="B46" t="s">
+        <v>54</v>
+      </c>
+      <c r="C46" t="s">
+        <v>297</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      <c r="B4" t="s">
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>47</v>
+      </c>
+      <c r="K46" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L46" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...17 lines deleted...]
-      <c r="J4" t="s">
+      <c r="M46" t="s">
+        <v>298</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>302</v>
+      </c>
+      <c r="P46" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>304</v>
+      </c>
+      <c r="B47" t="s">
+        <v>305</v>
+      </c>
+      <c r="C47" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" t="s">
+        <v>45</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...35 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
         <v>47</v>
       </c>
-      <c r="J5" t="s">
-[...187 lines deleted...]
-      <c r="B10" t="s">
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>37</v>
+      </c>
+      <c r="M47" t="s">
+        <v>307</v>
+      </c>
+      <c r="N47" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
-[...1584 lines deleted...]
-      </c>
+      <c r="O47" t="s">
+        <v>308</v>
+      </c>
+      <c r="P47"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>