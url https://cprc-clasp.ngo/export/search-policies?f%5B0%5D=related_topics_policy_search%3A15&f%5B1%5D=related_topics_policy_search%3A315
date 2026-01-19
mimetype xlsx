--- v1 (2025-11-27)
+++ v2 (2026-01-19)
@@ -304,51 +304,51 @@
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
     <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
     <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
   </si>
   <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
 No policy link available.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>