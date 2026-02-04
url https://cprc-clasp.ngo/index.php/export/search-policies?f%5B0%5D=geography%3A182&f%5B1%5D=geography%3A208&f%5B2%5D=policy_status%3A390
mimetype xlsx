--- v0 (2025-10-11)
+++ v1 (2026-02-04)
@@ -12,4363 +12,3317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1035">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...136 lines deleted...]
-  <si>
     <t>October 2022</t>
-  </si>
-[...85 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...11 lines deleted...]
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>November 2020</t>
+  </si>
+  <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
-    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
-[...2 lines deleted...]
-    <t>Ethiopia</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
+    <t>Directive 2010-30-EU</t>
+  </si>
+  <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>DNIS IEC TS 62257-9-8:2019EE</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
-    <t>Ethiopian Standards Agency</t>
-[...94 lines deleted...]
-  <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...37 lines deleted...]
-    <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
-[...2 lines deleted...]
-    <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
+    <t>United States of America*</t>
+  </si>
+  <si>
+    <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
+  </si>
+  <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
+    <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
+  </si>
+  <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
+  </si>
+  <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
+    <t>Ethiopian standard for pico-solar and SHS kits</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
+    <t>Green Building Reach Codes for Home Renovation</t>
+  </si>
+  <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning, Water Heating</t>
+  </si>
+  <si>
+    <t>City of San Mateo</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
+  </si>
+  <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
+    <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>July 2022</t>
+  </si>
+  <si>
+    <t>Ghana Standards Authority</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
+  </si>
+  <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Joint Resolution No. 031 and 089, 2013</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
+  </si>
+  <si>
+    <t>Ministerio de Poder Popular para la Energia Electrica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
+  </si>
+  <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
+    <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Bureau of Standards Jamaica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
+  </si>
+  <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
+    <t>GS IEC 62552: 2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
+  </si>
+  <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
+  </si>
+  <si>
+    <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
+  </si>
+  <si>
+    <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
+  </si>
+  <si>
+    <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
+  </si>
+  <si>
+    <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
+    <t>Cookstoves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
+  </si>
+  <si>
+    <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
+  </si>
+  <si>
+    <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
+  </si>
+  <si>
+    <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
+  </si>
+  <si>
+    <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
+  </si>
+  <si>
+    <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
+  </si>
+  <si>
+    <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
+  </si>
+  <si>
+    <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
+  </si>
+  <si>
+    <t>LS IEC 62257-9-8: 2020</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>June 2022</t>
+  </si>
+  <si>
+    <t>National Standards Laboratory of Liberia</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/node/1799</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>November 2023</t>
+  </si>
+  <si>
+    <t>Malawi Bureau of Standards (MBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
+  </si>
+  <si>
+    <t>MS IEC TS 62257-9-8</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
+  </si>
+  <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
+    <t>MEPS and Labeling Scheme for Refrigerators</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>SANS 941</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for air conditioners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
+  </si>
+  <si>
+    <t>MEPS for air conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for refrigerators, freezers and combined equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
+  </si>
+  <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
+    <t>Griddles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
+  </si>
+  <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy (MME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
+    <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>MS 208</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
+    <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>MS 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
+    <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>MS 203</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
+    <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
+    <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>MS 204</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
+    <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>MS 205</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
+    <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
-    <t>10 CFR 430, Subpart B, Appendix D2</t>
-[...1501 lines deleted...]
-  <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
+    <t>October 2018</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
-    <t>NMG 202-1 National quality standards for pico-PV products</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...21 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...27 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
-    <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
-[...25 lines deleted...]
-  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
-    <t>Provision No 859 del 11|11|2008</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
-    <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
-[...22 lines deleted...]
-  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
-    <t>Resolucion No. 40122/16</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
-    <t>Resolution Ex SCIyM No. 319|99</t>
-[...11 lines deleted...]
-    <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
+    <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
   </si>
   <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Gas</t>
+  </si>
+  <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
-    <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
   </si>
   <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
-    <t>RTE INEN 035|2009</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
   </si>
   <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
+  </si>
+  <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...104 lines deleted...]
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...256 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...7 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
   </si>
   <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
-    <t>Technical Regulation on Labeling</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
-    <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
-[...10 lines deleted...]
-  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
-    <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
-[...7 lines deleted...]
-  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
-    <t>VC 8043 Incandescent Lamps</t>
-[...9 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
   <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...30 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
   <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
-    <t>WaterSense® Specification for Showerheads</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
   <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4632,17467 +3586,9012 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N409"/>
+  <dimension ref="A1:P189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>47</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>47</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>77</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>85</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>47</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>93</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>47</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>47</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>73</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>109</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>77</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E13" t="s">
+        <v>117</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>118</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>119</v>
+      </c>
+      <c r="M13" t="s">
+        <v>120</v>
+      </c>
+      <c r="N13" t="s">
+        <v>47</v>
+      </c>
+      <c r="O13" t="s">
+        <v>121</v>
+      </c>
+      <c r="P13" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>125</v>
+      </c>
+      <c r="D14" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...40 lines deleted...]
-      <c r="H3">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>127</v>
+      </c>
+      <c r="N14" t="s">
+        <v>47</v>
+      </c>
+      <c r="O14" t="s">
+        <v>128</v>
+      </c>
+      <c r="P14" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" t="s">
+        <v>132</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>133</v>
+      </c>
+      <c r="K15" t="s">
+        <v>134</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>77</v>
+      </c>
+      <c r="O15" t="s">
+        <v>135</v>
+      </c>
+      <c r="P15" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B16" t="s">
+        <v>138</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>47</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
+        <v>142</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>143</v>
+      </c>
+      <c r="M17" t="s">
+        <v>127</v>
+      </c>
+      <c r="N17" t="s">
+        <v>47</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>73</v>
+      </c>
+      <c r="G18" t="s">
+        <v>147</v>
+      </c>
+      <c r="H18">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...643 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K18"/>
+        <v>148</v>
+      </c>
+      <c r="K18" t="s">
+        <v>109</v>
+      </c>
       <c r="L18" t="s">
-        <v>67</v>
+        <v>149</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="N18" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>151</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>105</v>
+        <v>154</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>155</v>
       </c>
       <c r="C19" t="s">
         <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="F19" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K19"/>
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>157</v>
+      </c>
       <c r="L19" t="s">
+        <v>158</v>
+      </c>
+      <c r="M19" t="s">
+        <v>111</v>
+      </c>
+      <c r="N19" t="s">
+        <v>159</v>
+      </c>
+      <c r="O19" t="s">
+        <v>160</v>
+      </c>
+      <c r="P19" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>164</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>165</v>
+      </c>
+      <c r="M20" t="s">
+        <v>166</v>
+      </c>
+      <c r="N20" t="s">
+        <v>47</v>
+      </c>
+      <c r="O20" t="s">
+        <v>167</v>
+      </c>
+      <c r="P20" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" t="s">
+        <v>171</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>172</v>
+      </c>
+      <c r="M21" t="s">
+        <v>173</v>
+      </c>
+      <c r="N21" t="s">
+        <v>47</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>178</v>
+      </c>
+      <c r="D22" t="s">
+        <v>179</v>
+      </c>
+      <c r="E22" t="s">
+        <v>117</v>
+      </c>
+      <c r="F22" t="s">
+        <v>180</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>181</v>
+      </c>
+      <c r="K22" t="s">
+        <v>182</v>
+      </c>
+      <c r="L22" t="s">
+        <v>183</v>
+      </c>
+      <c r="M22" t="s">
+        <v>184</v>
+      </c>
+      <c r="N22" t="s">
+        <v>47</v>
+      </c>
+      <c r="O22" t="s">
+        <v>185</v>
+      </c>
+      <c r="P22" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>187</v>
+      </c>
+      <c r="B23" t="s">
+        <v>188</v>
+      </c>
+      <c r="C23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D23" t="s">
+        <v>189</v>
+      </c>
+      <c r="E23" t="s">
+        <v>117</v>
+      </c>
+      <c r="F23" t="s">
+        <v>180</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>181</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>190</v>
+      </c>
+      <c r="M23" t="s">
+        <v>184</v>
+      </c>
+      <c r="N23" t="s">
+        <v>47</v>
+      </c>
+      <c r="O23" t="s">
+        <v>191</v>
+      </c>
+      <c r="P23" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>193</v>
+      </c>
+      <c r="B24" t="s">
+        <v>194</v>
+      </c>
+      <c r="C24" t="s">
+        <v>178</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>117</v>
+      </c>
+      <c r="F24" t="s">
+        <v>180</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2008</v>
+      </c>
+      <c r="J24" t="s">
+        <v>181</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>195</v>
+      </c>
+      <c r="M24" t="s">
+        <v>184</v>
+      </c>
+      <c r="N24" t="s">
+        <v>47</v>
+      </c>
+      <c r="O24" t="s">
+        <v>196</v>
+      </c>
+      <c r="P24" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>198</v>
+      </c>
+      <c r="B25" t="s">
+        <v>199</v>
+      </c>
+      <c r="C25" t="s">
+        <v>200</v>
+      </c>
+      <c r="D25" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" t="s">
+        <v>117</v>
+      </c>
+      <c r="F25" t="s">
+        <v>180</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>181</v>
+      </c>
+      <c r="K25" t="s">
+        <v>85</v>
+      </c>
+      <c r="L25" t="s">
+        <v>201</v>
+      </c>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
+        <v>47</v>
+      </c>
+      <c r="O25" t="s">
+        <v>202</v>
+      </c>
+      <c r="P25" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>204</v>
+      </c>
+      <c r="B26" t="s">
+        <v>205</v>
+      </c>
+      <c r="C26" t="s">
+        <v>178</v>
+      </c>
+      <c r="D26" t="s">
+        <v>206</v>
+      </c>
+      <c r="E26" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" t="s">
+        <v>180</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2001</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>181</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>207</v>
+      </c>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>47</v>
+      </c>
+      <c r="O26" t="s">
+        <v>208</v>
+      </c>
+      <c r="P26" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>210</v>
+      </c>
+      <c r="B27" t="s">
+        <v>211</v>
+      </c>
+      <c r="C27" t="s">
+        <v>178</v>
+      </c>
+      <c r="D27" t="s">
+        <v>212</v>
+      </c>
+      <c r="E27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" t="s">
+        <v>180</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>181</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>213</v>
+      </c>
+      <c r="M27" t="s">
+        <v>184</v>
+      </c>
+      <c r="N27" t="s">
+        <v>47</v>
+      </c>
+      <c r="O27" t="s">
+        <v>214</v>
+      </c>
+      <c r="P27" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>216</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>178</v>
+      </c>
+      <c r="D28" t="s">
+        <v>206</v>
+      </c>
+      <c r="E28" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" t="s">
+        <v>180</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2001</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>181</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>218</v>
+      </c>
+      <c r="M28" t="s">
+        <v>184</v>
+      </c>
+      <c r="N28" t="s">
+        <v>47</v>
+      </c>
+      <c r="O28" t="s">
+        <v>219</v>
+      </c>
+      <c r="P28" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>221</v>
+      </c>
+      <c r="B29" t="s">
+        <v>222</v>
+      </c>
+      <c r="C29" t="s">
+        <v>178</v>
+      </c>
+      <c r="D29" t="s">
+        <v>223</v>
+      </c>
+      <c r="E29" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" t="s">
+        <v>180</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>181</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>224</v>
+      </c>
+      <c r="M29" t="s">
+        <v>184</v>
+      </c>
+      <c r="N29" t="s">
+        <v>47</v>
+      </c>
+      <c r="O29" t="s">
+        <v>225</v>
+      </c>
+      <c r="P29" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>227</v>
+      </c>
+      <c r="B30" t="s">
+        <v>228</v>
+      </c>
+      <c r="C30" t="s">
+        <v>229</v>
+      </c>
+      <c r="D30" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" t="s">
+        <v>73</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>64</v>
+      </c>
+      <c r="K30" t="s">
         <v>109</v>
       </c>
-      <c r="M19" t="s">
-[...2 lines deleted...]
-      <c r="N19" t="s">
+      <c r="L30" t="s">
         <v>110</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" t="s">
+      <c r="M30" t="s">
+        <v>230</v>
+      </c>
+      <c r="N30" t="s">
+        <v>77</v>
+      </c>
+      <c r="O30" t="s">
+        <v>231</v>
+      </c>
+      <c r="P30" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>233</v>
+      </c>
+      <c r="B31" t="s">
+        <v>234</v>
+      </c>
+      <c r="C31" t="s">
+        <v>229</v>
+      </c>
+      <c r="D31" t="s">
+        <v>71</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>73</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>133</v>
+      </c>
+      <c r="K31" t="s">
+        <v>109</v>
+      </c>
+      <c r="L31" t="s">
+        <v>110</v>
+      </c>
+      <c r="M31" t="s">
+        <v>230</v>
+      </c>
+      <c r="N31" t="s">
+        <v>77</v>
+      </c>
+      <c r="O31" t="s">
+        <v>235</v>
+      </c>
+      <c r="P31"/>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>236</v>
+      </c>
+      <c r="B32" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" t="s">
+        <v>237</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>93</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>45</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>238</v>
+      </c>
+      <c r="M32" t="s">
+        <v>127</v>
+      </c>
+      <c r="N32" t="s">
+        <v>47</v>
+      </c>
+      <c r="O32" t="s">
+        <v>239</v>
+      </c>
+      <c r="P32"/>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>240</v>
+      </c>
+      <c r="B33" t="s">
+        <v>241</v>
+      </c>
+      <c r="C33" t="s">
+        <v>107</v>
+      </c>
+      <c r="D33" t="s">
+        <v>142</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>45</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>143</v>
+      </c>
+      <c r="M33" t="s">
         <v>111</v>
       </c>
-      <c r="B20" t="s">
-[...25 lines deleted...]
-      <c r="L20" t="s">
+      <c r="N33" t="s">
+        <v>47</v>
+      </c>
+      <c r="O33" t="s">
+        <v>242</v>
+      </c>
+      <c r="P33" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>244</v>
+      </c>
+      <c r="B34" t="s">
+        <v>245</v>
+      </c>
+      <c r="C34" t="s">
+        <v>246</v>
+      </c>
+      <c r="D34" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>247</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>47</v>
+      </c>
+      <c r="O34" t="s">
+        <v>248</v>
+      </c>
+      <c r="P34" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>250</v>
+      </c>
+      <c r="B35" t="s">
+        <v>251</v>
+      </c>
+      <c r="C35" t="s">
+        <v>252</v>
+      </c>
+      <c r="D35" t="s">
+        <v>253</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2022</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>254</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>255</v>
+      </c>
+      <c r="P35" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>257</v>
+      </c>
+      <c r="B36" t="s">
+        <v>258</v>
+      </c>
+      <c r="C36" t="s">
+        <v>259</v>
+      </c>
+      <c r="D36" t="s">
+        <v>71</v>
+      </c>
+      <c r="E36" t="s">
+        <v>117</v>
+      </c>
+      <c r="F36" t="s">
+        <v>73</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2020</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>260</v>
+      </c>
+      <c r="K36" t="s">
         <v>109</v>
       </c>
-      <c r="M20" t="s">
-[...53 lines deleted...]
-      <c r="C22" t="s">
+      <c r="L36" t="s">
+        <v>110</v>
+      </c>
+      <c r="M36" t="s">
+        <v>261</v>
+      </c>
+      <c r="N36" t="s">
+        <v>151</v>
+      </c>
+      <c r="O36" t="s">
+        <v>262</v>
+      </c>
+      <c r="P36" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>264</v>
+      </c>
+      <c r="B37" t="s">
+        <v>265</v>
+      </c>
+      <c r="C37" t="s">
+        <v>266</v>
+      </c>
+      <c r="D37" t="s">
+        <v>267</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>44</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>268</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>269</v>
+      </c>
+      <c r="M37" t="s">
+        <v>270</v>
+      </c>
+      <c r="N37" t="s">
+        <v>47</v>
+      </c>
+      <c r="O37" t="s">
+        <v>271</v>
+      </c>
+      <c r="P37" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>273</v>
+      </c>
+      <c r="B38" t="s">
+        <v>274</v>
+      </c>
+      <c r="C38" t="s">
+        <v>275</v>
+      </c>
+      <c r="D38" t="s">
+        <v>276</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>44</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>277</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>278</v>
+      </c>
+      <c r="N38" t="s">
+        <v>47</v>
+      </c>
+      <c r="O38" t="s">
+        <v>279</v>
+      </c>
+      <c r="P38" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>281</v>
+      </c>
+      <c r="B39" t="s">
+        <v>282</v>
+      </c>
+      <c r="C39" t="s">
+        <v>275</v>
+      </c>
+      <c r="D39" t="s">
+        <v>283</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>277</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>278</v>
+      </c>
+      <c r="N39" t="s">
+        <v>47</v>
+      </c>
+      <c r="O39" t="s">
+        <v>284</v>
+      </c>
+      <c r="P39" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>286</v>
+      </c>
+      <c r="B40" t="s">
+        <v>287</v>
+      </c>
+      <c r="C40" t="s">
+        <v>275</v>
+      </c>
+      <c r="D40" t="s">
+        <v>283</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>277</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>278</v>
+      </c>
+      <c r="N40" t="s">
+        <v>47</v>
+      </c>
+      <c r="O40" t="s">
+        <v>288</v>
+      </c>
+      <c r="P40" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>290</v>
+      </c>
+      <c r="B41" t="s">
+        <v>291</v>
+      </c>
+      <c r="C41" t="s">
+        <v>275</v>
+      </c>
+      <c r="D41" t="s">
+        <v>283</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>44</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>277</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>278</v>
+      </c>
+      <c r="N41" t="s">
+        <v>47</v>
+      </c>
+      <c r="O41" t="s">
+        <v>292</v>
+      </c>
+      <c r="P41" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>294</v>
+      </c>
+      <c r="B42" t="s">
+        <v>295</v>
+      </c>
+      <c r="C42" t="s">
+        <v>82</v>
+      </c>
+      <c r="D42" t="s">
+        <v>296</v>
+      </c>
+      <c r="E42" t="s">
         <v>117</v>
       </c>
-      <c r="D22" t="s">
-[...409 lines deleted...]
-      <c r="B32" t="s">
+      <c r="F42" t="s">
+        <v>44</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>268</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>297</v>
+      </c>
+      <c r="M42" t="s">
+        <v>87</v>
+      </c>
+      <c r="N42" t="s">
+        <v>47</v>
+      </c>
+      <c r="O42" t="s">
+        <v>298</v>
+      </c>
+      <c r="P42" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>300</v>
+      </c>
+      <c r="B43" t="s">
+        <v>301</v>
+      </c>
+      <c r="C43" t="s">
+        <v>246</v>
+      </c>
+      <c r="D43" t="s">
         <v>57</v>
       </c>
-      <c r="C32" t="s">
-[...462 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2014</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>29</v>
+        <v>302</v>
       </c>
       <c r="K43" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>231</v>
+        <v>303</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O43" t="s">
+        <v>305</v>
+      </c>
+      <c r="P43" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>307</v>
       </c>
       <c r="B44" t="s">
-        <v>228</v>
+        <v>301</v>
       </c>
       <c r="C44" t="s">
-        <v>234</v>
+        <v>308</v>
       </c>
       <c r="D44" t="s">
-        <v>42</v>
+        <v>309</v>
       </c>
       <c r="E44" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>33</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>302</v>
       </c>
       <c r="K44" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="N44" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O44" t="s">
+        <v>311</v>
+      </c>
+      <c r="P44" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>237</v>
+        <v>313</v>
       </c>
       <c r="B45" t="s">
-        <v>228</v>
+        <v>314</v>
       </c>
       <c r="C45" t="s">
-        <v>164</v>
+        <v>315</v>
       </c>
       <c r="D45" t="s">
+        <v>71</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>73</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>181</v>
+      </c>
+      <c r="K45" t="s">
+        <v>109</v>
+      </c>
+      <c r="L45" t="s">
+        <v>316</v>
+      </c>
+      <c r="M45" t="s">
+        <v>317</v>
+      </c>
+      <c r="N45" t="s">
+        <v>77</v>
+      </c>
+      <c r="O45" t="s">
+        <v>318</v>
+      </c>
+      <c r="P45" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>320</v>
+      </c>
+      <c r="B46" t="s">
+        <v>321</v>
+      </c>
+      <c r="C46" t="s">
+        <v>259</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2017</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>64</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>322</v>
+      </c>
+      <c r="N46" t="s">
+        <v>47</v>
+      </c>
+      <c r="O46" t="s">
+        <v>323</v>
+      </c>
+      <c r="P46" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>325</v>
+      </c>
+      <c r="B47" t="s">
+        <v>326</v>
+      </c>
+      <c r="C47" t="s">
+        <v>259</v>
+      </c>
+      <c r="D47" t="s">
+        <v>57</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>327</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>322</v>
+      </c>
+      <c r="N47" t="s">
+        <v>47</v>
+      </c>
+      <c r="O47" t="s">
+        <v>328</v>
+      </c>
+      <c r="P47" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>330</v>
+      </c>
+      <c r="B48" t="s">
+        <v>331</v>
+      </c>
+      <c r="C48" t="s">
+        <v>259</v>
+      </c>
+      <c r="D48" t="s">
+        <v>332</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>132</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>327</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>322</v>
+      </c>
+      <c r="N48" t="s">
+        <v>47</v>
+      </c>
+      <c r="O48" t="s">
+        <v>333</v>
+      </c>
+      <c r="P48" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>334</v>
+      </c>
+      <c r="B49" t="s">
+        <v>335</v>
+      </c>
+      <c r="C49" t="s">
+        <v>259</v>
+      </c>
+      <c r="D49" t="s">
+        <v>57</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>93</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>45</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>336</v>
+      </c>
+      <c r="M49" t="s">
+        <v>322</v>
+      </c>
+      <c r="N49" t="s">
+        <v>47</v>
+      </c>
+      <c r="O49" t="s">
+        <v>337</v>
+      </c>
+      <c r="P49" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>339</v>
+      </c>
+      <c r="B50" t="s">
+        <v>340</v>
+      </c>
+      <c r="C50" t="s">
+        <v>259</v>
+      </c>
+      <c r="D50" t="s">
+        <v>283</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>33</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2022</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>327</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>322</v>
+      </c>
+      <c r="N50" t="s">
+        <v>47</v>
+      </c>
+      <c r="O50" t="s">
+        <v>341</v>
+      </c>
+      <c r="P50" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>342</v>
+      </c>
+      <c r="B51" t="s">
+        <v>343</v>
+      </c>
+      <c r="C51" t="s">
+        <v>259</v>
+      </c>
+      <c r="D51" t="s">
+        <v>344</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2022</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>327</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>322</v>
+      </c>
+      <c r="N51" t="s">
+        <v>47</v>
+      </c>
+      <c r="O51" t="s">
+        <v>345</v>
+      </c>
+      <c r="P51" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>346</v>
+      </c>
+      <c r="B52" t="s">
+        <v>347</v>
+      </c>
+      <c r="C52" t="s">
+        <v>259</v>
+      </c>
+      <c r="D52" t="s">
+        <v>348</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2022</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>327</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>322</v>
+      </c>
+      <c r="N52" t="s">
+        <v>47</v>
+      </c>
+      <c r="O52" t="s">
+        <v>349</v>
+      </c>
+      <c r="P52" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>350</v>
+      </c>
+      <c r="B53" t="s">
+        <v>351</v>
+      </c>
+      <c r="C53" t="s">
+        <v>259</v>
+      </c>
+      <c r="D53" t="s">
+        <v>352</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>327</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>322</v>
+      </c>
+      <c r="N53" t="s">
+        <v>47</v>
+      </c>
+      <c r="O53" t="s">
+        <v>353</v>
+      </c>
+      <c r="P53" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>354</v>
+      </c>
+      <c r="B54" t="s">
+        <v>355</v>
+      </c>
+      <c r="C54" t="s">
+        <v>259</v>
+      </c>
+      <c r="D54" t="s">
+        <v>356</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>357</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>322</v>
+      </c>
+      <c r="N54" t="s">
+        <v>47</v>
+      </c>
+      <c r="O54" t="s">
+        <v>358</v>
+      </c>
+      <c r="P54" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B55" t="s">
+        <v>360</v>
+      </c>
+      <c r="C55" t="s">
+        <v>259</v>
+      </c>
+      <c r="D55" t="s">
+        <v>361</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2022</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>357</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>322</v>
+      </c>
+      <c r="N55" t="s">
+        <v>47</v>
+      </c>
+      <c r="O55" t="s">
+        <v>362</v>
+      </c>
+      <c r="P55" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>363</v>
+      </c>
+      <c r="B56" t="s">
+        <v>364</v>
+      </c>
+      <c r="C56" t="s">
+        <v>259</v>
+      </c>
+      <c r="D56" t="s">
+        <v>365</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>33</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2022</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>357</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>322</v>
+      </c>
+      <c r="N56" t="s">
+        <v>47</v>
+      </c>
+      <c r="O56" t="s">
+        <v>366</v>
+      </c>
+      <c r="P56" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>367</v>
+      </c>
+      <c r="B57" t="s">
+        <v>368</v>
+      </c>
+      <c r="C57" t="s">
+        <v>259</v>
+      </c>
+      <c r="D57" t="s">
+        <v>369</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>33</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2022</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>327</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>322</v>
+      </c>
+      <c r="N57" t="s">
+        <v>47</v>
+      </c>
+      <c r="O57" t="s">
+        <v>370</v>
+      </c>
+      <c r="P57" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>371</v>
+      </c>
+      <c r="B58" t="s">
+        <v>372</v>
+      </c>
+      <c r="C58" t="s">
+        <v>259</v>
+      </c>
+      <c r="D58" t="s">
+        <v>373</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>33</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2022</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>327</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>322</v>
+      </c>
+      <c r="N58" t="s">
+        <v>47</v>
+      </c>
+      <c r="O58" t="s">
+        <v>374</v>
+      </c>
+      <c r="P58" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>375</v>
+      </c>
+      <c r="B59" t="s">
+        <v>376</v>
+      </c>
+      <c r="C59" t="s">
+        <v>259</v>
+      </c>
+      <c r="D59" t="s">
+        <v>276</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2022</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>327</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>322</v>
+      </c>
+      <c r="N59" t="s">
+        <v>47</v>
+      </c>
+      <c r="O59" t="s">
+        <v>377</v>
+      </c>
+      <c r="P59" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>378</v>
+      </c>
+      <c r="B60" t="s">
+        <v>379</v>
+      </c>
+      <c r="C60" t="s">
+        <v>259</v>
+      </c>
+      <c r="D60" t="s">
+        <v>156</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>327</v>
+      </c>
+      <c r="K60" t="s">
+        <v>157</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>322</v>
+      </c>
+      <c r="N60" t="s">
+        <v>380</v>
+      </c>
+      <c r="O60" t="s">
+        <v>381</v>
+      </c>
+      <c r="P60" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>382</v>
+      </c>
+      <c r="B61" t="s">
+        <v>383</v>
+      </c>
+      <c r="C61" t="s">
+        <v>259</v>
+      </c>
+      <c r="D61" t="s">
+        <v>384</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>33</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2022</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>327</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>322</v>
+      </c>
+      <c r="N61" t="s">
+        <v>47</v>
+      </c>
+      <c r="O61" t="s">
+        <v>385</v>
+      </c>
+      <c r="P61" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>386</v>
+      </c>
+      <c r="B62" t="s">
+        <v>387</v>
+      </c>
+      <c r="C62" t="s">
+        <v>259</v>
+      </c>
+      <c r="D62" t="s">
+        <v>388</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>33</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>327</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>322</v>
+      </c>
+      <c r="N62" t="s">
+        <v>37</v>
+      </c>
+      <c r="O62" t="s">
+        <v>389</v>
+      </c>
+      <c r="P62" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>390</v>
+      </c>
+      <c r="B63" t="s">
+        <v>391</v>
+      </c>
+      <c r="C63" t="s">
+        <v>259</v>
+      </c>
+      <c r="D63" t="s">
+        <v>392</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>33</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2022</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>327</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>322</v>
+      </c>
+      <c r="N63" t="s">
+        <v>47</v>
+      </c>
+      <c r="O63" t="s">
+        <v>393</v>
+      </c>
+      <c r="P63" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>394</v>
+      </c>
+      <c r="B64" t="s">
+        <v>395</v>
+      </c>
+      <c r="C64" t="s">
+        <v>259</v>
+      </c>
+      <c r="D64" t="s">
+        <v>396</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>33</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2022</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>327</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>322</v>
+      </c>
+      <c r="N64" t="s">
+        <v>47</v>
+      </c>
+      <c r="O64" t="s">
+        <v>397</v>
+      </c>
+      <c r="P64" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>398</v>
+      </c>
+      <c r="B65" t="s">
+        <v>399</v>
+      </c>
+      <c r="C65" t="s">
+        <v>259</v>
+      </c>
+      <c r="D65" t="s">
+        <v>32</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>33</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>327</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>322</v>
+      </c>
+      <c r="N65" t="s">
+        <v>47</v>
+      </c>
+      <c r="O65" t="s">
+        <v>400</v>
+      </c>
+      <c r="P65" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>401</v>
+      </c>
+      <c r="B66" t="s">
+        <v>402</v>
+      </c>
+      <c r="C66" t="s">
+        <v>259</v>
+      </c>
+      <c r="D66" t="s">
+        <v>403</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2022</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>327</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>322</v>
+      </c>
+      <c r="N66" t="s">
+        <v>47</v>
+      </c>
+      <c r="O66" t="s">
+        <v>404</v>
+      </c>
+      <c r="P66" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>405</v>
+      </c>
+      <c r="B67" t="s">
+        <v>406</v>
+      </c>
+      <c r="C67" t="s">
+        <v>259</v>
+      </c>
+      <c r="D67" t="s">
+        <v>407</v>
+      </c>
+      <c r="E67" t="s">
+        <v>117</v>
+      </c>
+      <c r="F67" t="s">
+        <v>33</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2022</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>327</v>
+      </c>
+      <c r="K67" t="s">
+        <v>134</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>322</v>
+      </c>
+      <c r="N67" t="s">
+        <v>77</v>
+      </c>
+      <c r="O67" t="s">
+        <v>408</v>
+      </c>
+      <c r="P67" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>409</v>
+      </c>
+      <c r="B68" t="s">
+        <v>258</v>
+      </c>
+      <c r="C68" t="s">
+        <v>410</v>
+      </c>
+      <c r="D68" t="s">
+        <v>411</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>73</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2022</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>412</v>
+      </c>
+      <c r="K68" t="s">
+        <v>109</v>
+      </c>
+      <c r="L68" t="s">
+        <v>110</v>
+      </c>
+      <c r="M68" t="s">
+        <v>413</v>
+      </c>
+      <c r="N68" t="s">
+        <v>77</v>
+      </c>
+      <c r="O68" t="s">
+        <v>414</v>
+      </c>
+      <c r="P68" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>416</v>
+      </c>
+      <c r="B69" t="s">
+        <v>69</v>
+      </c>
+      <c r="C69" t="s">
+        <v>417</v>
+      </c>
+      <c r="D69" t="s">
+        <v>71</v>
+      </c>
+      <c r="E69" t="s">
+        <v>72</v>
+      </c>
+      <c r="F69" t="s">
+        <v>73</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2022</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>418</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>75</v>
+      </c>
+      <c r="M69" t="s">
+        <v>419</v>
+      </c>
+      <c r="N69" t="s">
+        <v>77</v>
+      </c>
+      <c r="O69" t="s">
+        <v>420</v>
+      </c>
+      <c r="P69" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>422</v>
+      </c>
+      <c r="B70" t="s">
+        <v>69</v>
+      </c>
+      <c r="C70" t="s">
+        <v>417</v>
+      </c>
+      <c r="D70" t="s">
+        <v>71</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>73</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2022</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>418</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>423</v>
+      </c>
+      <c r="M70" t="s">
+        <v>419</v>
+      </c>
+      <c r="N70" t="s">
+        <v>77</v>
+      </c>
+      <c r="O70" t="s">
+        <v>424</v>
+      </c>
+      <c r="P70" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>426</v>
+      </c>
+      <c r="B71" t="s">
+        <v>427</v>
+      </c>
+      <c r="C71" t="s">
+        <v>428</v>
+      </c>
+      <c r="D71" t="s">
+        <v>429</v>
+      </c>
+      <c r="E71" t="s">
+        <v>117</v>
+      </c>
+      <c r="F71" t="s">
+        <v>93</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>34</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>430</v>
+      </c>
+      <c r="M71" t="s">
+        <v>431</v>
+      </c>
+      <c r="N71" t="s">
+        <v>47</v>
+      </c>
+      <c r="O71" t="s">
+        <v>432</v>
+      </c>
+      <c r="P71" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>434</v>
+      </c>
+      <c r="B72" t="s">
+        <v>427</v>
+      </c>
+      <c r="C72" t="s">
+        <v>428</v>
+      </c>
+      <c r="D72" t="s">
+        <v>309</v>
+      </c>
+      <c r="E72" t="s">
+        <v>117</v>
+      </c>
+      <c r="F72" t="s">
+        <v>93</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>34</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>430</v>
+      </c>
+      <c r="M72" t="s">
+        <v>431</v>
+      </c>
+      <c r="N72" t="s">
+        <v>47</v>
+      </c>
+      <c r="O72" t="s">
+        <v>435</v>
+      </c>
+      <c r="P72" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>436</v>
+      </c>
+      <c r="B73" t="s">
+        <v>437</v>
+      </c>
+      <c r="C73" t="s">
         <v>42</v>
       </c>
-      <c r="E45" t="s">
-[...40 lines deleted...]
-      <c r="D46" t="s">
+      <c r="D73" t="s">
+        <v>43</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>33</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2010</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>45</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>46</v>
+      </c>
+      <c r="N73" t="s">
+        <v>47</v>
+      </c>
+      <c r="O73" t="s">
+        <v>438</v>
+      </c>
+      <c r="P73" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>440</v>
+      </c>
+      <c r="B74" t="s">
+        <v>56</v>
+      </c>
+      <c r="C74" t="s">
         <v>42</v>
       </c>
-      <c r="E46" t="s">
-[...52 lines deleted...]
-      <c r="H47">
+      <c r="D74" t="s">
+        <v>57</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>33</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2010</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>45</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>46</v>
+      </c>
+      <c r="N74" t="s">
+        <v>47</v>
+      </c>
+      <c r="O74" t="s">
+        <v>441</v>
+      </c>
+      <c r="P74" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>442</v>
+      </c>
+      <c r="B75" t="s">
+        <v>443</v>
+      </c>
+      <c r="C75" t="s">
+        <v>229</v>
+      </c>
+      <c r="D75" t="s">
+        <v>444</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>33</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2017</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>64</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>230</v>
+      </c>
+      <c r="N75" t="s">
+        <v>47</v>
+      </c>
+      <c r="O75" t="s">
+        <v>445</v>
+      </c>
+      <c r="P75" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>447</v>
+      </c>
+      <c r="B76" t="s">
+        <v>448</v>
+      </c>
+      <c r="C76" t="s">
+        <v>266</v>
+      </c>
+      <c r="D76" t="s">
+        <v>52</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>33</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2010</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>268</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>449</v>
+      </c>
+      <c r="N76" t="s">
+        <v>47</v>
+      </c>
+      <c r="O76" t="s">
+        <v>450</v>
+      </c>
+      <c r="P76" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>452</v>
+      </c>
+      <c r="B77" t="s">
+        <v>453</v>
+      </c>
+      <c r="C77" t="s">
+        <v>454</v>
+      </c>
+      <c r="D77" t="s">
+        <v>384</v>
+      </c>
+      <c r="E77" t="s">
+        <v>117</v>
+      </c>
+      <c r="F77" t="s">
+        <v>33</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-[...216 lines deleted...]
-      <c r="H52">
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>64</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>455</v>
+      </c>
+      <c r="M77" t="s">
+        <v>456</v>
+      </c>
+      <c r="N77" t="s">
+        <v>47</v>
+      </c>
+      <c r="O77" t="s">
+        <v>457</v>
+      </c>
+      <c r="P77" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>459</v>
+      </c>
+      <c r="B78" t="s">
+        <v>460</v>
+      </c>
+      <c r="C78" t="s">
+        <v>454</v>
+      </c>
+      <c r="D78" t="s">
+        <v>461</v>
+      </c>
+      <c r="E78" t="s">
+        <v>117</v>
+      </c>
+      <c r="F78" t="s">
+        <v>33</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2015</v>
       </c>
-      <c r="I52" t="s">
-[...67 lines deleted...]
-      <c r="C54" t="s">
+      <c r="I78"/>
+      <c r="J78" t="s">
         <v>64</v>
       </c>
-      <c r="D54" t="s">
-[...1067 lines deleted...]
-      </c>
       <c r="K78" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>231</v>
+        <v>462</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N78" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O78" t="s">
+        <v>463</v>
+      </c>
+      <c r="P78" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>368</v>
+        <v>465</v>
       </c>
       <c r="B79" t="s">
-        <v>251</v>
+        <v>466</v>
       </c>
       <c r="C79" t="s">
-        <v>64</v>
+        <v>454</v>
       </c>
       <c r="D79" t="s">
-        <v>42</v>
+        <v>467</v>
       </c>
       <c r="E79" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>93</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
       </c>
       <c r="H79">
         <v>2014</v>
       </c>
-      <c r="I79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="K79" t="s">
-        <v>369</v>
+        <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>231</v>
+        <v>468</v>
       </c>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N79" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O79" t="s">
+        <v>469</v>
+      </c>
+      <c r="P79" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>371</v>
+        <v>471</v>
       </c>
       <c r="B80" t="s">
-        <v>251</v>
+        <v>472</v>
       </c>
       <c r="C80" t="s">
-        <v>96</v>
+        <v>454</v>
       </c>
       <c r="D80" t="s">
-        <v>42</v>
+        <v>237</v>
       </c>
       <c r="E80" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G80">
+        <v>33</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>2012</v>
       </c>
-      <c r="H80">
-[...4 lines deleted...]
-      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="K80" t="s">
-        <v>372</v>
+        <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>231</v>
+        <v>473</v>
       </c>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N80" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O80" t="s">
+        <v>474</v>
+      </c>
+      <c r="P80" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>374</v>
+        <v>476</v>
       </c>
       <c r="B81" t="s">
-        <v>251</v>
+        <v>472</v>
       </c>
       <c r="C81" t="s">
-        <v>284</v>
+        <v>454</v>
       </c>
       <c r="D81" t="s">
-        <v>42</v>
+        <v>477</v>
       </c>
       <c r="E81" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>33</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
       </c>
       <c r="H81">
         <v>2015</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>375</v>
+        <v>64</v>
       </c>
       <c r="K81" t="s">
-        <v>376</v>
+        <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>231</v>
+        <v>478</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N81" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O81" t="s">
+        <v>479</v>
+      </c>
+      <c r="P81" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>378</v>
+        <v>481</v>
       </c>
       <c r="B82" t="s">
-        <v>15</v>
+        <v>482</v>
       </c>
       <c r="C82" t="s">
-        <v>379</v>
+        <v>454</v>
       </c>
       <c r="D82" t="s">
-        <v>42</v>
+        <v>483</v>
       </c>
       <c r="E82" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>33</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>134</v>
+        <v>64</v>
       </c>
       <c r="K82" t="s">
-        <v>380</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>231</v>
+        <v>484</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N82" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O82" t="s">
+        <v>485</v>
+      </c>
+      <c r="P82" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>382</v>
+        <v>487</v>
       </c>
       <c r="B83" t="s">
-        <v>251</v>
+        <v>488</v>
       </c>
       <c r="C83" t="s">
-        <v>383</v>
+        <v>454</v>
       </c>
       <c r="D83" t="s">
-        <v>42</v>
+        <v>489</v>
       </c>
       <c r="E83" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>33</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="K83" t="s">
-        <v>384</v>
+        <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>231</v>
+        <v>490</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N83" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O83" t="s">
+        <v>491</v>
+      </c>
+      <c r="P83" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>386</v>
+        <v>493</v>
       </c>
       <c r="B84" t="s">
-        <v>251</v>
+        <v>494</v>
       </c>
       <c r="C84" t="s">
-        <v>77</v>
+        <v>495</v>
       </c>
       <c r="D84" t="s">
-        <v>42</v>
+        <v>496</v>
       </c>
       <c r="E84" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>33</v>
+      </c>
+      <c r="G84" t="s">
+        <v>147</v>
       </c>
       <c r="H84">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>29</v>
+        <v>497</v>
       </c>
       <c r="K84" t="s">
-        <v>387</v>
+        <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>231</v>
+        <v>498</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>499</v>
       </c>
       <c r="N84" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O84" t="s">
+        <v>500</v>
+      </c>
+      <c r="P84" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>389</v>
+        <v>502</v>
       </c>
       <c r="B85" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C85" t="s">
-        <v>390</v>
+        <v>503</v>
       </c>
       <c r="D85" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="E85" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>73</v>
+      </c>
+      <c r="G85" t="s">
+        <v>147</v>
       </c>
       <c r="H85">
+        <v>2022</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>148</v>
+      </c>
+      <c r="K85" t="s">
+        <v>109</v>
+      </c>
+      <c r="L85" t="s">
+        <v>110</v>
+      </c>
+      <c r="M85" t="s">
+        <v>504</v>
+      </c>
+      <c r="N85" t="s">
+        <v>151</v>
+      </c>
+      <c r="O85" t="s">
+        <v>505</v>
+      </c>
+      <c r="P85" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>507</v>
+      </c>
+      <c r="B86" t="s">
+        <v>508</v>
+      </c>
+      <c r="C86" t="s">
+        <v>107</v>
+      </c>
+      <c r="D86" t="s">
+        <v>509</v>
+      </c>
+      <c r="E86" t="s">
+        <v>117</v>
+      </c>
+      <c r="F86" t="s">
+        <v>44</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2017</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>510</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>111</v>
+      </c>
+      <c r="N86" t="s">
+        <v>47</v>
+      </c>
+      <c r="O86" t="s">
+        <v>511</v>
+      </c>
+      <c r="P86" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>512</v>
+      </c>
+      <c r="B87" t="s">
+        <v>513</v>
+      </c>
+      <c r="C87" t="s">
+        <v>107</v>
+      </c>
+      <c r="D87" t="s">
+        <v>332</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>93</v>
+      </c>
+      <c r="G87" t="s">
+        <v>147</v>
+      </c>
+      <c r="H87">
+        <v>2024</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>514</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>515</v>
+      </c>
+      <c r="M87" t="s">
+        <v>516</v>
+      </c>
+      <c r="N87" t="s">
+        <v>47</v>
+      </c>
+      <c r="O87" t="s">
+        <v>517</v>
+      </c>
+      <c r="P87" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>519</v>
+      </c>
+      <c r="B88" t="s">
+        <v>520</v>
+      </c>
+      <c r="C88" t="s">
+        <v>107</v>
+      </c>
+      <c r="D88" t="s">
+        <v>521</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>93</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2024</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>514</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>522</v>
+      </c>
+      <c r="M88" t="s">
+        <v>516</v>
+      </c>
+      <c r="N88" t="s">
+        <v>47</v>
+      </c>
+      <c r="O88" t="s">
+        <v>523</v>
+      </c>
+      <c r="P88" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>524</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89" t="s">
+        <v>107</v>
+      </c>
+      <c r="D89" t="s">
+        <v>309</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>93</v>
+      </c>
+      <c r="G89" t="s">
+        <v>147</v>
+      </c>
+      <c r="H89">
+        <v>2017</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>525</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>516</v>
+      </c>
+      <c r="N89" t="s">
+        <v>47</v>
+      </c>
+      <c r="O89" t="s">
+        <v>526</v>
+      </c>
+      <c r="P89" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>527</v>
+      </c>
+      <c r="B90" t="s">
+        <v>528</v>
+      </c>
+      <c r="C90" t="s">
+        <v>107</v>
+      </c>
+      <c r="D90" t="s">
+        <v>529</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>132</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2018</v>
       </c>
-      <c r="I85" t="s">
-[...219 lines deleted...]
-      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="K90" t="s">
-        <v>409</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>231</v>
+        <v>530</v>
       </c>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>531</v>
       </c>
       <c r="N90" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O90" t="s">
+        <v>532</v>
+      </c>
+      <c r="P90" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>411</v>
+        <v>534</v>
       </c>
       <c r="B91" t="s">
-        <v>223</v>
+        <v>535</v>
       </c>
       <c r="C91" t="s">
-        <v>412</v>
+        <v>536</v>
       </c>
       <c r="D91" t="s">
-        <v>42</v>
+        <v>369</v>
       </c>
       <c r="E91" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>93</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
       </c>
       <c r="H91">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
-        <v>29</v>
+        <v>537</v>
       </c>
       <c r="K91" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>539</v>
       </c>
       <c r="N91" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O91" t="s">
+        <v>540</v>
+      </c>
+      <c r="P91" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>416</v>
+        <v>542</v>
       </c>
       <c r="B92" t="s">
-        <v>223</v>
+        <v>543</v>
       </c>
       <c r="C92" t="s">
-        <v>132</v>
+        <v>536</v>
       </c>
       <c r="D92" t="s">
-        <v>42</v>
+        <v>544</v>
       </c>
       <c r="E92" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>93</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
       </c>
       <c r="H92">
         <v>2020</v>
       </c>
-      <c r="I92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>134</v>
+        <v>537</v>
       </c>
       <c r="K92" t="s">
-        <v>336</v>
+        <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>414</v>
+        <v>545</v>
       </c>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>539</v>
       </c>
       <c r="N92" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O92" t="s">
+        <v>546</v>
+      </c>
+      <c r="P92" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>418</v>
+        <v>548</v>
       </c>
       <c r="B93" t="s">
-        <v>139</v>
+        <v>549</v>
       </c>
       <c r="C93" t="s">
-        <v>122</v>
+        <v>536</v>
       </c>
       <c r="D93" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="E93" t="s">
-        <v>124</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G93">
+        <v>33</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2018</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>550</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>548</v>
+      </c>
+      <c r="M93" t="s">
+        <v>539</v>
+      </c>
+      <c r="N93" t="s">
+        <v>47</v>
+      </c>
+      <c r="O93" t="s">
+        <v>551</v>
+      </c>
+      <c r="P93" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>553</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94" t="s">
+        <v>536</v>
+      </c>
+      <c r="D94" t="s">
+        <v>369</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>33</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2018</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>550</v>
+      </c>
+      <c r="K94" t="s">
+        <v>554</v>
+      </c>
+      <c r="L94" t="s">
+        <v>555</v>
+      </c>
+      <c r="M94" t="s">
+        <v>539</v>
+      </c>
+      <c r="N94" t="s">
+        <v>47</v>
+      </c>
+      <c r="O94" t="s">
+        <v>556</v>
+      </c>
+      <c r="P94" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>558</v>
+      </c>
+      <c r="B95" t="s">
+        <v>559</v>
+      </c>
+      <c r="C95" t="s">
+        <v>536</v>
+      </c>
+      <c r="D95" t="s">
+        <v>560</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>33</v>
+      </c>
+      <c r="G95" t="s">
+        <v>147</v>
+      </c>
+      <c r="H95">
         <v>2017</v>
       </c>
-      <c r="H93"/>
-[...38 lines deleted...]
-      <c r="G94">
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>537</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>561</v>
+      </c>
+      <c r="M95" t="s">
+        <v>539</v>
+      </c>
+      <c r="N95" t="s">
+        <v>47</v>
+      </c>
+      <c r="O95" t="s">
+        <v>562</v>
+      </c>
+      <c r="P95" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>564</v>
+      </c>
+      <c r="B96" t="s">
+        <v>565</v>
+      </c>
+      <c r="C96" t="s">
+        <v>536</v>
+      </c>
+      <c r="D96" t="s">
+        <v>276</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>33</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2021</v>
       </c>
-      <c r="H94"/>
-[...86 lines deleted...]
-      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
-        <v>29</v>
+        <v>550</v>
       </c>
       <c r="K96" t="s">
-        <v>195</v>
+        <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>174</v>
+        <v>566</v>
       </c>
       <c r="M96" t="s">
-        <v>24</v>
+        <v>539</v>
       </c>
       <c r="N96" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O96" t="s">
+        <v>567</v>
+      </c>
+      <c r="P96" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>428</v>
+        <v>569</v>
       </c>
       <c r="B97" t="s">
-        <v>429</v>
+        <v>570</v>
       </c>
       <c r="C97" t="s">
-        <v>100</v>
+        <v>536</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>571</v>
       </c>
       <c r="E97" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2021</v>
+      </c>
+      <c r="I97"/>
       <c r="J97" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K97"/>
+        <v>550</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>24</v>
+        <v>572</v>
       </c>
       <c r="N97" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O97" t="s">
+        <v>573</v>
+      </c>
+      <c r="P97" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>432</v>
+        <v>575</v>
       </c>
       <c r="B98" t="s">
-        <v>433</v>
+        <v>576</v>
       </c>
       <c r="C98" t="s">
-        <v>434</v>
+        <v>536</v>
       </c>
       <c r="D98" t="s">
-        <v>17</v>
+        <v>577</v>
       </c>
       <c r="E98" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
+        <v>93</v>
+      </c>
+      <c r="G98" t="s">
+        <v>147</v>
+      </c>
+      <c r="H98">
+        <v>2025</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>537</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>578</v>
+      </c>
+      <c r="M98" t="s">
+        <v>539</v>
+      </c>
+      <c r="N98" t="s">
+        <v>47</v>
+      </c>
+      <c r="O98" t="s">
+        <v>579</v>
+      </c>
+      <c r="P98" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>581</v>
+      </c>
+      <c r="B99" t="s">
+        <v>582</v>
+      </c>
+      <c r="C99" t="s">
+        <v>583</v>
+      </c>
+      <c r="D99" t="s">
+        <v>52</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>33</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2009</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>302</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>584</v>
+      </c>
+      <c r="M99" t="s">
+        <v>585</v>
+      </c>
+      <c r="N99" t="s">
+        <v>47</v>
+      </c>
+      <c r="O99" t="s">
+        <v>586</v>
+      </c>
+      <c r="P99" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>588</v>
+      </c>
+      <c r="B100" t="s">
+        <v>589</v>
+      </c>
+      <c r="C100" t="s">
+        <v>583</v>
+      </c>
+      <c r="D100" t="s">
+        <v>267</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>33</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2010</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>302</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>585</v>
+      </c>
+      <c r="N100" t="s">
+        <v>47</v>
+      </c>
+      <c r="O100" t="s">
+        <v>590</v>
+      </c>
+      <c r="P100" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>592</v>
+      </c>
+      <c r="B101" t="s">
+        <v>593</v>
+      </c>
+      <c r="C101" t="s">
+        <v>583</v>
+      </c>
+      <c r="D101" t="s">
+        <v>52</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2009</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>302</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>594</v>
+      </c>
+      <c r="M101" t="s">
+        <v>585</v>
+      </c>
+      <c r="N101" t="s">
+        <v>47</v>
+      </c>
+      <c r="O101" t="s">
+        <v>595</v>
+      </c>
+      <c r="P101" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>597</v>
+      </c>
+      <c r="B102" t="s">
+        <v>598</v>
+      </c>
+      <c r="C102" t="s">
+        <v>583</v>
+      </c>
+      <c r="D102" t="s">
+        <v>599</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>33</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>64</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>600</v>
+      </c>
+      <c r="M102" t="s">
+        <v>585</v>
+      </c>
+      <c r="N102" t="s">
+        <v>47</v>
+      </c>
+      <c r="O102" t="s">
+        <v>601</v>
+      </c>
+      <c r="P102" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>603</v>
+      </c>
+      <c r="B103" t="s">
+        <v>604</v>
+      </c>
+      <c r="C103" t="s">
+        <v>583</v>
+      </c>
+      <c r="D103" t="s">
+        <v>57</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>33</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2010</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>302</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>605</v>
+      </c>
+      <c r="M103" t="s">
+        <v>585</v>
+      </c>
+      <c r="N103" t="s">
+        <v>47</v>
+      </c>
+      <c r="O103" t="s">
+        <v>606</v>
+      </c>
+      <c r="P103" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>608</v>
+      </c>
+      <c r="B104" t="s">
+        <v>609</v>
+      </c>
+      <c r="C104" t="s">
+        <v>583</v>
+      </c>
+      <c r="D104" t="s">
+        <v>309</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2012</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>302</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>585</v>
+      </c>
+      <c r="N104" t="s">
+        <v>47</v>
+      </c>
+      <c r="O104" t="s">
+        <v>610</v>
+      </c>
+      <c r="P104" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>612</v>
+      </c>
+      <c r="B105" t="s">
+        <v>613</v>
+      </c>
+      <c r="C105" t="s">
+        <v>266</v>
+      </c>
+      <c r="D105" t="s">
+        <v>429</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>33</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2022</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>614</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>615</v>
+      </c>
+      <c r="M105" t="s">
+        <v>449</v>
+      </c>
+      <c r="N105" t="s">
+        <v>47</v>
+      </c>
+      <c r="O105" t="s">
+        <v>616</v>
+      </c>
+      <c r="P105" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>618</v>
+      </c>
+      <c r="B106" t="s">
+        <v>619</v>
+      </c>
+      <c r="C106" t="s">
+        <v>252</v>
+      </c>
+      <c r="D106" t="s">
         <v>19</v>
       </c>
-      <c r="G98">
-[...43 lines deleted...]
-      <c r="G99">
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2022</v>
       </c>
-      <c r="H99"/>
-[...152 lines deleted...]
-      <c r="C103" t="s">
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>23</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>620</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>621</v>
+      </c>
+      <c r="P106" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>623</v>
+      </c>
+      <c r="B107" t="s">
+        <v>624</v>
+      </c>
+      <c r="C107" t="s">
+        <v>625</v>
+      </c>
+      <c r="D107" t="s">
+        <v>309</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>44</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2011</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>247</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>626</v>
+      </c>
+      <c r="M107" t="s">
+        <v>627</v>
+      </c>
+      <c r="N107" t="s">
+        <v>47</v>
+      </c>
+      <c r="O107" t="s">
+        <v>628</v>
+      </c>
+      <c r="P107" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>630</v>
+      </c>
+      <c r="B108" t="s">
+        <v>631</v>
+      </c>
+      <c r="C108" t="s">
+        <v>266</v>
+      </c>
+      <c r="D108" t="s">
+        <v>296</v>
+      </c>
+      <c r="E108" t="s">
+        <v>117</v>
+      </c>
+      <c r="F108" t="s">
+        <v>180</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2011</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>268</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>632</v>
+      </c>
+      <c r="M108" t="s">
+        <v>633</v>
+      </c>
+      <c r="N108" t="s">
+        <v>47</v>
+      </c>
+      <c r="O108" t="s">
+        <v>634</v>
+      </c>
+      <c r="P108" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>636</v>
+      </c>
+      <c r="B109" t="s">
+        <v>637</v>
+      </c>
+      <c r="C109" t="s">
+        <v>266</v>
+      </c>
+      <c r="D109" t="s">
+        <v>276</v>
+      </c>
+      <c r="E109" t="s">
+        <v>117</v>
+      </c>
+      <c r="F109" t="s">
+        <v>180</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2018</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>268</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>633</v>
+      </c>
+      <c r="N109" t="s">
+        <v>47</v>
+      </c>
+      <c r="O109" t="s">
+        <v>638</v>
+      </c>
+      <c r="P109" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>639</v>
+      </c>
+      <c r="B110" t="s">
+        <v>640</v>
+      </c>
+      <c r="C110" t="s">
+        <v>266</v>
+      </c>
+      <c r="D110" t="s">
+        <v>365</v>
+      </c>
+      <c r="E110" t="s">
+        <v>117</v>
+      </c>
+      <c r="F110" t="s">
+        <v>180</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2013</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>268</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>641</v>
+      </c>
+      <c r="M110" t="s">
+        <v>633</v>
+      </c>
+      <c r="N110" t="s">
+        <v>47</v>
+      </c>
+      <c r="O110" t="s">
+        <v>642</v>
+      </c>
+      <c r="P110" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>644</v>
+      </c>
+      <c r="B111" t="s">
+        <v>645</v>
+      </c>
+      <c r="C111" t="s">
+        <v>266</v>
+      </c>
+      <c r="D111" t="s">
+        <v>71</v>
+      </c>
+      <c r="E111" t="s">
+        <v>117</v>
+      </c>
+      <c r="F111" t="s">
+        <v>180</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2010</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>268</v>
+      </c>
+      <c r="K111" t="s">
+        <v>109</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>633</v>
+      </c>
+      <c r="N111" t="s">
         <v>77</v>
       </c>
-      <c r="D103" t="s">
-[...40 lines deleted...]
-      <c r="C104" t="s">
+      <c r="O111" t="s">
+        <v>646</v>
+      </c>
+      <c r="P111" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>647</v>
+      </c>
+      <c r="B112" t="s">
+        <v>648</v>
+      </c>
+      <c r="C112" t="s">
+        <v>82</v>
+      </c>
+      <c r="D112" t="s">
+        <v>365</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>44</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2016</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
         <v>268</v>
       </c>
-      <c r="D104" t="s">
-[...369 lines deleted...]
-      </c>
       <c r="K112" t="s">
-        <v>488</v>
+        <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>450</v>
+        <v>649</v>
       </c>
       <c r="M112" t="s">
-        <v>128</v>
+        <v>87</v>
       </c>
       <c r="N112" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O112" t="s">
+        <v>650</v>
+      </c>
+      <c r="P112" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>490</v>
+        <v>652</v>
       </c>
       <c r="B113" t="s">
-        <v>145</v>
+        <v>653</v>
       </c>
       <c r="C113" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>654</v>
       </c>
       <c r="E113" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>44</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2016</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>268</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>655</v>
+      </c>
+      <c r="M113" t="s">
+        <v>87</v>
+      </c>
+      <c r="N113" t="s">
+        <v>47</v>
+      </c>
+      <c r="O113" t="s">
+        <v>656</v>
+      </c>
+      <c r="P113" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>658</v>
+      </c>
+      <c r="B114" t="s">
+        <v>659</v>
+      </c>
+      <c r="C114" t="s">
+        <v>82</v>
+      </c>
+      <c r="D114" t="s">
+        <v>384</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>44</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
         <v>2015</v>
       </c>
-      <c r="H113">
-[...28 lines deleted...]
-      <c r="C114" t="s">
+      <c r="I114"/>
+      <c r="J114" t="s">
         <v>268</v>
       </c>
-      <c r="D114" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K114" t="s">
-        <v>494</v>
+        <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>450</v>
+        <v>660</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="N114" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O114" t="s">
+        <v>661</v>
+      </c>
+      <c r="P114" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>496</v>
+        <v>663</v>
       </c>
       <c r="B115" t="s">
-        <v>497</v>
+        <v>664</v>
       </c>
       <c r="C115" t="s">
-        <v>168</v>
+        <v>82</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>388</v>
       </c>
       <c r="E115" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>44</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115">
         <v>2015</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K115"/>
+        <v>268</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
       <c r="L115" t="s">
-        <v>499</v>
+        <v>665</v>
       </c>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="N115" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O115" t="s">
+        <v>666</v>
+      </c>
+      <c r="P115" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>501</v>
+        <v>668</v>
       </c>
       <c r="B116" t="s">
-        <v>497</v>
+        <v>669</v>
       </c>
       <c r="C116" t="s">
-        <v>168</v>
+        <v>670</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E116" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>73</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
       </c>
       <c r="H116">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K116"/>
+        <v>181</v>
+      </c>
+      <c r="K116" t="s">
+        <v>109</v>
+      </c>
       <c r="L116" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>671</v>
       </c>
       <c r="N116" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>77</v>
+      </c>
+      <c r="O116" t="s">
+        <v>672</v>
+      </c>
+      <c r="P116" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>503</v>
+        <v>668</v>
       </c>
       <c r="B117" t="s">
-        <v>497</v>
+        <v>674</v>
       </c>
       <c r="C117" t="s">
-        <v>64</v>
+        <v>675</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E117" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>73</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
       </c>
       <c r="H117">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I117"/>
       <c r="J117" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K117"/>
+        <v>181</v>
+      </c>
+      <c r="K117" t="s">
+        <v>109</v>
+      </c>
       <c r="L117" t="s">
-        <v>499</v>
+        <v>110</v>
       </c>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>676</v>
       </c>
       <c r="N117" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>77</v>
+      </c>
+      <c r="O117" t="s">
+        <v>677</v>
+      </c>
+      <c r="P117"/>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>505</v>
+        <v>678</v>
       </c>
       <c r="B118" t="s">
-        <v>497</v>
+        <v>679</v>
       </c>
       <c r="C118" t="s">
-        <v>64</v>
+        <v>246</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>276</v>
       </c>
       <c r="E118" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>44</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
       </c>
       <c r="H118">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I118"/>
       <c r="J118" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N118" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O118" t="s">
+        <v>680</v>
+      </c>
+      <c r="P118" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>507</v>
+        <v>682</v>
       </c>
       <c r="B119" t="s">
-        <v>497</v>
+        <v>683</v>
       </c>
       <c r="C119" t="s">
-        <v>100</v>
+        <v>246</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>684</v>
       </c>
       <c r="E119" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>93</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
       </c>
       <c r="H119">
         <v>2015</v>
       </c>
-      <c r="I119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>29</v>
+        <v>302</v>
       </c>
       <c r="K119" t="s">
-        <v>508</v>
+        <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>499</v>
+        <v>685</v>
       </c>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N119" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O119" t="s">
+        <v>686</v>
+      </c>
+      <c r="P119" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>510</v>
+        <v>688</v>
       </c>
       <c r="B120" t="s">
-        <v>497</v>
+        <v>689</v>
       </c>
       <c r="C120" t="s">
-        <v>100</v>
+        <v>246</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E120" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>93</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
       </c>
       <c r="H120">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I120"/>
       <c r="J120" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K120"/>
+        <v>247</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
       <c r="L120" t="s">
-        <v>499</v>
+        <v>690</v>
       </c>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N120" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O120" t="s">
+        <v>691</v>
+      </c>
+      <c r="P120" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>512</v>
+        <v>693</v>
       </c>
       <c r="B121" t="s">
-        <v>497</v>
+        <v>694</v>
       </c>
       <c r="C121" t="s">
-        <v>466</v>
+        <v>82</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="E121" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>33</v>
+      </c>
+      <c r="G121" t="s">
+        <v>147</v>
       </c>
       <c r="H121">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I121"/>
       <c r="J121" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
       <c r="M121" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
       <c r="N121" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O121" t="s">
+        <v>695</v>
+      </c>
+      <c r="P121" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>514</v>
+        <v>697</v>
       </c>
       <c r="B122" t="s">
-        <v>497</v>
+        <v>698</v>
       </c>
       <c r="C122" t="s">
-        <v>466</v>
+        <v>82</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>483</v>
       </c>
       <c r="E122" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>44</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
       </c>
       <c r="H122">
+        <v>2019</v>
+      </c>
+      <c r="I122">
+        <v>2020</v>
+      </c>
+      <c r="J122" t="s">
+        <v>268</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>699</v>
+      </c>
+      <c r="M122" t="s">
+        <v>87</v>
+      </c>
+      <c r="N122" t="s">
+        <v>47</v>
+      </c>
+      <c r="O122" t="s">
+        <v>700</v>
+      </c>
+      <c r="P122" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>702</v>
+      </c>
+      <c r="B123" t="s">
+        <v>703</v>
+      </c>
+      <c r="C123" t="s">
+        <v>625</v>
+      </c>
+      <c r="D123" t="s">
+        <v>57</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>44</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2007</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>268</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>704</v>
+      </c>
+      <c r="M123" t="s">
+        <v>705</v>
+      </c>
+      <c r="N123" t="s">
+        <v>47</v>
+      </c>
+      <c r="O123" t="s">
+        <v>706</v>
+      </c>
+      <c r="P123" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>708</v>
+      </c>
+      <c r="B124" t="s">
+        <v>709</v>
+      </c>
+      <c r="C124" t="s">
+        <v>625</v>
+      </c>
+      <c r="D124" t="s">
+        <v>710</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>44</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2011</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>268</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>711</v>
+      </c>
+      <c r="M124" t="s">
+        <v>705</v>
+      </c>
+      <c r="N124" t="s">
+        <v>47</v>
+      </c>
+      <c r="O124" t="s">
+        <v>712</v>
+      </c>
+      <c r="P124" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>714</v>
+      </c>
+      <c r="B125" t="s">
+        <v>715</v>
+      </c>
+      <c r="C125" t="s">
+        <v>625</v>
+      </c>
+      <c r="D125" t="s">
+        <v>309</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>33</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
         <v>2018</v>
       </c>
-      <c r="I122" t="s">
-[...131 lines deleted...]
-      </c>
+      <c r="I125"/>
       <c r="J125" t="s">
-        <v>29</v>
+        <v>268</v>
       </c>
       <c r="K125" t="s">
-        <v>523</v>
+        <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>499</v>
+        <v>716</v>
       </c>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N125" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O125" t="s">
+        <v>717</v>
+      </c>
+      <c r="P125" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>525</v>
+        <v>719</v>
       </c>
       <c r="B126" t="s">
-        <v>497</v>
+        <v>720</v>
       </c>
       <c r="C126" t="s">
-        <v>522</v>
+        <v>625</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>721</v>
       </c>
       <c r="E126" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>44</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
       </c>
       <c r="H126">
         <v>2017</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I126"/>
       <c r="J126" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K126"/>
+        <v>268</v>
+      </c>
+      <c r="K126" t="s">
+        <v>722</v>
+      </c>
       <c r="L126" t="s">
-        <v>499</v>
+        <v>723</v>
       </c>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N126" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O126" t="s">
+        <v>724</v>
+      </c>
+      <c r="P126" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>527</v>
+        <v>726</v>
       </c>
       <c r="B127" t="s">
-        <v>497</v>
+        <v>727</v>
       </c>
       <c r="C127" t="s">
-        <v>528</v>
+        <v>625</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>489</v>
       </c>
       <c r="E127" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>44</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
       </c>
       <c r="H127">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I127"/>
       <c r="J127" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K127"/>
+        <v>268</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
       <c r="L127" t="s">
-        <v>499</v>
+        <v>728</v>
       </c>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N127" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O127" t="s">
+        <v>729</v>
+      </c>
+      <c r="P127" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>527</v>
+        <v>731</v>
       </c>
       <c r="B128" t="s">
-        <v>497</v>
+        <v>732</v>
       </c>
       <c r="C128" t="s">
-        <v>528</v>
+        <v>625</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>733</v>
       </c>
       <c r="E128" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>44</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
       </c>
       <c r="H128">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I128"/>
       <c r="J128" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K128"/>
+        <v>268</v>
+      </c>
+      <c r="K128" t="s">
+        <v>722</v>
+      </c>
       <c r="L128" t="s">
-        <v>499</v>
+        <v>734</v>
       </c>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N128" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O128" t="s">
+        <v>735</v>
+      </c>
+      <c r="P128" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>531</v>
+        <v>737</v>
       </c>
       <c r="B129" t="s">
-        <v>497</v>
+        <v>738</v>
       </c>
       <c r="C129" t="s">
-        <v>528</v>
+        <v>625</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>384</v>
       </c>
       <c r="E129" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2017</v>
+      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K129"/>
+        <v>268</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
       <c r="L129" t="s">
-        <v>499</v>
+        <v>739</v>
       </c>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N129" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O129" t="s">
+        <v>740</v>
+      </c>
+      <c r="P129" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>533</v>
+        <v>742</v>
       </c>
       <c r="B130" t="s">
-        <v>497</v>
+        <v>743</v>
       </c>
       <c r="C130" t="s">
-        <v>100</v>
+        <v>625</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="E130" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>44</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
       </c>
       <c r="H130">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K130"/>
+        <v>268</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
       <c r="L130" t="s">
-        <v>499</v>
+        <v>744</v>
       </c>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N130" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O130" t="s">
+        <v>745</v>
+      </c>
+      <c r="P130" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>533</v>
+        <v>747</v>
       </c>
       <c r="B131" t="s">
-        <v>497</v>
+        <v>748</v>
       </c>
       <c r="C131" t="s">
-        <v>100</v>
+        <v>625</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E131" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>44</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
       </c>
       <c r="H131">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>2011</v>
+      </c>
+      <c r="I131">
+        <v>2015</v>
       </c>
       <c r="J131" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K131"/>
+        <v>268</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
       <c r="L131" t="s">
-        <v>499</v>
+        <v>749</v>
       </c>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N131" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O131" t="s">
+        <v>750</v>
+      </c>
+      <c r="P131" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>536</v>
+        <v>752</v>
       </c>
       <c r="B132" t="s">
-        <v>497</v>
+        <v>753</v>
       </c>
       <c r="C132" t="s">
-        <v>164</v>
+        <v>625</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>429</v>
       </c>
       <c r="E132" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2015</v>
+      </c>
+      <c r="I132"/>
       <c r="J132" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K132"/>
+        <v>268</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
       <c r="L132" t="s">
-        <v>499</v>
+        <v>754</v>
       </c>
       <c r="M132" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N132" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O132" t="s">
+        <v>755</v>
+      </c>
+      <c r="P132" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>538</v>
+        <v>757</v>
       </c>
       <c r="B133" t="s">
-        <v>497</v>
+        <v>758</v>
       </c>
       <c r="C133" t="s">
-        <v>164</v>
+        <v>625</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>483</v>
       </c>
       <c r="E133" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2017</v>
+      </c>
+      <c r="I133"/>
       <c r="J133" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K133"/>
+        <v>268</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
       <c r="L133" t="s">
-        <v>499</v>
+        <v>759</v>
       </c>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>705</v>
       </c>
       <c r="N133" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O133" t="s">
+        <v>760</v>
+      </c>
+      <c r="P133" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>540</v>
+        <v>762</v>
       </c>
       <c r="B134" t="s">
-        <v>497</v>
+        <v>763</v>
       </c>
       <c r="C134" t="s">
-        <v>164</v>
+        <v>764</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E134" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2019</v>
+      </c>
+      <c r="I134"/>
       <c r="J134" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K134"/>
+        <v>45</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
       <c r="L134" t="s">
-        <v>499</v>
+        <v>765</v>
       </c>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>766</v>
       </c>
       <c r="N134" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O134" t="s">
+        <v>767</v>
+      </c>
+      <c r="P134" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>542</v>
+        <v>769</v>
       </c>
       <c r="B135" t="s">
-        <v>497</v>
+        <v>770</v>
       </c>
       <c r="C135" t="s">
-        <v>543</v>
+        <v>764</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E135" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>93</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
       </c>
       <c r="H135">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I135"/>
       <c r="J135" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K135"/>
+        <v>45</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
       <c r="L135" t="s">
-        <v>499</v>
+        <v>771</v>
       </c>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>766</v>
       </c>
       <c r="N135" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O135" t="s">
+        <v>772</v>
+      </c>
+      <c r="P135" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>545</v>
+        <v>773</v>
       </c>
       <c r="B136" t="s">
-        <v>497</v>
+        <v>774</v>
       </c>
       <c r="C136" t="s">
-        <v>543</v>
+        <v>764</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E136" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>93</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
       </c>
       <c r="H136">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I136"/>
       <c r="J136" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K136"/>
+        <v>45</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
       <c r="L136" t="s">
-        <v>499</v>
+        <v>775</v>
       </c>
       <c r="M136" t="s">
-        <v>24</v>
+        <v>766</v>
       </c>
       <c r="N136" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O136" t="s">
+        <v>776</v>
+      </c>
+      <c r="P136" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>547</v>
+        <v>777</v>
       </c>
       <c r="B137" t="s">
-        <v>497</v>
+        <v>778</v>
       </c>
       <c r="C137" t="s">
-        <v>543</v>
+        <v>764</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E137" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>93</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
       </c>
       <c r="H137">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I137"/>
       <c r="J137" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K137"/>
+        <v>45</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
       <c r="L137" t="s">
-        <v>499</v>
+        <v>779</v>
       </c>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>766</v>
       </c>
       <c r="N137" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O137" t="s">
+        <v>780</v>
+      </c>
+      <c r="P137" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>549</v>
+        <v>781</v>
       </c>
       <c r="B138" t="s">
-        <v>131</v>
+        <v>782</v>
       </c>
       <c r="C138" t="s">
-        <v>550</v>
+        <v>764</v>
       </c>
       <c r="D138" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="E138" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>93</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
       </c>
       <c r="H138">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I138"/>
       <c r="J138" t="s">
-        <v>134</v>
+        <v>45</v>
       </c>
       <c r="K138" t="s">
-        <v>551</v>
+        <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>136</v>
+        <v>783</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>766</v>
       </c>
       <c r="N138" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O138" t="s">
+        <v>784</v>
+      </c>
+      <c r="P138" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>553</v>
+        <v>786</v>
       </c>
       <c r="B139" t="s">
-        <v>131</v>
+        <v>787</v>
       </c>
       <c r="C139" t="s">
-        <v>474</v>
+        <v>82</v>
       </c>
       <c r="D139" t="s">
-        <v>42</v>
+        <v>309</v>
       </c>
       <c r="E139" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2014</v>
+      </c>
+      <c r="I139"/>
       <c r="J139" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="K139" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L139"/>
       <c r="M139" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="N139" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O139" t="s">
+        <v>788</v>
+      </c>
+      <c r="P139" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>556</v>
+        <v>790</v>
       </c>
       <c r="B140" t="s">
+        <v>791</v>
+      </c>
+      <c r="C140" t="s">
+        <v>792</v>
+      </c>
+      <c r="D140" t="s">
         <v>429</v>
       </c>
-      <c r="C140" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G140">
+        <v>93</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2015</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>45</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>793</v>
+      </c>
+      <c r="N140" t="s">
+        <v>47</v>
+      </c>
+      <c r="O140" t="s">
+        <v>794</v>
+      </c>
+      <c r="P140" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>796</v>
+      </c>
+      <c r="B141" t="s">
+        <v>301</v>
+      </c>
+      <c r="C141" t="s">
+        <v>792</v>
+      </c>
+      <c r="D141" t="s">
+        <v>57</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>33</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2015</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>45</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>793</v>
+      </c>
+      <c r="N141" t="s">
+        <v>47</v>
+      </c>
+      <c r="O141" t="s">
+        <v>797</v>
+      </c>
+      <c r="P141" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>799</v>
+      </c>
+      <c r="B142" t="s">
+        <v>800</v>
+      </c>
+      <c r="C142" t="s">
+        <v>792</v>
+      </c>
+      <c r="D142" t="s">
+        <v>309</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>93</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
         <v>2014</v>
       </c>
-      <c r="H140"/>
-[...90 lines deleted...]
-      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
       <c r="M142" t="s">
-        <v>24</v>
+        <v>793</v>
       </c>
       <c r="N142" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O142" t="s">
+        <v>801</v>
+      </c>
+      <c r="P142" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>569</v>
+        <v>799</v>
       </c>
       <c r="B143" t="s">
-        <v>562</v>
+        <v>301</v>
       </c>
       <c r="C143" t="s">
-        <v>77</v>
+        <v>792</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E143" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2014</v>
+      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>793</v>
       </c>
       <c r="N143" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O143" t="s">
+        <v>803</v>
+      </c>
+      <c r="P143" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>571</v>
+        <v>804</v>
       </c>
       <c r="B144" t="s">
-        <v>167</v>
+        <v>805</v>
       </c>
       <c r="C144" t="s">
-        <v>100</v>
+        <v>806</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>509</v>
       </c>
       <c r="E144" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>93</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
       </c>
       <c r="H144">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="K144" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>807</v>
       </c>
       <c r="N144" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O144" t="s">
+        <v>808</v>
+      </c>
+      <c r="P144" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>574</v>
+        <v>810</v>
       </c>
       <c r="B145" t="s">
-        <v>167</v>
+        <v>811</v>
       </c>
       <c r="C145" t="s">
-        <v>575</v>
+        <v>806</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E145" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>93</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
       </c>
       <c r="H145">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I145"/>
       <c r="J145" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="K145" t="s">
-        <v>576</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L145"/>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>807</v>
       </c>
       <c r="N145" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O145" t="s">
+        <v>812</v>
+      </c>
+      <c r="P145" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>578</v>
+        <v>814</v>
       </c>
       <c r="B146" t="s">
-        <v>167</v>
+        <v>815</v>
       </c>
       <c r="C146" t="s">
-        <v>543</v>
+        <v>806</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="E146" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>93</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
       </c>
       <c r="H146">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I146"/>
       <c r="J146" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>24</v>
+        <v>807</v>
       </c>
       <c r="N146" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O146" t="s">
+        <v>816</v>
+      </c>
+      <c r="P146" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>580</v>
+        <v>818</v>
       </c>
       <c r="B147" t="s">
-        <v>167</v>
+        <v>819</v>
       </c>
       <c r="C147" t="s">
-        <v>77</v>
+        <v>806</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E147" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F147" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>93</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
       </c>
       <c r="H147">
         <v>2019</v>
       </c>
-      <c r="I147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I147"/>
       <c r="J147" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
       <c r="M147" t="s">
-        <v>24</v>
+        <v>807</v>
       </c>
       <c r="N147" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O147" t="s">
+        <v>820</v>
+      </c>
+      <c r="P147" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>582</v>
+        <v>822</v>
       </c>
       <c r="B148" t="s">
-        <v>167</v>
+        <v>823</v>
       </c>
       <c r="C148" t="s">
-        <v>122</v>
+        <v>806</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>824</v>
       </c>
       <c r="E148" t="s">
-        <v>124</v>
+        <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G148">
+        <v>93</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2019</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>45</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>807</v>
+      </c>
+      <c r="N148" t="s">
+        <v>47</v>
+      </c>
+      <c r="O148" t="s">
+        <v>825</v>
+      </c>
+      <c r="P148" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>827</v>
+      </c>
+      <c r="B149" t="s">
+        <v>828</v>
+      </c>
+      <c r="C149" t="s">
+        <v>806</v>
+      </c>
+      <c r="D149" t="s">
+        <v>267</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>93</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2019</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>45</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>807</v>
+      </c>
+      <c r="N149" t="s">
+        <v>47</v>
+      </c>
+      <c r="O149" t="s">
+        <v>829</v>
+      </c>
+      <c r="P149" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>831</v>
+      </c>
+      <c r="B150" t="s">
+        <v>832</v>
+      </c>
+      <c r="C150" t="s">
+        <v>536</v>
+      </c>
+      <c r="D150" t="s">
+        <v>833</v>
+      </c>
+      <c r="E150" t="s">
+        <v>117</v>
+      </c>
+      <c r="F150" t="s">
+        <v>180</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2011</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>268</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>834</v>
+      </c>
+      <c r="M150" t="s">
+        <v>835</v>
+      </c>
+      <c r="N150" t="s">
+        <v>47</v>
+      </c>
+      <c r="O150" t="s">
+        <v>836</v>
+      </c>
+      <c r="P150" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>838</v>
+      </c>
+      <c r="B151" t="s">
+        <v>839</v>
+      </c>
+      <c r="C151" t="s">
+        <v>536</v>
+      </c>
+      <c r="D151" t="s">
+        <v>52</v>
+      </c>
+      <c r="E151" t="s">
+        <v>117</v>
+      </c>
+      <c r="F151" t="s">
+        <v>180</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2015</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>247</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>840</v>
+      </c>
+      <c r="M151" t="s">
+        <v>841</v>
+      </c>
+      <c r="N151" t="s">
+        <v>47</v>
+      </c>
+      <c r="O151" t="s">
+        <v>842</v>
+      </c>
+      <c r="P151"/>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>843</v>
+      </c>
+      <c r="B152" t="s">
+        <v>844</v>
+      </c>
+      <c r="C152" t="s">
+        <v>536</v>
+      </c>
+      <c r="D152" t="s">
+        <v>276</v>
+      </c>
+      <c r="E152" t="s">
+        <v>117</v>
+      </c>
+      <c r="F152" t="s">
+        <v>180</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2013</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>247</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>845</v>
+      </c>
+      <c r="M152" t="s">
+        <v>841</v>
+      </c>
+      <c r="N152" t="s">
+        <v>47</v>
+      </c>
+      <c r="O152" t="s">
+        <v>846</v>
+      </c>
+      <c r="P152"/>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>847</v>
+      </c>
+      <c r="B153" t="s">
+        <v>848</v>
+      </c>
+      <c r="C153" t="s">
+        <v>849</v>
+      </c>
+      <c r="D153" t="s">
+        <v>71</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>73</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
         <v>2021</v>
       </c>
-      <c r="H148"/>
-[...38 lines deleted...]
-      <c r="G149">
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>133</v>
+      </c>
+      <c r="K153" t="s">
+        <v>109</v>
+      </c>
+      <c r="L153" t="s">
+        <v>110</v>
+      </c>
+      <c r="M153" t="s">
+        <v>850</v>
+      </c>
+      <c r="N153" t="s">
+        <v>77</v>
+      </c>
+      <c r="O153" t="s">
+        <v>851</v>
+      </c>
+      <c r="P153" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>853</v>
+      </c>
+      <c r="B154" t="s">
+        <v>854</v>
+      </c>
+      <c r="C154" t="s">
+        <v>855</v>
+      </c>
+      <c r="D154" t="s">
+        <v>52</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>93</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2011</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>302</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>856</v>
+      </c>
+      <c r="N154" t="s">
+        <v>47</v>
+      </c>
+      <c r="O154" t="s">
+        <v>857</v>
+      </c>
+      <c r="P154" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>859</v>
+      </c>
+      <c r="B155" t="s">
+        <v>860</v>
+      </c>
+      <c r="C155" t="s">
+        <v>855</v>
+      </c>
+      <c r="D155" t="s">
+        <v>684</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>33</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2011</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>64</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>856</v>
+      </c>
+      <c r="N155" t="s">
+        <v>47</v>
+      </c>
+      <c r="O155" t="s">
+        <v>861</v>
+      </c>
+      <c r="P155" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>863</v>
+      </c>
+      <c r="B156" t="s">
+        <v>864</v>
+      </c>
+      <c r="C156" t="s">
+        <v>855</v>
+      </c>
+      <c r="D156" t="s">
+        <v>309</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>33</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2016</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>64</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>856</v>
+      </c>
+      <c r="N156" t="s">
+        <v>47</v>
+      </c>
+      <c r="O156" t="s">
+        <v>865</v>
+      </c>
+      <c r="P156" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>867</v>
+      </c>
+      <c r="B157" t="s">
+        <v>868</v>
+      </c>
+      <c r="C157" t="s">
+        <v>855</v>
+      </c>
+      <c r="D157" t="s">
+        <v>309</v>
+      </c>
+      <c r="E157" t="s">
+        <v>117</v>
+      </c>
+      <c r="F157" t="s">
+        <v>44</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2015</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>34</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>869</v>
+      </c>
+      <c r="N157" t="s">
+        <v>47</v>
+      </c>
+      <c r="O157" t="s">
+        <v>870</v>
+      </c>
+      <c r="P157" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>871</v>
+      </c>
+      <c r="B158" t="s">
+        <v>872</v>
+      </c>
+      <c r="C158" t="s">
+        <v>855</v>
+      </c>
+      <c r="D158" t="s">
+        <v>57</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>33</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2016</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>302</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>856</v>
+      </c>
+      <c r="N158" t="s">
+        <v>47</v>
+      </c>
+      <c r="O158" t="s">
+        <v>873</v>
+      </c>
+      <c r="P158" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>875</v>
+      </c>
+      <c r="B159" t="s">
+        <v>876</v>
+      </c>
+      <c r="C159" t="s">
+        <v>536</v>
+      </c>
+      <c r="D159" t="s">
+        <v>369</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>93</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2011</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>268</v>
+      </c>
+      <c r="K159" t="s">
+        <v>722</v>
+      </c>
+      <c r="L159" t="s">
+        <v>877</v>
+      </c>
+      <c r="M159" t="s">
+        <v>539</v>
+      </c>
+      <c r="N159" t="s">
+        <v>47</v>
+      </c>
+      <c r="O159" t="s">
+        <v>878</v>
+      </c>
+      <c r="P159" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>880</v>
+      </c>
+      <c r="B160" t="s">
+        <v>881</v>
+      </c>
+      <c r="C160" t="s">
+        <v>536</v>
+      </c>
+      <c r="D160" t="s">
+        <v>57</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>93</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2012</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>268</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>882</v>
+      </c>
+      <c r="M160" t="s">
+        <v>539</v>
+      </c>
+      <c r="N160" t="s">
+        <v>47</v>
+      </c>
+      <c r="O160" t="s">
+        <v>883</v>
+      </c>
+      <c r="P160" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>885</v>
+      </c>
+      <c r="B161" t="s">
+        <v>886</v>
+      </c>
+      <c r="C161" t="s">
+        <v>536</v>
+      </c>
+      <c r="D161" t="s">
+        <v>887</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>93</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2013</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>550</v>
+      </c>
+      <c r="K161" t="s">
+        <v>722</v>
+      </c>
+      <c r="L161" t="s">
+        <v>888</v>
+      </c>
+      <c r="M161" t="s">
+        <v>539</v>
+      </c>
+      <c r="N161" t="s">
+        <v>47</v>
+      </c>
+      <c r="O161" t="s">
+        <v>889</v>
+      </c>
+      <c r="P161" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>891</v>
+      </c>
+      <c r="B162" t="s">
+        <v>892</v>
+      </c>
+      <c r="C162" t="s">
+        <v>536</v>
+      </c>
+      <c r="D162" t="s">
+        <v>276</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>33</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2012</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>268</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>893</v>
+      </c>
+      <c r="M162" t="s">
+        <v>539</v>
+      </c>
+      <c r="N162" t="s">
+        <v>47</v>
+      </c>
+      <c r="O162" t="s">
+        <v>894</v>
+      </c>
+      <c r="P162" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>896</v>
+      </c>
+      <c r="B163" t="s">
+        <v>897</v>
+      </c>
+      <c r="C163" t="s">
+        <v>536</v>
+      </c>
+      <c r="D163" t="s">
+        <v>710</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>93</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2014</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>268</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>898</v>
+      </c>
+      <c r="M163" t="s">
+        <v>539</v>
+      </c>
+      <c r="N163" t="s">
+        <v>47</v>
+      </c>
+      <c r="O163" t="s">
+        <v>899</v>
+      </c>
+      <c r="P163" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>901</v>
+      </c>
+      <c r="B164" t="s">
+        <v>902</v>
+      </c>
+      <c r="C164" t="s">
+        <v>903</v>
+      </c>
+      <c r="D164" t="s">
+        <v>904</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>33</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2016</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>34</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>905</v>
+      </c>
+      <c r="N164" t="s">
+        <v>47</v>
+      </c>
+      <c r="O164" t="s">
+        <v>906</v>
+      </c>
+      <c r="P164" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>908</v>
+      </c>
+      <c r="B165" t="s">
+        <v>909</v>
+      </c>
+      <c r="C165" t="s">
+        <v>903</v>
+      </c>
+      <c r="D165" t="s">
+        <v>910</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>44</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
         <v>2017</v>
       </c>
-      <c r="H149"/>
-[...24 lines deleted...]
-      <c r="C150" t="s">
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>34</v>
+      </c>
+      <c r="K165" t="s">
+        <v>911</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>905</v>
+      </c>
+      <c r="N165" t="s">
+        <v>37</v>
+      </c>
+      <c r="O165" t="s">
+        <v>912</v>
+      </c>
+      <c r="P165" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>914</v>
+      </c>
+      <c r="B166" t="s">
+        <v>301</v>
+      </c>
+      <c r="C166" t="s">
+        <v>792</v>
+      </c>
+      <c r="D166" t="s">
+        <v>52</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>93</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2010</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>45</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>793</v>
+      </c>
+      <c r="N166" t="s">
+        <v>47</v>
+      </c>
+      <c r="O166" t="s">
+        <v>915</v>
+      </c>
+      <c r="P166" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>916</v>
+      </c>
+      <c r="B167" t="s">
+        <v>917</v>
+      </c>
+      <c r="C167" t="s">
+        <v>315</v>
+      </c>
+      <c r="D167" t="s">
+        <v>918</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>93</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2016</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>919</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>920</v>
+      </c>
+      <c r="N167" t="s">
+        <v>37</v>
+      </c>
+      <c r="O167" t="s">
+        <v>921</v>
+      </c>
+      <c r="P167" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>923</v>
+      </c>
+      <c r="B168" t="s">
+        <v>924</v>
+      </c>
+      <c r="C168" t="s">
+        <v>200</v>
+      </c>
+      <c r="D168" t="s">
+        <v>925</v>
+      </c>
+      <c r="E168" t="s">
+        <v>117</v>
+      </c>
+      <c r="F168" t="s">
+        <v>180</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2013</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>181</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>926</v>
+      </c>
+      <c r="M168" t="s">
+        <v>927</v>
+      </c>
+      <c r="N168" t="s">
+        <v>47</v>
+      </c>
+      <c r="O168" t="s">
+        <v>928</v>
+      </c>
+      <c r="P168" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>930</v>
+      </c>
+      <c r="B169" t="s">
+        <v>69</v>
+      </c>
+      <c r="C169" t="s">
+        <v>931</v>
+      </c>
+      <c r="D169" t="s">
+        <v>71</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>73</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2017</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>74</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>75</v>
+      </c>
+      <c r="M169" t="s">
+        <v>932</v>
+      </c>
+      <c r="N169" t="s">
+        <v>77</v>
+      </c>
+      <c r="O169" t="s">
+        <v>933</v>
+      </c>
+      <c r="P169" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>935</v>
+      </c>
+      <c r="B170" t="s">
+        <v>936</v>
+      </c>
+      <c r="C170" t="s">
+        <v>931</v>
+      </c>
+      <c r="D170" t="s">
+        <v>71</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>73</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2020</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>74</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>75</v>
+      </c>
+      <c r="M170" t="s">
+        <v>932</v>
+      </c>
+      <c r="N170" t="s">
+        <v>77</v>
+      </c>
+      <c r="O170" t="s">
+        <v>937</v>
+      </c>
+      <c r="P170"/>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>938</v>
+      </c>
+      <c r="B171" t="s">
+        <v>939</v>
+      </c>
+      <c r="C171" t="s">
+        <v>940</v>
+      </c>
+      <c r="D171" t="s">
+        <v>57</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>33</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2011</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>45</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>941</v>
+      </c>
+      <c r="M171" t="s">
+        <v>942</v>
+      </c>
+      <c r="N171" t="s">
+        <v>47</v>
+      </c>
+      <c r="O171" t="s">
+        <v>943</v>
+      </c>
+      <c r="P171" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>945</v>
+      </c>
+      <c r="B172" t="s">
+        <v>946</v>
+      </c>
+      <c r="C172" t="s">
+        <v>940</v>
+      </c>
+      <c r="D172" t="s">
+        <v>126</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>93</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2007</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>45</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>947</v>
+      </c>
+      <c r="M172" t="s">
+        <v>942</v>
+      </c>
+      <c r="N172" t="s">
+        <v>47</v>
+      </c>
+      <c r="O172" t="s">
+        <v>948</v>
+      </c>
+      <c r="P172" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>950</v>
+      </c>
+      <c r="B173" t="s">
+        <v>951</v>
+      </c>
+      <c r="C173" t="s">
+        <v>940</v>
+      </c>
+      <c r="D173" t="s">
+        <v>52</v>
+      </c>
+      <c r="E173" t="s">
+        <v>117</v>
+      </c>
+      <c r="F173" t="s">
+        <v>44</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2007</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>34</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>952</v>
+      </c>
+      <c r="M173" t="s">
+        <v>942</v>
+      </c>
+      <c r="N173" t="s">
+        <v>47</v>
+      </c>
+      <c r="O173" t="s">
+        <v>953</v>
+      </c>
+      <c r="P173" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>955</v>
+      </c>
+      <c r="B174" t="s">
+        <v>956</v>
+      </c>
+      <c r="C174" t="s">
+        <v>940</v>
+      </c>
+      <c r="D174" t="s">
+        <v>684</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>33</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2007</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>45</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>952</v>
+      </c>
+      <c r="M174" t="s">
+        <v>942</v>
+      </c>
+      <c r="N174" t="s">
+        <v>47</v>
+      </c>
+      <c r="O174" t="s">
+        <v>957</v>
+      </c>
+      <c r="P174" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>958</v>
+      </c>
+      <c r="B175" t="s">
+        <v>959</v>
+      </c>
+      <c r="C175" t="s">
+        <v>940</v>
+      </c>
+      <c r="D175" t="s">
+        <v>960</v>
+      </c>
+      <c r="E175" t="s">
+        <v>117</v>
+      </c>
+      <c r="F175" t="s">
+        <v>44</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2009</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>34</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>961</v>
+      </c>
+      <c r="M175" t="s">
+        <v>942</v>
+      </c>
+      <c r="N175" t="s">
+        <v>47</v>
+      </c>
+      <c r="O175" t="s">
+        <v>962</v>
+      </c>
+      <c r="P175" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>964</v>
+      </c>
+      <c r="B176" t="s">
+        <v>965</v>
+      </c>
+      <c r="C176" t="s">
+        <v>940</v>
+      </c>
+      <c r="D176" t="s">
+        <v>309</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>33</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2009</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>45</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>961</v>
+      </c>
+      <c r="M176" t="s">
+        <v>942</v>
+      </c>
+      <c r="N176" t="s">
+        <v>47</v>
+      </c>
+      <c r="O176" t="s">
+        <v>966</v>
+      </c>
+      <c r="P176" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>967</v>
+      </c>
+      <c r="B177" t="s">
+        <v>968</v>
+      </c>
+      <c r="C177" t="s">
+        <v>969</v>
+      </c>
+      <c r="D177" t="s">
+        <v>156</v>
+      </c>
+      <c r="E177" t="s">
+        <v>117</v>
+      </c>
+      <c r="F177" t="s">
+        <v>73</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2019</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
         <v>64</v>
       </c>
-      <c r="D150" t="s">
-[...120 lines deleted...]
-      <c r="C153" t="s">
+      <c r="K177" t="s">
+        <v>157</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>970</v>
+      </c>
+      <c r="N177" t="s">
+        <v>159</v>
+      </c>
+      <c r="O177" t="s">
+        <v>971</v>
+      </c>
+      <c r="P177" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>973</v>
+      </c>
+      <c r="B178" t="s">
+        <v>974</v>
+      </c>
+      <c r="C178" t="s">
+        <v>969</v>
+      </c>
+      <c r="D178" t="s">
+        <v>309</v>
+      </c>
+      <c r="E178" t="s">
+        <v>117</v>
+      </c>
+      <c r="F178" t="s">
+        <v>33</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2011</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>302</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>970</v>
+      </c>
+      <c r="N178" t="s">
+        <v>47</v>
+      </c>
+      <c r="O178" t="s">
+        <v>975</v>
+      </c>
+      <c r="P178" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>977</v>
+      </c>
+      <c r="B179" t="s">
+        <v>978</v>
+      </c>
+      <c r="C179" t="s">
+        <v>969</v>
+      </c>
+      <c r="D179" t="s">
+        <v>979</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>33</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2011</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>302</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>970</v>
+      </c>
+      <c r="N179" t="s">
+        <v>47</v>
+      </c>
+      <c r="O179" t="s">
+        <v>980</v>
+      </c>
+      <c r="P179" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>982</v>
+      </c>
+      <c r="B180" t="s">
+        <v>983</v>
+      </c>
+      <c r="C180" t="s">
+        <v>969</v>
+      </c>
+      <c r="D180" t="s">
+        <v>979</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>33</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2011</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>302</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>970</v>
+      </c>
+      <c r="N180" t="s">
+        <v>47</v>
+      </c>
+      <c r="O180" t="s">
+        <v>984</v>
+      </c>
+      <c r="P180" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>986</v>
+      </c>
+      <c r="B181" t="s">
+        <v>987</v>
+      </c>
+      <c r="C181" t="s">
+        <v>969</v>
+      </c>
+      <c r="D181" t="s">
+        <v>988</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>93</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2011</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>302</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>970</v>
+      </c>
+      <c r="N181" t="s">
+        <v>47</v>
+      </c>
+      <c r="O181" t="s">
+        <v>989</v>
+      </c>
+      <c r="P181" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>991</v>
+      </c>
+      <c r="B182" t="s">
+        <v>992</v>
+      </c>
+      <c r="C182" t="s">
+        <v>969</v>
+      </c>
+      <c r="D182" t="s">
+        <v>267</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>33</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2011</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
         <v>64</v>
       </c>
-      <c r="D153" t="s">
-[...1207 lines deleted...]
-      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
       <c r="M182" t="s">
-        <v>24</v>
+        <v>970</v>
       </c>
       <c r="N182" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O182" t="s">
+        <v>993</v>
+      </c>
+      <c r="P182" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>682</v>
+        <v>995</v>
       </c>
       <c r="B183" t="s">
         <v>106</v>
       </c>
       <c r="C183" t="s">
-        <v>100</v>
+        <v>969</v>
       </c>
       <c r="D183" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E183" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F183" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>73</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
       </c>
       <c r="H183">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I183" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>181</v>
+      </c>
+      <c r="K183" t="s">
+        <v>109</v>
+      </c>
+      <c r="L183" t="s">
+        <v>110</v>
+      </c>
+      <c r="M183" t="s">
+        <v>970</v>
+      </c>
+      <c r="N183" t="s">
+        <v>77</v>
+      </c>
+      <c r="O183" t="s">
+        <v>996</v>
+      </c>
+      <c r="P183" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>998</v>
+      </c>
+      <c r="B184" t="s">
+        <v>999</v>
+      </c>
+      <c r="C184" t="s">
+        <v>969</v>
+      </c>
+      <c r="D184" t="s">
+        <v>57</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>93</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2011</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>64</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1000</v>
+      </c>
+      <c r="M184" t="s">
+        <v>970</v>
+      </c>
+      <c r="N184" t="s">
+        <v>37</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C185" t="s">
+        <v>495</v>
+      </c>
+      <c r="D185" t="s">
+        <v>654</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>93</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2014</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>268</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M185" t="s">
+        <v>499</v>
+      </c>
+      <c r="N185" t="s">
+        <v>47</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C186" t="s">
+        <v>200</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E186" t="s">
+        <v>117</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2007</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
         <v>108</v>
       </c>
-      <c r="J183" t="s">
-[...3 lines deleted...]
-      <c r="L183" t="s">
+      <c r="K186" t="s">
+        <v>1012</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1014</v>
+      </c>
+      <c r="N186" t="s">
+        <v>1015</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C187" t="s">
+        <v>200</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E187" t="s">
+        <v>117</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2009</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>108</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1012</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1014</v>
+      </c>
+      <c r="N187" t="s">
+        <v>1015</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C188" t="s">
+        <v>200</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E188" t="s">
+        <v>117</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2014</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>108</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1012</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1027</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1014</v>
+      </c>
+      <c r="N188" t="s">
+        <v>1015</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1028</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D189" t="s">
+        <v>71</v>
+      </c>
+      <c r="E189" t="s">
+        <v>117</v>
+      </c>
+      <c r="F189" t="s">
+        <v>73</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2021</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>181</v>
+      </c>
+      <c r="K189" t="s">
         <v>109</v>
       </c>
-      <c r="M183" t="s">
-[...137 lines deleted...]
-      <c r="C187" t="s">
+      <c r="L189" t="s">
+        <v>110</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1033</v>
+      </c>
+      <c r="N189" t="s">
         <v>77</v>
       </c>
-      <c r="D187" t="s">
-[...4568 lines deleted...]
-      <c r="A295" t="s">
+      <c r="O189" t="s">
         <v>1034</v>
       </c>
-      <c r="B295" t="s">
-[...4887 lines deleted...]
-      </c>
+      <c r="P189"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>