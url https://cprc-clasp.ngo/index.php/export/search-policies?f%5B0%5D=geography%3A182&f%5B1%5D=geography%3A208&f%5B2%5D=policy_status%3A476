--- v0 (2025-11-09)
+++ v1 (2026-02-10)
@@ -12,51 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +449,177 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="482.454" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>