--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,3034 +12,4521 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="941">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1433">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
     <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Guyana Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3303,11709 +4790,13366 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N278"/>
+  <dimension ref="A1:P278"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="235" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>73</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>63</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>73</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2006</v>
+      </c>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>73</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>53</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>73</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>53</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>73</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>73</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>71</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>73</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>53</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>71</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" t="s">
+        <v>53</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>134</v>
+      </c>
+      <c r="D19" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>53</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D20" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>53</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>136</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>137</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>150</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>153</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>158</v>
+      </c>
+      <c r="D22" t="s">
+        <v>159</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G22" t="s">
+        <v>53</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>161</v>
+      </c>
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" t="s">
+        <v>169</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>170</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>152</v>
+      </c>
+      <c r="K23" t="s">
+        <v>171</v>
+      </c>
+      <c r="L23" t="s">
+        <v>172</v>
+      </c>
+      <c r="M23" t="s">
+        <v>173</v>
+      </c>
+      <c r="N23" t="s">
+        <v>174</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" t="s">
+        <v>51</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>180</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>54</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
+        <v>56</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>186</v>
+      </c>
+      <c r="D25" t="s">
+        <v>124</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>187</v>
+      </c>
+      <c r="G25" t="s">
+        <v>53</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>71</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>193</v>
+      </c>
+      <c r="D26" t="s">
+        <v>194</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>53</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>195</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>196</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>197</v>
+      </c>
+      <c r="P26" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>199</v>
+      </c>
+      <c r="B27" t="s">
+        <v>200</v>
+      </c>
+      <c r="C27" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" t="s">
+        <v>201</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>53</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>160</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>163</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>206</v>
+      </c>
+      <c r="D28" t="s">
+        <v>207</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>152</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>208</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>209</v>
+      </c>
+      <c r="P28" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>211</v>
+      </c>
+      <c r="B29" t="s">
+        <v>212</v>
+      </c>
+      <c r="C29" t="s">
+        <v>213</v>
+      </c>
+      <c r="D29" t="s">
+        <v>169</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>170</v>
+      </c>
+      <c r="G29" t="s">
+        <v>53</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>214</v>
+      </c>
+      <c r="K29" t="s">
+        <v>171</v>
+      </c>
+      <c r="L29" t="s">
+        <v>172</v>
+      </c>
+      <c r="M29" t="s">
+        <v>215</v>
+      </c>
+      <c r="N29" t="s">
+        <v>174</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>218</v>
+      </c>
+      <c r="B30" t="s">
+        <v>219</v>
+      </c>
+      <c r="C30" t="s">
+        <v>220</v>
+      </c>
+      <c r="D30" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>52</v>
+      </c>
+      <c r="G30" t="s">
+        <v>180</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>54</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>221</v>
+      </c>
+      <c r="N30" t="s">
+        <v>56</v>
+      </c>
+      <c r="O30" t="s">
+        <v>222</v>
+      </c>
+      <c r="P30" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>224</v>
+      </c>
+      <c r="B31" t="s">
+        <v>225</v>
+      </c>
+      <c r="C31" t="s">
+        <v>226</v>
+      </c>
+      <c r="D31" t="s">
+        <v>227</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>180</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>228</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>229</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>230</v>
+      </c>
+      <c r="P31" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>232</v>
+      </c>
+      <c r="B32" t="s">
+        <v>233</v>
+      </c>
+      <c r="C32" t="s">
+        <v>226</v>
+      </c>
+      <c r="D32" t="s">
+        <v>234</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>180</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>228</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>235</v>
+      </c>
+      <c r="N32" t="s">
+        <v>236</v>
+      </c>
+      <c r="O32" t="s">
+        <v>237</v>
+      </c>
+      <c r="P32" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>239</v>
+      </c>
+      <c r="B33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C33" t="s">
+        <v>241</v>
+      </c>
+      <c r="D33" t="s">
+        <v>242</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>53</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>152</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>243</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>244</v>
+      </c>
+      <c r="P33" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>246</v>
+      </c>
+      <c r="B34" t="s">
+        <v>247</v>
+      </c>
+      <c r="C34" t="s">
+        <v>241</v>
+      </c>
+      <c r="D34" t="s">
+        <v>70</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>53</v>
+      </c>
+      <c r="H34">
+        <v>2017</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>136</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>243</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>248</v>
+      </c>
+      <c r="P34"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>249</v>
+      </c>
+      <c r="B35" t="s">
+        <v>250</v>
+      </c>
+      <c r="C35" t="s">
+        <v>241</v>
+      </c>
+      <c r="D35" t="s">
+        <v>251</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>187</v>
+      </c>
+      <c r="G35" t="s">
+        <v>53</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>136</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>252</v>
+      </c>
+      <c r="M35" t="s">
+        <v>243</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>253</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>254</v>
+      </c>
+      <c r="B36" t="s">
+        <v>255</v>
+      </c>
+      <c r="C36" t="s">
+        <v>241</v>
+      </c>
+      <c r="D36" t="s">
+        <v>169</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>170</v>
+      </c>
+      <c r="G36" t="s">
+        <v>256</v>
+      </c>
+      <c r="H36">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...40 lines deleted...]
-      <c r="H4">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>257</v>
+      </c>
+      <c r="K36" t="s">
+        <v>171</v>
+      </c>
+      <c r="L36" t="s">
+        <v>258</v>
+      </c>
+      <c r="M36" t="s">
+        <v>259</v>
+      </c>
+      <c r="N36" t="s">
+        <v>260</v>
+      </c>
+      <c r="O36" t="s">
+        <v>261</v>
+      </c>
+      <c r="P36" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>263</v>
+      </c>
+      <c r="B37" t="s">
+        <v>264</v>
+      </c>
+      <c r="C37" t="s">
+        <v>61</v>
+      </c>
+      <c r="D37" t="s">
+        <v>265</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>53</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>71</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>266</v>
+      </c>
+      <c r="M37" t="s">
+        <v>267</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>268</v>
+      </c>
+      <c r="P37" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>270</v>
+      </c>
+      <c r="B38" t="s">
+        <v>271</v>
+      </c>
+      <c r="C38" t="s">
+        <v>61</v>
+      </c>
+      <c r="D38" t="s">
+        <v>272</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>53</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>71</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>273</v>
+      </c>
+      <c r="M38" t="s">
+        <v>65</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>274</v>
+      </c>
+      <c r="P38" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>276</v>
+      </c>
+      <c r="B39" t="s">
+        <v>277</v>
+      </c>
+      <c r="C39" t="s">
+        <v>61</v>
+      </c>
+      <c r="D39" t="s">
+        <v>278</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>53</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>71</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>279</v>
+      </c>
+      <c r="M39" t="s">
+        <v>65</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>280</v>
+      </c>
+      <c r="P39" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>282</v>
+      </c>
+      <c r="B40" t="s">
+        <v>283</v>
+      </c>
+      <c r="C40" t="s">
+        <v>284</v>
+      </c>
+      <c r="D40" t="s">
+        <v>285</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>187</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...25 lines deleted...]
-      <c r="C5" t="s">
+      <c r="J40" t="s">
+        <v>71</v>
+      </c>
+      <c r="K40" t="s">
+        <v>286</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>287</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>288</v>
+      </c>
+      <c r="P40" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>290</v>
+      </c>
+      <c r="B41" t="s">
+        <v>291</v>
+      </c>
+      <c r="C41" t="s">
+        <v>292</v>
+      </c>
+      <c r="D41" t="s">
+        <v>293</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...60 lines deleted...]
-      <c r="K6" t="s">
+      <c r="G41" t="s">
+        <v>294</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41">
+        <v>2011</v>
+      </c>
+      <c r="J41" t="s">
+        <v>295</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>296</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>297</v>
+      </c>
+      <c r="P41" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>299</v>
+      </c>
+      <c r="B42" t="s">
+        <v>300</v>
+      </c>
+      <c r="C42" t="s">
+        <v>292</v>
+      </c>
+      <c r="D42" t="s">
+        <v>301</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>187</v>
+      </c>
+      <c r="G42" t="s">
+        <v>294</v>
+      </c>
+      <c r="H42">
+        <v>2018</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>295</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>296</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>302</v>
+      </c>
+      <c r="P42" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>304</v>
+      </c>
+      <c r="B43" t="s">
+        <v>305</v>
+      </c>
+      <c r="C43" t="s">
+        <v>168</v>
+      </c>
+      <c r="D43" t="s">
+        <v>169</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>170</v>
+      </c>
+      <c r="G43" t="s">
         <v>53</v>
       </c>
-      <c r="L6" t="s">
-[...119 lines deleted...]
-      <c r="H9">
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>306</v>
+      </c>
+      <c r="K43" t="s">
+        <v>171</v>
+      </c>
+      <c r="L43" t="s">
+        <v>172</v>
+      </c>
+      <c r="M43" t="s">
+        <v>173</v>
+      </c>
+      <c r="N43" t="s">
+        <v>174</v>
+      </c>
+      <c r="O43" t="s">
+        <v>307</v>
+      </c>
+      <c r="P43"/>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>308</v>
+      </c>
+      <c r="B44" t="s">
+        <v>247</v>
+      </c>
+      <c r="C44" t="s">
+        <v>241</v>
+      </c>
+      <c r="D44" t="s">
+        <v>309</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>187</v>
+      </c>
+      <c r="G44" t="s">
+        <v>53</v>
+      </c>
+      <c r="H44">
         <v>2017</v>
       </c>
-      <c r="I9" t="s">
-[...249 lines deleted...]
-      <c r="G15">
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>136</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>310</v>
+      </c>
+      <c r="M44" t="s">
+        <v>243</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>311</v>
+      </c>
+      <c r="P44"/>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>312</v>
+      </c>
+      <c r="B45" t="s">
+        <v>313</v>
+      </c>
+      <c r="C45" t="s">
+        <v>213</v>
+      </c>
+      <c r="D45" t="s">
+        <v>251</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>53</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>136</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>252</v>
+      </c>
+      <c r="M45" t="s">
+        <v>215</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>314</v>
+      </c>
+      <c r="P45" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>316</v>
+      </c>
+      <c r="B46" t="s">
+        <v>317</v>
+      </c>
+      <c r="C46" t="s">
+        <v>318</v>
+      </c>
+      <c r="D46" t="s">
+        <v>124</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>53</v>
+      </c>
+      <c r="H46">
         <v>2014</v>
       </c>
-      <c r="H15"/>
-[...354 lines deleted...]
-      <c r="C24" t="s">
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>319</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>320</v>
+      </c>
+      <c r="P46" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>322</v>
+      </c>
+      <c r="B47" t="s">
+        <v>323</v>
+      </c>
+      <c r="C47" t="s">
+        <v>324</v>
+      </c>
+      <c r="D47" t="s">
+        <v>325</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>42</v>
       </c>
-      <c r="D24" t="s">
-[...943 lines deleted...]
-        <v>2019</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2019</v>
       </c>
-      <c r="I47" t="s">
-        <v>111</v>
+      <c r="I47">
+        <v>2019</v>
       </c>
       <c r="J47" t="s">
-        <v>29</v>
+        <v>152</v>
       </c>
       <c r="K47" t="s">
-        <v>237</v>
+        <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>238</v>
+        <v>326</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>327</v>
       </c>
       <c r="N47" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>328</v>
+      </c>
+      <c r="P47" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>240</v>
+        <v>330</v>
       </c>
       <c r="B48" t="s">
-        <v>161</v>
+        <v>331</v>
       </c>
       <c r="C48" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>332</v>
       </c>
       <c r="E48" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>52</v>
+      </c>
+      <c r="G48" t="s">
+        <v>53</v>
+      </c>
+      <c r="H48">
         <v>2022</v>
       </c>
-      <c r="H48"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>47</v>
+        <v>333</v>
       </c>
       <c r="N48" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>56</v>
+      </c>
+      <c r="O48" t="s">
+        <v>334</v>
+      </c>
+      <c r="P48" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>244</v>
+        <v>336</v>
       </c>
       <c r="B49" t="s">
-        <v>245</v>
+        <v>337</v>
       </c>
       <c r="C49" t="s">
-        <v>93</v>
+        <v>338</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>42</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2006</v>
+      </c>
+      <c r="I49">
+        <v>2022</v>
+      </c>
+      <c r="J49" t="s">
+        <v>295</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>339</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>340</v>
+      </c>
+      <c r="P49" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>342</v>
+      </c>
+      <c r="B50" t="s">
+        <v>343</v>
+      </c>
+      <c r="C50" t="s">
+        <v>338</v>
+      </c>
+      <c r="D50" t="s">
+        <v>201</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>42</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1984</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>295</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>344</v>
+      </c>
+      <c r="M50" t="s">
+        <v>339</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>345</v>
+      </c>
+      <c r="P50" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>347</v>
+      </c>
+      <c r="B51" t="s">
+        <v>348</v>
+      </c>
+      <c r="C51" t="s">
+        <v>338</v>
+      </c>
+      <c r="D51" t="s">
+        <v>89</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>42</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>295</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>349</v>
+      </c>
+      <c r="M51" t="s">
+        <v>339</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>350</v>
+      </c>
+      <c r="P51" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>352</v>
+      </c>
+      <c r="B52" t="s">
+        <v>353</v>
+      </c>
+      <c r="C52" t="s">
+        <v>338</v>
+      </c>
+      <c r="D52" t="s">
+        <v>354</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>42</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2021</v>
+      </c>
+      <c r="J52" t="s">
+        <v>295</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>355</v>
+      </c>
+      <c r="M52" t="s">
+        <v>339</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>356</v>
+      </c>
+      <c r="P52" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>358</v>
+      </c>
+      <c r="B53" t="s">
+        <v>359</v>
+      </c>
+      <c r="C53" t="s">
+        <v>338</v>
+      </c>
+      <c r="D53" t="s">
+        <v>360</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>42</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2011</v>
+      </c>
+      <c r="I53">
+        <v>2021</v>
+      </c>
+      <c r="J53" t="s">
+        <v>295</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>361</v>
+      </c>
+      <c r="M53" t="s">
+        <v>339</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>362</v>
+      </c>
+      <c r="P53" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>364</v>
+      </c>
+      <c r="B54" t="s">
+        <v>365</v>
+      </c>
+      <c r="C54" t="s">
+        <v>338</v>
+      </c>
+      <c r="D54" t="s">
+        <v>366</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>42</v>
+      </c>
+      <c r="G54" t="s">
+        <v>53</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>295</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>367</v>
+      </c>
+      <c r="M54" t="s">
+        <v>339</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>368</v>
+      </c>
+      <c r="P54" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>370</v>
+      </c>
+      <c r="B55" t="s">
+        <v>371</v>
+      </c>
+      <c r="C55" t="s">
+        <v>338</v>
+      </c>
+      <c r="D55" t="s">
+        <v>372</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>42</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2008</v>
+      </c>
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>295</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>373</v>
+      </c>
+      <c r="M55" t="s">
+        <v>339</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>374</v>
+      </c>
+      <c r="P55" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>376</v>
+      </c>
+      <c r="B56" t="s">
+        <v>377</v>
+      </c>
+      <c r="C56" t="s">
+        <v>338</v>
+      </c>
+      <c r="D56" t="s">
+        <v>378</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>42</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2010</v>
+      </c>
+      <c r="I56">
+        <v>2021</v>
+      </c>
+      <c r="J56" t="s">
+        <v>295</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>379</v>
+      </c>
+      <c r="M56" t="s">
+        <v>339</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>380</v>
+      </c>
+      <c r="P56" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>382</v>
+      </c>
+      <c r="B57" t="s">
+        <v>383</v>
+      </c>
+      <c r="C57" t="s">
+        <v>338</v>
+      </c>
+      <c r="D57" t="s">
+        <v>70</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>42</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2001</v>
+      </c>
+      <c r="I57">
+        <v>2021</v>
+      </c>
+      <c r="J57" t="s">
+        <v>295</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>384</v>
+      </c>
+      <c r="M57" t="s">
+        <v>339</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>385</v>
+      </c>
+      <c r="P57" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>387</v>
+      </c>
+      <c r="B58" t="s">
+        <v>388</v>
+      </c>
+      <c r="C58" t="s">
+        <v>338</v>
+      </c>
+      <c r="D58" t="s">
+        <v>129</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2009</v>
+      </c>
+      <c r="I58">
+        <v>2021</v>
+      </c>
+      <c r="J58" t="s">
+        <v>295</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>389</v>
+      </c>
+      <c r="M58" t="s">
+        <v>339</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>390</v>
+      </c>
+      <c r="P58" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>392</v>
+      </c>
+      <c r="B59" t="s">
+        <v>393</v>
+      </c>
+      <c r="C59" t="s">
+        <v>338</v>
+      </c>
+      <c r="D59" t="s">
+        <v>394</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>42</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2010</v>
+      </c>
+      <c r="I59">
+        <v>2021</v>
+      </c>
+      <c r="J59" t="s">
+        <v>295</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>395</v>
+      </c>
+      <c r="M59" t="s">
+        <v>339</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>396</v>
+      </c>
+      <c r="P59" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>398</v>
+      </c>
+      <c r="B60" t="s">
+        <v>399</v>
+      </c>
+      <c r="C60" t="s">
+        <v>338</v>
+      </c>
+      <c r="D60" t="s">
+        <v>107</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>42</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2021</v>
+      </c>
+      <c r="J60" t="s">
+        <v>295</v>
+      </c>
+      <c r="K60" t="s">
+        <v>171</v>
+      </c>
+      <c r="L60" t="s">
+        <v>400</v>
+      </c>
+      <c r="M60" t="s">
+        <v>339</v>
+      </c>
+      <c r="N60" t="s">
+        <v>174</v>
+      </c>
+      <c r="O60" t="s">
+        <v>401</v>
+      </c>
+      <c r="P60" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>403</v>
+      </c>
+      <c r="B61" t="s">
+        <v>404</v>
+      </c>
+      <c r="C61" t="s">
+        <v>338</v>
+      </c>
+      <c r="D61" t="s">
+        <v>124</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>42</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61">
+        <v>2022</v>
+      </c>
+      <c r="J61" t="s">
+        <v>295</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>405</v>
+      </c>
+      <c r="M61" t="s">
+        <v>339</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>406</v>
+      </c>
+      <c r="P61" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>408</v>
+      </c>
+      <c r="B62" t="s">
+        <v>409</v>
+      </c>
+      <c r="C62" t="s">
+        <v>338</v>
+      </c>
+      <c r="D62" t="s">
+        <v>354</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>42</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2008</v>
+      </c>
+      <c r="I62">
+        <v>2022</v>
+      </c>
+      <c r="J62" t="s">
+        <v>295</v>
+      </c>
+      <c r="K62" t="s">
+        <v>410</v>
+      </c>
+      <c r="L62" t="s">
+        <v>411</v>
+      </c>
+      <c r="M62" t="s">
+        <v>339</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>412</v>
+      </c>
+      <c r="P62" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>414</v>
+      </c>
+      <c r="B63" t="s">
+        <v>415</v>
+      </c>
+      <c r="C63" t="s">
+        <v>416</v>
+      </c>
+      <c r="D63" t="s">
+        <v>207</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2001</v>
+      </c>
+      <c r="I63">
+        <v>2015</v>
+      </c>
+      <c r="J63" t="s">
+        <v>417</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>418</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>419</v>
+      </c>
+      <c r="P63" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>421</v>
+      </c>
+      <c r="B64" t="s">
+        <v>422</v>
+      </c>
+      <c r="C64" t="s">
+        <v>416</v>
+      </c>
+      <c r="D64" t="s">
+        <v>207</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>42</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2001</v>
+      </c>
+      <c r="I64">
+        <v>2015</v>
+      </c>
+      <c r="J64" t="s">
+        <v>417</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>418</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>423</v>
+      </c>
+      <c r="P64" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>425</v>
+      </c>
+      <c r="B65" t="s">
+        <v>426</v>
+      </c>
+      <c r="C65" t="s">
+        <v>416</v>
+      </c>
+      <c r="D65" t="s">
+        <v>70</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2001</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>417</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>418</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>427</v>
+      </c>
+      <c r="P65" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>429</v>
+      </c>
+      <c r="B66" t="s">
+        <v>430</v>
+      </c>
+      <c r="C66" t="s">
+        <v>416</v>
+      </c>
+      <c r="D66" t="s">
+        <v>70</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>42</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2001</v>
+      </c>
+      <c r="I66">
+        <v>2015</v>
+      </c>
+      <c r="J66" t="s">
+        <v>417</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>418</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>431</v>
+      </c>
+      <c r="P66" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>433</v>
+      </c>
+      <c r="B67" t="s">
+        <v>434</v>
+      </c>
+      <c r="C67" t="s">
+        <v>416</v>
+      </c>
+      <c r="D67" t="s">
+        <v>124</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2000</v>
+      </c>
+      <c r="I67">
+        <v>2015</v>
+      </c>
+      <c r="J67" t="s">
+        <v>417</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>435</v>
+      </c>
+      <c r="M67" t="s">
+        <v>418</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>436</v>
+      </c>
+      <c r="P67" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>438</v>
+      </c>
+      <c r="B68" t="s">
+        <v>439</v>
+      </c>
+      <c r="C68" t="s">
+        <v>416</v>
+      </c>
+      <c r="D68" t="s">
+        <v>124</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>42</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2000</v>
+      </c>
+      <c r="I68">
+        <v>2015</v>
+      </c>
+      <c r="J68" t="s">
+        <v>417</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>418</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>440</v>
+      </c>
+      <c r="P68" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>442</v>
+      </c>
+      <c r="B69" t="s">
+        <v>443</v>
+      </c>
+      <c r="C69" t="s">
+        <v>416</v>
+      </c>
+      <c r="D69" t="s">
+        <v>366</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>1996</v>
+      </c>
+      <c r="I69">
+        <v>2017</v>
+      </c>
+      <c r="J69" t="s">
+        <v>417</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>418</v>
+      </c>
+      <c r="N69" t="s">
+        <v>36</v>
+      </c>
+      <c r="O69" t="s">
+        <v>444</v>
+      </c>
+      <c r="P69" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>446</v>
+      </c>
+      <c r="B70" t="s">
+        <v>447</v>
+      </c>
+      <c r="C70" t="s">
+        <v>416</v>
+      </c>
+      <c r="D70" t="s">
+        <v>366</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>42</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>1996</v>
+      </c>
+      <c r="I70">
+        <v>2018</v>
+      </c>
+      <c r="J70" t="s">
+        <v>417</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>418</v>
+      </c>
+      <c r="N70" t="s">
+        <v>36</v>
+      </c>
+      <c r="O70" t="s">
+        <v>448</v>
+      </c>
+      <c r="P70" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>450</v>
+      </c>
+      <c r="B71" t="s">
+        <v>451</v>
+      </c>
+      <c r="C71" t="s">
+        <v>416</v>
+      </c>
+      <c r="D71" t="s">
+        <v>89</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1996</v>
+      </c>
+      <c r="I71">
+        <v>2019</v>
+      </c>
+      <c r="J71" t="s">
+        <v>152</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>452</v>
+      </c>
+      <c r="M71" t="s">
+        <v>418</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>453</v>
+      </c>
+      <c r="P71" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>455</v>
+      </c>
+      <c r="B72" t="s">
+        <v>456</v>
+      </c>
+      <c r="C72" t="s">
+        <v>416</v>
+      </c>
+      <c r="D72" t="s">
+        <v>89</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>42</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1996</v>
+      </c>
+      <c r="I72">
+        <v>2019</v>
+      </c>
+      <c r="J72" t="s">
+        <v>152</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>452</v>
+      </c>
+      <c r="M72" t="s">
+        <v>418</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>457</v>
+      </c>
+      <c r="P72" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>459</v>
+      </c>
+      <c r="B73" t="s">
+        <v>460</v>
+      </c>
+      <c r="C73" t="s">
+        <v>416</v>
+      </c>
+      <c r="D73" t="s">
+        <v>461</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1996</v>
+      </c>
+      <c r="I73">
+        <v>2017</v>
+      </c>
+      <c r="J73" t="s">
+        <v>417</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>462</v>
+      </c>
+      <c r="M73" t="s">
+        <v>418</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>463</v>
+      </c>
+      <c r="P73" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>466</v>
+      </c>
+      <c r="C74" t="s">
+        <v>416</v>
+      </c>
+      <c r="D74" t="s">
+        <v>461</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>42</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1996</v>
+      </c>
+      <c r="I74">
+        <v>2017</v>
+      </c>
+      <c r="J74" t="s">
+        <v>417</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>418</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>467</v>
+      </c>
+      <c r="P74" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>469</v>
+      </c>
+      <c r="B75" t="s">
+        <v>470</v>
+      </c>
+      <c r="C75" t="s">
+        <v>416</v>
+      </c>
+      <c r="D75" t="s">
+        <v>471</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75">
+        <v>2020</v>
+      </c>
+      <c r="J75" t="s">
+        <v>152</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>418</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>472</v>
+      </c>
+      <c r="P75" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>469</v>
+      </c>
+      <c r="B76" t="s">
+        <v>474</v>
+      </c>
+      <c r="C76" t="s">
+        <v>416</v>
+      </c>
+      <c r="D76" t="s">
+        <v>471</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76">
+        <v>2020</v>
+      </c>
+      <c r="J76" t="s">
+        <v>152</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>418</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>475</v>
+      </c>
+      <c r="P76" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>477</v>
+      </c>
+      <c r="B77" t="s">
+        <v>478</v>
+      </c>
+      <c r="C77" t="s">
+        <v>416</v>
+      </c>
+      <c r="D77" t="s">
+        <v>471</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>42</v>
+      </c>
+      <c r="G77" t="s">
+        <v>53</v>
+      </c>
+      <c r="H77">
+        <v>2016</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>417</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>418</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>479</v>
+      </c>
+      <c r="P77" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>481</v>
+      </c>
+      <c r="B78" t="s">
+        <v>482</v>
+      </c>
+      <c r="C78" t="s">
+        <v>416</v>
+      </c>
+      <c r="D78" t="s">
+        <v>124</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>42</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2016</v>
+      </c>
+      <c r="I78">
+        <v>2020</v>
+      </c>
+      <c r="J78" t="s">
+        <v>152</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>418</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>483</v>
+      </c>
+      <c r="P78" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>481</v>
+      </c>
+      <c r="B79" t="s">
+        <v>485</v>
+      </c>
+      <c r="C79" t="s">
+        <v>416</v>
+      </c>
+      <c r="D79" t="s">
+        <v>124</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>42</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2016</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>152</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>418</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>486</v>
+      </c>
+      <c r="P79" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>488</v>
+      </c>
+      <c r="B80" t="s">
+        <v>489</v>
+      </c>
+      <c r="C80" t="s">
+        <v>416</v>
+      </c>
+      <c r="D80" t="s">
+        <v>201</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>53</v>
+      </c>
+      <c r="H80">
+        <v>2016</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>417</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>418</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>490</v>
+      </c>
+      <c r="P80" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>492</v>
+      </c>
+      <c r="B81" t="s">
+        <v>493</v>
+      </c>
+      <c r="C81" t="s">
+        <v>416</v>
+      </c>
+      <c r="D81" t="s">
+        <v>201</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>53</v>
+      </c>
+      <c r="H81">
+        <v>2016</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>417</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>418</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>494</v>
+      </c>
+      <c r="P81" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>496</v>
+      </c>
+      <c r="B82" t="s">
+        <v>497</v>
+      </c>
+      <c r="C82" t="s">
+        <v>416</v>
+      </c>
+      <c r="D82" t="s">
+        <v>201</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>42</v>
+      </c>
+      <c r="G82" t="s">
+        <v>53</v>
+      </c>
+      <c r="H82">
+        <v>2016</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>417</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>418</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>498</v>
+      </c>
+      <c r="P82" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>500</v>
+      </c>
+      <c r="B83" t="s">
+        <v>501</v>
+      </c>
+      <c r="C83" t="s">
+        <v>416</v>
+      </c>
+      <c r="D83" t="s">
+        <v>502</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2000</v>
+      </c>
+      <c r="I83">
+        <v>2016</v>
+      </c>
+      <c r="J83" t="s">
+        <v>417</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>418</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>503</v>
+      </c>
+      <c r="P83" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>505</v>
+      </c>
+      <c r="B84" t="s">
+        <v>506</v>
+      </c>
+      <c r="C84" t="s">
+        <v>416</v>
+      </c>
+      <c r="D84" t="s">
+        <v>502</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>42</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2000</v>
+      </c>
+      <c r="I84">
+        <v>2020</v>
+      </c>
+      <c r="J84" t="s">
+        <v>152</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>418</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>507</v>
+      </c>
+      <c r="P84" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>509</v>
+      </c>
+      <c r="B85" t="s">
+        <v>510</v>
+      </c>
+      <c r="C85" t="s">
+        <v>416</v>
+      </c>
+      <c r="D85" t="s">
+        <v>502</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>42</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2016</v>
+      </c>
+      <c r="I85">
+        <v>2020</v>
+      </c>
+      <c r="J85" t="s">
+        <v>152</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>418</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>511</v>
+      </c>
+      <c r="P85" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>513</v>
+      </c>
+      <c r="B86" t="s">
+        <v>514</v>
+      </c>
+      <c r="C86" t="s">
+        <v>318</v>
+      </c>
+      <c r="D86" t="s">
+        <v>70</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>53</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>515</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>516</v>
+      </c>
+      <c r="M86" t="s">
+        <v>517</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>518</v>
+      </c>
+      <c r="P86" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>520</v>
+      </c>
+      <c r="B87" t="s">
+        <v>521</v>
+      </c>
+      <c r="C87" t="s">
+        <v>522</v>
+      </c>
+      <c r="D87" t="s">
+        <v>523</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>42</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1996</v>
+      </c>
+      <c r="I87">
+        <v>2017</v>
+      </c>
+      <c r="J87" t="s">
+        <v>515</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>524</v>
+      </c>
+      <c r="M87" t="s">
+        <v>525</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>526</v>
+      </c>
+      <c r="P87" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>528</v>
+      </c>
+      <c r="B88" t="s">
+        <v>514</v>
+      </c>
+      <c r="C88" t="s">
+        <v>522</v>
+      </c>
+      <c r="D88" t="s">
+        <v>309</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>1996</v>
+      </c>
+      <c r="I88">
+        <v>2017</v>
+      </c>
+      <c r="J88" t="s">
+        <v>515</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>525</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>529</v>
+      </c>
+      <c r="P88" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>530</v>
+      </c>
+      <c r="B89" t="s">
+        <v>514</v>
+      </c>
+      <c r="C89" t="s">
+        <v>522</v>
+      </c>
+      <c r="D89" t="s">
+        <v>89</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>53</v>
+      </c>
+      <c r="H89">
+        <v>2017</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>515</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>525</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>531</v>
+      </c>
+      <c r="P89" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>532</v>
+      </c>
+      <c r="B90" t="s">
+        <v>533</v>
+      </c>
+      <c r="C90" t="s">
+        <v>206</v>
+      </c>
+      <c r="D90" t="s">
+        <v>124</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90">
+        <v>2018</v>
+      </c>
+      <c r="J90" t="s">
+        <v>515</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>534</v>
+      </c>
+      <c r="M90" t="s">
+        <v>208</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>535</v>
+      </c>
+      <c r="P90" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>537</v>
+      </c>
+      <c r="B91" t="s">
+        <v>538</v>
+      </c>
+      <c r="C91" t="s">
+        <v>206</v>
+      </c>
+      <c r="D91" t="s">
+        <v>539</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2016</v>
+      </c>
+      <c r="I91">
+        <v>2018</v>
+      </c>
+      <c r="J91" t="s">
+        <v>417</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>540</v>
+      </c>
+      <c r="M91" t="s">
+        <v>208</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>541</v>
+      </c>
+      <c r="P91" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>543</v>
+      </c>
+      <c r="B92" t="s">
+        <v>544</v>
+      </c>
+      <c r="C92" t="s">
+        <v>206</v>
+      </c>
+      <c r="D92" t="s">
+        <v>502</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2016</v>
+      </c>
+      <c r="I92">
+        <v>2018</v>
+      </c>
+      <c r="J92" t="s">
+        <v>152</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>208</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>545</v>
+      </c>
+      <c r="P92" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>547</v>
+      </c>
+      <c r="B93" t="s">
+        <v>548</v>
+      </c>
+      <c r="C93" t="s">
+        <v>206</v>
+      </c>
+      <c r="D93" t="s">
+        <v>89</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2016</v>
+      </c>
+      <c r="I93">
+        <v>2019</v>
+      </c>
+      <c r="J93" t="s">
+        <v>152</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>208</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>549</v>
+      </c>
+      <c r="P93" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>551</v>
+      </c>
+      <c r="B94" t="s">
+        <v>552</v>
+      </c>
+      <c r="C94" t="s">
+        <v>206</v>
+      </c>
+      <c r="D94" t="s">
+        <v>169</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>170</v>
+      </c>
+      <c r="G94" t="s">
+        <v>53</v>
+      </c>
+      <c r="H94">
+        <v>2021</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>553</v>
+      </c>
+      <c r="K94" t="s">
+        <v>171</v>
+      </c>
+      <c r="L94" t="s">
+        <v>554</v>
+      </c>
+      <c r="M94" t="s">
+        <v>208</v>
+      </c>
+      <c r="N94" t="s">
+        <v>174</v>
+      </c>
+      <c r="O94" t="s">
+        <v>555</v>
+      </c>
+      <c r="P94" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>557</v>
+      </c>
+      <c r="B95" t="s">
+        <v>558</v>
+      </c>
+      <c r="C95" t="s">
+        <v>559</v>
+      </c>
+      <c r="D95" t="s">
+        <v>124</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>53</v>
+      </c>
+      <c r="H95">
+        <v>2017</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>152</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>560</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>561</v>
+      </c>
+      <c r="P95" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>563</v>
+      </c>
+      <c r="B96" t="s">
+        <v>564</v>
+      </c>
+      <c r="C96" t="s">
+        <v>559</v>
+      </c>
+      <c r="D96" t="s">
+        <v>70</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>53</v>
+      </c>
+      <c r="H96">
+        <v>2022</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>565</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>560</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>566</v>
+      </c>
+      <c r="P96" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>568</v>
+      </c>
+      <c r="B97" t="s">
+        <v>569</v>
+      </c>
+      <c r="C97" t="s">
+        <v>559</v>
+      </c>
+      <c r="D97" t="s">
+        <v>570</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>571</v>
+      </c>
+      <c r="G97" t="s">
+        <v>53</v>
+      </c>
+      <c r="H97">
+        <v>2022</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>565</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>560</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>572</v>
+      </c>
+      <c r="P97" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>573</v>
+      </c>
+      <c r="B98" t="s">
+        <v>574</v>
+      </c>
+      <c r="C98" t="s">
+        <v>559</v>
+      </c>
+      <c r="D98" t="s">
+        <v>575</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>187</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2005</v>
+      </c>
+      <c r="I98">
+        <v>2008</v>
+      </c>
+      <c r="J98" t="s">
+        <v>136</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>576</v>
+      </c>
+      <c r="M98" t="s">
+        <v>560</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>577</v>
+      </c>
+      <c r="P98" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>579</v>
+      </c>
+      <c r="B99" t="s">
+        <v>580</v>
+      </c>
+      <c r="C99" t="s">
+        <v>559</v>
+      </c>
+      <c r="D99" t="s">
+        <v>70</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>187</v>
+      </c>
+      <c r="G99" t="s">
+        <v>53</v>
+      </c>
+      <c r="H99">
+        <v>2009</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>136</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>581</v>
+      </c>
+      <c r="M99" t="s">
+        <v>560</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>582</v>
+      </c>
+      <c r="P99" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>584</v>
+      </c>
+      <c r="B100" t="s">
+        <v>585</v>
+      </c>
+      <c r="C100" t="s">
+        <v>586</v>
+      </c>
+      <c r="D100" t="s">
+        <v>124</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>42</v>
+      </c>
+      <c r="G100" t="s">
+        <v>180</v>
+      </c>
+      <c r="H100"/>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>295</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>587</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>588</v>
+      </c>
+      <c r="P100" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>590</v>
+      </c>
+      <c r="B101" t="s">
+        <v>591</v>
+      </c>
+      <c r="C101" t="s">
+        <v>186</v>
+      </c>
+      <c r="D101" t="s">
+        <v>70</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2004</v>
+      </c>
+      <c r="I101">
+        <v>2010</v>
+      </c>
+      <c r="J101" t="s">
+        <v>71</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>592</v>
+      </c>
+      <c r="M101" t="s">
+        <v>188</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>593</v>
+      </c>
+      <c r="P101" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>590</v>
+      </c>
+      <c r="B102" t="s">
+        <v>595</v>
+      </c>
+      <c r="C102" t="s">
+        <v>186</v>
+      </c>
+      <c r="D102" t="s">
+        <v>596</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>187</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2004</v>
+      </c>
+      <c r="I102">
+        <v>2010</v>
+      </c>
+      <c r="J102" t="s">
+        <v>295</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>592</v>
+      </c>
+      <c r="M102" t="s">
+        <v>188</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>597</v>
+      </c>
+      <c r="P102" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>599</v>
+      </c>
+      <c r="B103" t="s">
+        <v>600</v>
+      </c>
+      <c r="C103" t="s">
+        <v>186</v>
+      </c>
+      <c r="D103" t="s">
+        <v>89</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>42</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2009</v>
+      </c>
+      <c r="I103">
+        <v>2012</v>
+      </c>
+      <c r="J103" t="s">
+        <v>71</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>188</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>601</v>
+      </c>
+      <c r="P103" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>599</v>
+      </c>
+      <c r="B104" t="s">
+        <v>30</v>
+      </c>
+      <c r="C104" t="s">
+        <v>186</v>
+      </c>
+      <c r="D104" t="s">
+        <v>89</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2010</v>
+      </c>
+      <c r="I104">
+        <v>2012</v>
+      </c>
+      <c r="J104" t="s">
+        <v>71</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
         <v>35</v>
       </c>
-      <c r="F49" t="s">
-[...1908 lines deleted...]
-      <c r="C94" t="s">
+      <c r="M104" t="s">
+        <v>188</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>603</v>
+      </c>
+      <c r="P104" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>604</v>
+      </c>
+      <c r="B105" t="s">
+        <v>605</v>
+      </c>
+      <c r="C105" t="s">
+        <v>158</v>
+      </c>
+      <c r="D105" t="s">
         <v>124</v>
       </c>
-      <c r="D94" t="s">
-[...461 lines deleted...]
-      </c>
       <c r="E105" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
       </c>
       <c r="H105">
         <v>2010</v>
       </c>
-      <c r="I105" t="s">
-        <v>117</v>
+      <c r="I105">
+        <v>2010</v>
       </c>
       <c r="J105" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>163</v>
       </c>
       <c r="N105" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>606</v>
+      </c>
+      <c r="P105" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>409</v>
+        <v>608</v>
       </c>
       <c r="B106" t="s">
-        <v>378</v>
+        <v>609</v>
       </c>
       <c r="C106" t="s">
-        <v>148</v>
+        <v>559</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="E106" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G106">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>53</v>
+      </c>
+      <c r="H106">
         <v>2022</v>
       </c>
-      <c r="H106"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I106"/>
       <c r="J106" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N106" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>610</v>
+      </c>
+      <c r="P106" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>411</v>
+        <v>611</v>
       </c>
       <c r="B107" t="s">
-        <v>378</v>
+        <v>612</v>
       </c>
       <c r="C107" t="s">
-        <v>412</v>
+        <v>559</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>613</v>
       </c>
       <c r="E107" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G107">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>53</v>
+      </c>
+      <c r="H107">
         <v>2022</v>
       </c>
-      <c r="H107"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N107" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>614</v>
+      </c>
+      <c r="P107" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>414</v>
+        <v>615</v>
       </c>
       <c r="B108" t="s">
-        <v>378</v>
+        <v>616</v>
       </c>
       <c r="C108" t="s">
-        <v>415</v>
+        <v>559</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>617</v>
       </c>
       <c r="E108" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>53</v>
+      </c>
+      <c r="H108">
         <v>2022</v>
       </c>
-      <c r="H108"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I108"/>
       <c r="J108" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N108" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>618</v>
+      </c>
+      <c r="P108" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>417</v>
+        <v>619</v>
       </c>
       <c r="B109" t="s">
-        <v>378</v>
+        <v>620</v>
       </c>
       <c r="C109" t="s">
-        <v>418</v>
+        <v>559</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>621</v>
       </c>
       <c r="E109" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G109">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>53</v>
+      </c>
+      <c r="H109">
         <v>2022</v>
       </c>
-      <c r="H109"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I109"/>
       <c r="J109" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N109" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>622</v>
+      </c>
+      <c r="P109" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>420</v>
+        <v>623</v>
       </c>
       <c r="B110" t="s">
-        <v>378</v>
+        <v>624</v>
       </c>
       <c r="C110" t="s">
-        <v>421</v>
+        <v>559</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>625</v>
       </c>
       <c r="E110" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G110"/>
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>53</v>
+      </c>
       <c r="H110"/>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N110" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>627</v>
+      </c>
+      <c r="P110" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>424</v>
+        <v>628</v>
       </c>
       <c r="B111" t="s">
-        <v>378</v>
+        <v>629</v>
       </c>
       <c r="C111" t="s">
-        <v>425</v>
+        <v>559</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>630</v>
       </c>
       <c r="E111" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>53</v>
+      </c>
+      <c r="H111">
         <v>2022</v>
       </c>
-      <c r="H111"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N111" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>631</v>
+      </c>
+      <c r="P111" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>427</v>
+        <v>632</v>
       </c>
       <c r="B112" t="s">
-        <v>378</v>
+        <v>633</v>
       </c>
       <c r="C112" t="s">
-        <v>259</v>
+        <v>559</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>360</v>
       </c>
       <c r="E112" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>53</v>
+      </c>
+      <c r="H112">
         <v>2022</v>
       </c>
-      <c r="H112"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I112"/>
       <c r="J112" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N112" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>634</v>
+      </c>
+      <c r="P112" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>429</v>
+        <v>635</v>
       </c>
       <c r="B113" t="s">
-        <v>378</v>
+        <v>636</v>
       </c>
       <c r="C113" t="s">
-        <v>430</v>
+        <v>559</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>637</v>
       </c>
       <c r="E113" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>53</v>
+      </c>
+      <c r="H113">
         <v>2022</v>
       </c>
-      <c r="H113"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I113"/>
       <c r="J113" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N113" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>638</v>
+      </c>
+      <c r="P113" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>432</v>
+        <v>639</v>
       </c>
       <c r="B114" t="s">
-        <v>378</v>
+        <v>640</v>
       </c>
       <c r="C114" t="s">
-        <v>433</v>
+        <v>559</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>641</v>
       </c>
       <c r="E114" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>53</v>
+      </c>
+      <c r="H114">
         <v>2022</v>
       </c>
-      <c r="H114"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N114" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>642</v>
+      </c>
+      <c r="P114" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>435</v>
+        <v>643</v>
       </c>
       <c r="B115" t="s">
-        <v>378</v>
+        <v>644</v>
       </c>
       <c r="C115" t="s">
-        <v>326</v>
+        <v>559</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>471</v>
       </c>
       <c r="E115" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G115">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>53</v>
+      </c>
+      <c r="H115">
         <v>2022</v>
       </c>
-      <c r="H115"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N115" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>645</v>
+      </c>
+      <c r="P115" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>437</v>
+        <v>646</v>
       </c>
       <c r="B116" t="s">
-        <v>378</v>
+        <v>647</v>
       </c>
       <c r="C116" t="s">
-        <v>438</v>
+        <v>559</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>648</v>
       </c>
       <c r="E116" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>53</v>
+      </c>
+      <c r="H116">
         <v>2022</v>
       </c>
-      <c r="H116"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>439</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K116" t="s">
+        <v>649</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>440</v>
+        <v>560</v>
       </c>
       <c r="N116" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>650</v>
+      </c>
+      <c r="O116" t="s">
+        <v>651</v>
+      </c>
+      <c r="P116" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>442</v>
+        <v>652</v>
       </c>
       <c r="B117" t="s">
-        <v>378</v>
+        <v>653</v>
       </c>
       <c r="C117" t="s">
-        <v>96</v>
+        <v>559</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="E117" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G117">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>53</v>
+      </c>
+      <c r="H117">
         <v>2022</v>
       </c>
-      <c r="H117"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I117"/>
       <c r="J117" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N117" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>654</v>
+      </c>
+      <c r="P117" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>444</v>
+        <v>655</v>
       </c>
       <c r="B118" t="s">
-        <v>378</v>
+        <v>656</v>
       </c>
       <c r="C118" t="s">
-        <v>445</v>
+        <v>559</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>657</v>
       </c>
       <c r="E118" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G118">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>53</v>
+      </c>
+      <c r="H118">
         <v>2022</v>
       </c>
-      <c r="H118"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I118"/>
       <c r="J118" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118"/>
       <c r="M118" t="s">
-        <v>31</v>
+        <v>560</v>
       </c>
       <c r="N118" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O118" t="s">
+        <v>658</v>
+      </c>
+      <c r="P118" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>447</v>
+        <v>659</v>
       </c>
       <c r="B119" t="s">
-        <v>378</v>
+        <v>660</v>
       </c>
       <c r="C119" t="s">
-        <v>448</v>
+        <v>559</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>661</v>
       </c>
       <c r="E119" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G119">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>53</v>
+      </c>
+      <c r="H119">
         <v>2022</v>
       </c>
-      <c r="H119"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N119" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>662</v>
+      </c>
+      <c r="P119" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>450</v>
+        <v>663</v>
       </c>
       <c r="B120" t="s">
-        <v>378</v>
+        <v>664</v>
       </c>
       <c r="C120" t="s">
-        <v>219</v>
+        <v>559</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="E120" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G120">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>53</v>
+      </c>
+      <c r="H120">
         <v>2022</v>
       </c>
-      <c r="H120"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I120"/>
       <c r="J120" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120"/>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N120" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>665</v>
+      </c>
+      <c r="P120" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>452</v>
+        <v>666</v>
       </c>
       <c r="B121" t="s">
-        <v>378</v>
+        <v>667</v>
       </c>
       <c r="C121" t="s">
-        <v>85</v>
+        <v>559</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="E121" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G121">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>53</v>
+      </c>
+      <c r="H121">
         <v>2022</v>
       </c>
-      <c r="H121"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I121"/>
       <c r="J121" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
       <c r="M121" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N121" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>668</v>
+      </c>
+      <c r="P121" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>454</v>
+        <v>669</v>
       </c>
       <c r="B122" t="s">
-        <v>378</v>
+        <v>670</v>
       </c>
       <c r="C122" t="s">
-        <v>455</v>
+        <v>559</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>671</v>
       </c>
       <c r="E122" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G122">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>53</v>
+      </c>
+      <c r="H122">
         <v>2022</v>
       </c>
-      <c r="H122"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I122"/>
       <c r="J122" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122"/>
       <c r="M122" t="s">
-        <v>24</v>
+        <v>560</v>
       </c>
       <c r="N122" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>672</v>
+      </c>
+      <c r="P122" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>457</v>
+        <v>673</v>
       </c>
       <c r="B123" t="s">
-        <v>458</v>
+        <v>674</v>
       </c>
       <c r="C123" t="s">
-        <v>459</v>
+        <v>675</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>676</v>
       </c>
       <c r="E123" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>170</v>
+      </c>
+      <c r="G123" t="s">
+        <v>53</v>
+      </c>
+      <c r="H123">
         <v>2022</v>
       </c>
-      <c r="H123"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I123"/>
       <c r="J123" t="s">
-        <v>126</v>
+        <v>677</v>
       </c>
       <c r="K123" t="s">
-        <v>127</v>
+        <v>171</v>
       </c>
       <c r="L123" t="s">
-        <v>461</v>
+        <v>172</v>
       </c>
       <c r="M123" t="s">
-        <v>129</v>
+        <v>678</v>
       </c>
       <c r="N123" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>174</v>
+      </c>
+      <c r="O123" t="s">
+        <v>679</v>
+      </c>
+      <c r="P123" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>463</v>
+        <v>681</v>
       </c>
       <c r="B124" t="s">
-        <v>464</v>
+        <v>682</v>
       </c>
       <c r="C124" t="s">
+        <v>683</v>
+      </c>
+      <c r="D124" t="s">
+        <v>169</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>170</v>
+      </c>
+      <c r="G124" t="s">
+        <v>53</v>
+      </c>
+      <c r="H124">
+        <v>2022</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>684</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>685</v>
+      </c>
+      <c r="M124" t="s">
+        <v>686</v>
+      </c>
+      <c r="N124" t="s">
+        <v>174</v>
+      </c>
+      <c r="O124" t="s">
+        <v>687</v>
+      </c>
+      <c r="P124" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>689</v>
+      </c>
+      <c r="B125" t="s">
+        <v>514</v>
+      </c>
+      <c r="C125" t="s">
+        <v>690</v>
+      </c>
+      <c r="D125" t="s">
+        <v>89</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>187</v>
+      </c>
+      <c r="G125" t="s">
+        <v>180</v>
+      </c>
+      <c r="H125"/>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>136</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>691</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>692</v>
+      </c>
+      <c r="P125" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>689</v>
+      </c>
+      <c r="B126" t="s">
+        <v>514</v>
+      </c>
+      <c r="C126" t="s">
+        <v>694</v>
+      </c>
+      <c r="D126" t="s">
+        <v>89</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>695</v>
+      </c>
+      <c r="G126" t="s">
+        <v>180</v>
+      </c>
+      <c r="H126"/>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>136</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>696</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>697</v>
+      </c>
+      <c r="P126" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>699</v>
+      </c>
+      <c r="B127" t="s">
+        <v>514</v>
+      </c>
+      <c r="C127" t="s">
+        <v>690</v>
+      </c>
+      <c r="D127" t="s">
+        <v>242</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>187</v>
+      </c>
+      <c r="G127" t="s">
+        <v>180</v>
+      </c>
+      <c r="H127"/>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>136</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>691</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>700</v>
+      </c>
+      <c r="P127" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>702</v>
+      </c>
+      <c r="B128" t="s">
+        <v>514</v>
+      </c>
+      <c r="C128" t="s">
+        <v>703</v>
+      </c>
+      <c r="D128" t="s">
         <v>124</v>
       </c>
-      <c r="D124" t="s">
-[...157 lines deleted...]
-      </c>
       <c r="E128" t="s">
-        <v>474</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G128"/>
+        <v>695</v>
+      </c>
+      <c r="G128" t="s">
+        <v>180</v>
+      </c>
       <c r="H128"/>
-      <c r="I128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I128"/>
       <c r="J128" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>704</v>
       </c>
       <c r="N128" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>705</v>
+      </c>
+      <c r="P128" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>483</v>
+        <v>707</v>
       </c>
       <c r="B129" t="s">
-        <v>470</v>
+        <v>514</v>
       </c>
       <c r="C129" t="s">
-        <v>82</v>
+        <v>690</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>107</v>
       </c>
       <c r="E129" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G129"/>
+        <v>187</v>
+      </c>
+      <c r="G129" t="s">
+        <v>180</v>
+      </c>
       <c r="H129"/>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>691</v>
       </c>
       <c r="N129" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>708</v>
+      </c>
+      <c r="P129" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>485</v>
+        <v>710</v>
       </c>
       <c r="B130" t="s">
-        <v>470</v>
+        <v>514</v>
       </c>
       <c r="C130" t="s">
-        <v>486</v>
+        <v>690</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>711</v>
       </c>
       <c r="E130" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G130"/>
+        <v>187</v>
+      </c>
+      <c r="G130" t="s">
+        <v>180</v>
+      </c>
       <c r="H130"/>
-      <c r="I130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>691</v>
       </c>
       <c r="N130" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>712</v>
+      </c>
+      <c r="P130" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>488</v>
+        <v>714</v>
       </c>
       <c r="B131" t="s">
-        <v>473</v>
+        <v>514</v>
       </c>
       <c r="C131" t="s">
-        <v>177</v>
+        <v>694</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="E131" t="s">
-        <v>474</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G131"/>
+        <v>695</v>
+      </c>
+      <c r="G131" t="s">
+        <v>180</v>
+      </c>
       <c r="H131"/>
-      <c r="I131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I131"/>
       <c r="J131" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>696</v>
       </c>
       <c r="N131" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>715</v>
+      </c>
+      <c r="P131" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>490</v>
+        <v>716</v>
       </c>
       <c r="B132" t="s">
-        <v>473</v>
+        <v>514</v>
       </c>
       <c r="C132" t="s">
-        <v>152</v>
+        <v>694</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="E132" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G132"/>
+        <v>187</v>
+      </c>
+      <c r="G132" t="s">
+        <v>180</v>
+      </c>
       <c r="H132"/>
-      <c r="I132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I132"/>
       <c r="J132" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
       <c r="M132" t="s">
-        <v>24</v>
+        <v>717</v>
       </c>
       <c r="N132" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>718</v>
+      </c>
+      <c r="P132" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>493</v>
+        <v>719</v>
       </c>
       <c r="B133" t="s">
-        <v>470</v>
+        <v>514</v>
       </c>
       <c r="C133" t="s">
-        <v>148</v>
+        <v>690</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="E133" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G133"/>
+        <v>187</v>
+      </c>
+      <c r="G133" t="s">
+        <v>180</v>
+      </c>
       <c r="H133"/>
-      <c r="I133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I133"/>
       <c r="J133" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133"/>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>691</v>
       </c>
       <c r="N133" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>720</v>
+      </c>
+      <c r="P133" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>495</v>
+        <v>722</v>
       </c>
       <c r="B134" t="s">
-        <v>99</v>
+        <v>723</v>
       </c>
       <c r="C134" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E134" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G134">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>53</v>
+      </c>
+      <c r="H134">
         <v>2010</v>
       </c>
-      <c r="H134"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I134"/>
       <c r="J134" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="N134" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>724</v>
+      </c>
+      <c r="P134" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>497</v>
+        <v>726</v>
       </c>
       <c r="B135" t="s">
-        <v>99</v>
+        <v>141</v>
       </c>
       <c r="C135" t="s">
-        <v>93</v>
+        <v>134</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E135" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
       </c>
       <c r="H135">
         <v>2010</v>
       </c>
-      <c r="I135" t="s">
-        <v>101</v>
+      <c r="I135">
+        <v>2010</v>
       </c>
       <c r="J135" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
+        <v>137</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>727</v>
+      </c>
+      <c r="P135" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>728</v>
+      </c>
+      <c r="B136" t="s">
+        <v>145</v>
+      </c>
+      <c r="C136" t="s">
+        <v>134</v>
+      </c>
+      <c r="D136" t="s">
+        <v>70</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>53</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>136</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>137</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>729</v>
+      </c>
+      <c r="P136" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>730</v>
+      </c>
+      <c r="B137" t="s">
+        <v>731</v>
+      </c>
+      <c r="C137" t="s">
+        <v>168</v>
+      </c>
+      <c r="D137" t="s">
+        <v>732</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>53</v>
+      </c>
+      <c r="H137">
+        <v>2017</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>152</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>173</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>733</v>
+      </c>
+      <c r="P137" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>735</v>
+      </c>
+      <c r="B138" t="s">
+        <v>736</v>
+      </c>
+      <c r="C138" t="s">
+        <v>737</v>
+      </c>
+      <c r="D138" t="s">
+        <v>169</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>170</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2019</v>
+      </c>
+      <c r="I138">
+        <v>2022</v>
+      </c>
+      <c r="J138" t="s">
+        <v>306</v>
+      </c>
+      <c r="K138" t="s">
+        <v>171</v>
+      </c>
+      <c r="L138" t="s">
+        <v>172</v>
+      </c>
+      <c r="M138" t="s">
+        <v>738</v>
+      </c>
+      <c r="N138" t="s">
+        <v>174</v>
+      </c>
+      <c r="O138" t="s">
+        <v>739</v>
+      </c>
+      <c r="P138" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>741</v>
+      </c>
+      <c r="B139" t="s">
+        <v>742</v>
+      </c>
+      <c r="C139" t="s">
+        <v>338</v>
+      </c>
+      <c r="D139" t="s">
+        <v>89</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2007</v>
+      </c>
+      <c r="I139">
+        <v>2022</v>
+      </c>
+      <c r="J139" t="s">
+        <v>295</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>743</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>744</v>
+      </c>
+      <c r="P139" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>746</v>
+      </c>
+      <c r="B140" t="s">
+        <v>747</v>
+      </c>
+      <c r="C140" t="s">
+        <v>338</v>
+      </c>
+      <c r="D140" t="s">
+        <v>124</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2006</v>
+      </c>
+      <c r="I140">
+        <v>2010</v>
+      </c>
+      <c r="J140" t="s">
+        <v>295</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>743</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>748</v>
+      </c>
+      <c r="P140" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>750</v>
+      </c>
+      <c r="B141" t="s">
+        <v>751</v>
+      </c>
+      <c r="C141" t="s">
+        <v>338</v>
+      </c>
+      <c r="D141" t="s">
+        <v>124</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2006</v>
+      </c>
+      <c r="I141">
+        <v>2010</v>
+      </c>
+      <c r="J141" t="s">
+        <v>295</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>743</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>752</v>
+      </c>
+      <c r="P141" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>754</v>
+      </c>
+      <c r="B142" t="s">
+        <v>755</v>
+      </c>
+      <c r="C142" t="s">
+        <v>338</v>
+      </c>
+      <c r="D142" t="s">
+        <v>637</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2008</v>
+      </c>
+      <c r="I142">
+        <v>2011</v>
+      </c>
+      <c r="J142" t="s">
+        <v>295</v>
+      </c>
+      <c r="K142" t="s">
+        <v>410</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>743</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>756</v>
+      </c>
+      <c r="P142" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>758</v>
+      </c>
+      <c r="B143" t="s">
+        <v>759</v>
+      </c>
+      <c r="C143" t="s">
+        <v>338</v>
+      </c>
+      <c r="D143" t="s">
+        <v>354</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2007</v>
+      </c>
+      <c r="I143">
+        <v>2011</v>
+      </c>
+      <c r="J143" t="s">
+        <v>295</v>
+      </c>
+      <c r="K143" t="s">
+        <v>410</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>743</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>760</v>
+      </c>
+      <c r="P143" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>762</v>
+      </c>
+      <c r="B144" t="s">
+        <v>763</v>
+      </c>
+      <c r="C144" t="s">
+        <v>338</v>
+      </c>
+      <c r="D144" t="s">
+        <v>124</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>53</v>
+      </c>
+      <c r="H144">
+        <v>2010</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>295</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>743</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>764</v>
+      </c>
+      <c r="P144" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>766</v>
+      </c>
+      <c r="B145" t="s">
+        <v>767</v>
+      </c>
+      <c r="C145" t="s">
+        <v>338</v>
+      </c>
+      <c r="D145" t="s">
+        <v>70</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2007</v>
+      </c>
+      <c r="I145">
+        <v>2018</v>
+      </c>
+      <c r="J145" t="s">
+        <v>295</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>743</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>768</v>
+      </c>
+      <c r="P145" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>770</v>
+      </c>
+      <c r="B146" t="s">
+        <v>771</v>
+      </c>
+      <c r="C146" t="s">
+        <v>338</v>
+      </c>
+      <c r="D146" t="s">
+        <v>366</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2002</v>
+      </c>
+      <c r="I146">
+        <v>2017</v>
+      </c>
+      <c r="J146" t="s">
+        <v>295</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>772</v>
+      </c>
+      <c r="M146" t="s">
+        <v>743</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>773</v>
+      </c>
+      <c r="P146" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>775</v>
+      </c>
+      <c r="B147" t="s">
+        <v>776</v>
+      </c>
+      <c r="C147" t="s">
+        <v>338</v>
+      </c>
+      <c r="D147" t="s">
+        <v>777</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2008</v>
+      </c>
+      <c r="I147">
+        <v>2017</v>
+      </c>
+      <c r="J147" t="s">
+        <v>295</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>778</v>
+      </c>
+      <c r="M147" t="s">
+        <v>743</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>779</v>
+      </c>
+      <c r="P147" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>781</v>
+      </c>
+      <c r="B148" t="s">
+        <v>782</v>
+      </c>
+      <c r="C148" t="s">
+        <v>324</v>
+      </c>
+      <c r="D148" t="s">
+        <v>309</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>53</v>
+      </c>
+      <c r="H148">
+        <v>2012</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>152</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>326</v>
+      </c>
+      <c r="M148" t="s">
+        <v>327</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>783</v>
+      </c>
+      <c r="P148" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>785</v>
+      </c>
+      <c r="B149" t="s">
+        <v>782</v>
+      </c>
+      <c r="C149" t="s">
+        <v>324</v>
+      </c>
+      <c r="D149" t="s">
+        <v>354</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>53</v>
+      </c>
+      <c r="H149">
+        <v>2015</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>152</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>786</v>
+      </c>
+      <c r="M149" t="s">
+        <v>327</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>787</v>
+      </c>
+      <c r="P149" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>789</v>
+      </c>
+      <c r="B150" t="s">
+        <v>790</v>
+      </c>
+      <c r="C150" t="s">
+        <v>324</v>
+      </c>
+      <c r="D150" t="s">
+        <v>791</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>53</v>
+      </c>
+      <c r="H150">
+        <v>2011</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>152</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>792</v>
+      </c>
+      <c r="M150" t="s">
+        <v>327</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>793</v>
+      </c>
+      <c r="P150" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>795</v>
+      </c>
+      <c r="B151" t="s">
+        <v>796</v>
+      </c>
+      <c r="C151" t="s">
+        <v>797</v>
+      </c>
+      <c r="D151" t="s">
+        <v>798</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>256</v>
+      </c>
+      <c r="H151">
+        <v>2024</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>799</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>800</v>
+      </c>
+      <c r="M151" t="s">
+        <v>801</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>802</v>
+      </c>
+      <c r="P151" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>804</v>
+      </c>
+      <c r="B152" t="s">
+        <v>805</v>
+      </c>
+      <c r="C152" t="s">
+        <v>806</v>
+      </c>
+      <c r="D152" t="s">
+        <v>570</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>187</v>
+      </c>
+      <c r="G152" t="s">
+        <v>256</v>
+      </c>
+      <c r="H152">
+        <v>2024</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>807</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>808</v>
+      </c>
+      <c r="M152" t="s">
+        <v>809</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>810</v>
+      </c>
+      <c r="P152" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>812</v>
+      </c>
+      <c r="B153" t="s">
+        <v>813</v>
+      </c>
+      <c r="C153" t="s">
+        <v>806</v>
+      </c>
+      <c r="D153" t="s">
+        <v>814</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>187</v>
+      </c>
+      <c r="G153" t="s">
+        <v>53</v>
+      </c>
+      <c r="H153">
+        <v>2024</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>807</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>815</v>
+      </c>
+      <c r="M153" t="s">
+        <v>809</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>816</v>
+      </c>
+      <c r="P153" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>817</v>
+      </c>
+      <c r="B154" t="s">
+        <v>818</v>
+      </c>
+      <c r="C154" t="s">
+        <v>213</v>
+      </c>
+      <c r="D154" t="s">
+        <v>819</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>571</v>
+      </c>
+      <c r="G154" t="s">
+        <v>53</v>
+      </c>
+      <c r="H154">
+        <v>2018</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>306</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>820</v>
+      </c>
+      <c r="M154" t="s">
+        <v>821</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>822</v>
+      </c>
+      <c r="P154" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>824</v>
+      </c>
+      <c r="B155" t="s">
+        <v>825</v>
+      </c>
+      <c r="C155" t="s">
+        <v>226</v>
+      </c>
+      <c r="D155" t="s">
+        <v>637</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>187</v>
+      </c>
+      <c r="G155" t="s">
+        <v>53</v>
+      </c>
+      <c r="H155">
+        <v>2021</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>826</v>
+      </c>
+      <c r="K155" t="s">
+        <v>827</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>828</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>829</v>
+      </c>
+      <c r="P155" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>831</v>
+      </c>
+      <c r="B156" t="s">
+        <v>832</v>
+      </c>
+      <c r="C156" t="s">
+        <v>226</v>
+      </c>
+      <c r="D156" t="s">
+        <v>378</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2014</v>
+      </c>
+      <c r="I156">
+        <v>2025</v>
+      </c>
+      <c r="J156" t="s">
+        <v>826</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>828</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>833</v>
+      </c>
+      <c r="P156" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>835</v>
+      </c>
+      <c r="B157" t="s">
+        <v>836</v>
+      </c>
+      <c r="C157" t="s">
+        <v>226</v>
+      </c>
+      <c r="D157" t="s">
+        <v>201</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>187</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2010</v>
+      </c>
+      <c r="I157">
+        <v>2016</v>
+      </c>
+      <c r="J157" t="s">
+        <v>228</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157" t="s">
+        <v>837</v>
+      </c>
+      <c r="M157" t="s">
+        <v>828</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>838</v>
+      </c>
+      <c r="P157" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>840</v>
+      </c>
+      <c r="B158" t="s">
+        <v>841</v>
+      </c>
+      <c r="C158" t="s">
+        <v>226</v>
+      </c>
+      <c r="D158" t="s">
+        <v>842</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2004</v>
+      </c>
+      <c r="I158">
+        <v>2015</v>
+      </c>
+      <c r="J158" t="s">
+        <v>826</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>843</v>
+      </c>
+      <c r="M158" t="s">
+        <v>828</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>844</v>
+      </c>
+      <c r="P158" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>846</v>
+      </c>
+      <c r="B159" t="s">
+        <v>847</v>
+      </c>
+      <c r="C159" t="s">
+        <v>226</v>
+      </c>
+      <c r="D159" t="s">
+        <v>378</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>1996</v>
+      </c>
+      <c r="I159">
+        <v>2005</v>
+      </c>
+      <c r="J159" t="s">
+        <v>33</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>846</v>
+      </c>
+      <c r="M159" t="s">
+        <v>828</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>848</v>
+      </c>
+      <c r="P159" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>850</v>
+      </c>
+      <c r="B160" t="s">
+        <v>851</v>
+      </c>
+      <c r="C160" t="s">
+        <v>226</v>
+      </c>
+      <c r="D160" t="s">
+        <v>852</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>187</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2006</v>
+      </c>
+      <c r="I160">
+        <v>2025</v>
+      </c>
+      <c r="J160" t="s">
+        <v>826</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>853</v>
+      </c>
+      <c r="M160" t="s">
+        <v>828</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>854</v>
+      </c>
+      <c r="P160" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>856</v>
+      </c>
+      <c r="B161" t="s">
+        <v>857</v>
+      </c>
+      <c r="C161" t="s">
+        <v>226</v>
+      </c>
+      <c r="D161" t="s">
+        <v>858</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>187</v>
+      </c>
+      <c r="G161" t="s">
+        <v>53</v>
+      </c>
+      <c r="H161">
+        <v>2020</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>826</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>859</v>
+      </c>
+      <c r="M161" t="s">
+        <v>828</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>860</v>
+      </c>
+      <c r="P161" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>862</v>
+      </c>
+      <c r="B162" t="s">
+        <v>863</v>
+      </c>
+      <c r="C162" t="s">
+        <v>226</v>
+      </c>
+      <c r="D162" t="s">
+        <v>234</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>1997</v>
+      </c>
+      <c r="I162">
+        <v>2005</v>
+      </c>
+      <c r="J162" t="s">
+        <v>228</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>828</v>
+      </c>
+      <c r="N162" t="s">
+        <v>36</v>
+      </c>
+      <c r="O162" t="s">
+        <v>864</v>
+      </c>
+      <c r="P162" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>866</v>
+      </c>
+      <c r="B163" t="s">
+        <v>867</v>
+      </c>
+      <c r="C163" t="s">
+        <v>226</v>
+      </c>
+      <c r="D163" t="s">
+        <v>234</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>8</v>
+      </c>
+      <c r="H163">
+        <v>2004</v>
+      </c>
+      <c r="I163">
+        <v>2025</v>
+      </c>
+      <c r="J163" t="s">
+        <v>826</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>868</v>
+      </c>
+      <c r="M163" t="s">
+        <v>828</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>869</v>
+      </c>
+      <c r="P163" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>871</v>
+      </c>
+      <c r="B164" t="s">
+        <v>872</v>
+      </c>
+      <c r="C164" t="s">
+        <v>226</v>
+      </c>
+      <c r="D164" t="s">
+        <v>70</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>53</v>
+      </c>
+      <c r="H164">
+        <v>2018</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>228</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>871</v>
+      </c>
+      <c r="M164" t="s">
+        <v>828</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>873</v>
+      </c>
+      <c r="P164" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>875</v>
+      </c>
+      <c r="B165" t="s">
+        <v>876</v>
+      </c>
+      <c r="C165" t="s">
+        <v>226</v>
+      </c>
+      <c r="D165" t="s">
+        <v>366</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>8</v>
+      </c>
+      <c r="H165">
+        <v>2016</v>
+      </c>
+      <c r="I165">
+        <v>2025</v>
+      </c>
+      <c r="J165" t="s">
+        <v>826</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>877</v>
+      </c>
+      <c r="M165" t="s">
+        <v>828</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>878</v>
+      </c>
+      <c r="P165" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>880</v>
+      </c>
+      <c r="B166" t="s">
+        <v>881</v>
+      </c>
+      <c r="C166" t="s">
+        <v>226</v>
+      </c>
+      <c r="D166" t="s">
+        <v>124</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2012</v>
+      </c>
+      <c r="I166">
+        <v>2013</v>
+      </c>
+      <c r="J166" t="s">
+        <v>228</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>880</v>
+      </c>
+      <c r="M166" t="s">
+        <v>828</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>882</v>
+      </c>
+      <c r="P166" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>884</v>
+      </c>
+      <c r="B167" t="s">
+        <v>885</v>
+      </c>
+      <c r="C167" t="s">
+        <v>226</v>
+      </c>
+      <c r="D167" t="s">
+        <v>89</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>1995</v>
+      </c>
+      <c r="I167">
+        <v>2017</v>
+      </c>
+      <c r="J167" t="s">
+        <v>228</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>884</v>
+      </c>
+      <c r="M167" t="s">
+        <v>828</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>886</v>
+      </c>
+      <c r="P167" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>888</v>
+      </c>
+      <c r="B168" t="s">
+        <v>889</v>
+      </c>
+      <c r="C168" t="s">
+        <v>226</v>
+      </c>
+      <c r="D168" t="s">
+        <v>89</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>1995</v>
+      </c>
+      <c r="I168">
+        <v>2018</v>
+      </c>
+      <c r="J168" t="s">
+        <v>228</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>828</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>890</v>
+      </c>
+      <c r="P168" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>892</v>
+      </c>
+      <c r="B169"/>
+      <c r="C169" t="s">
+        <v>226</v>
+      </c>
+      <c r="D169" t="s">
+        <v>637</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>53</v>
+      </c>
+      <c r="H169">
+        <v>2018</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>228</v>
+      </c>
+      <c r="K169" t="s">
+        <v>893</v>
+      </c>
+      <c r="L169" t="s">
+        <v>894</v>
+      </c>
+      <c r="M169" t="s">
+        <v>828</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>895</v>
+      </c>
+      <c r="P169" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>897</v>
+      </c>
+      <c r="B170" t="s">
+        <v>898</v>
+      </c>
+      <c r="C170" t="s">
+        <v>226</v>
+      </c>
+      <c r="D170" t="s">
+        <v>899</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2010</v>
+      </c>
+      <c r="I170">
+        <v>2018</v>
+      </c>
+      <c r="J170" t="s">
+        <v>228</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170" t="s">
+        <v>897</v>
+      </c>
+      <c r="M170" t="s">
+        <v>828</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>900</v>
+      </c>
+      <c r="P170" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>902</v>
+      </c>
+      <c r="B171" t="s">
+        <v>903</v>
+      </c>
+      <c r="C171" t="s">
+        <v>226</v>
+      </c>
+      <c r="D171" t="s">
+        <v>904</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>256</v>
+      </c>
+      <c r="H171">
+        <v>2017</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>826</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>905</v>
+      </c>
+      <c r="M171" t="s">
+        <v>828</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>906</v>
+      </c>
+      <c r="P171" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>908</v>
+      </c>
+      <c r="B172" t="s">
+        <v>909</v>
+      </c>
+      <c r="C172" t="s">
+        <v>226</v>
+      </c>
+      <c r="D172" t="s">
+        <v>910</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2012</v>
+      </c>
+      <c r="I172">
+        <v>2017</v>
+      </c>
+      <c r="J172" t="s">
+        <v>515</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" t="s">
+        <v>908</v>
+      </c>
+      <c r="M172" t="s">
+        <v>828</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>911</v>
+      </c>
+      <c r="P172" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>913</v>
+      </c>
+      <c r="B173" t="s">
+        <v>914</v>
+      </c>
+      <c r="C173" t="s">
+        <v>226</v>
+      </c>
+      <c r="D173" t="s">
+        <v>471</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>53</v>
+      </c>
+      <c r="H173">
+        <v>2021</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>228</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>915</v>
+      </c>
+      <c r="M173" t="s">
+        <v>828</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>916</v>
+      </c>
+      <c r="P173" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>918</v>
+      </c>
+      <c r="B174" t="s">
+        <v>919</v>
+      </c>
+      <c r="C174" t="s">
+        <v>226</v>
+      </c>
+      <c r="D174" t="s">
+        <v>234</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>53</v>
+      </c>
+      <c r="H174">
+        <v>2021</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>228</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>920</v>
+      </c>
+      <c r="N174" t="s">
+        <v>36</v>
+      </c>
+      <c r="O174" t="s">
+        <v>921</v>
+      </c>
+      <c r="P174" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>923</v>
+      </c>
+      <c r="B175" t="s">
+        <v>924</v>
+      </c>
+      <c r="C175" t="s">
+        <v>226</v>
+      </c>
+      <c r="D175" t="s">
+        <v>925</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>187</v>
+      </c>
+      <c r="G175" t="s">
+        <v>256</v>
+      </c>
+      <c r="H175">
+        <v>2025</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>826</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>926</v>
+      </c>
+      <c r="M175" t="s">
+        <v>828</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>927</v>
+      </c>
+      <c r="P175" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>929</v>
+      </c>
+      <c r="B176" t="s">
+        <v>930</v>
+      </c>
+      <c r="C176" t="s">
+        <v>931</v>
+      </c>
+      <c r="D176" t="s">
+        <v>124</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>53</v>
+      </c>
+      <c r="H176">
+        <v>2009</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>515</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176" t="s">
+        <v>932</v>
+      </c>
+      <c r="M176" t="s">
+        <v>933</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>934</v>
+      </c>
+      <c r="P176" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>936</v>
+      </c>
+      <c r="B177" t="s">
+        <v>937</v>
+      </c>
+      <c r="C177" t="s">
+        <v>931</v>
+      </c>
+      <c r="D177" t="s">
+        <v>366</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>53</v>
+      </c>
+      <c r="H177">
+        <v>2010</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>515</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>933</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>938</v>
+      </c>
+      <c r="P177" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>940</v>
+      </c>
+      <c r="B178" t="s">
+        <v>941</v>
+      </c>
+      <c r="C178" t="s">
+        <v>931</v>
+      </c>
+      <c r="D178" t="s">
+        <v>124</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>53</v>
+      </c>
+      <c r="H178">
+        <v>2009</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>515</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>942</v>
+      </c>
+      <c r="M178" t="s">
+        <v>933</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>943</v>
+      </c>
+      <c r="P178" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>945</v>
+      </c>
+      <c r="B179" t="s">
+        <v>946</v>
+      </c>
+      <c r="C179" t="s">
+        <v>931</v>
+      </c>
+      <c r="D179" t="s">
+        <v>947</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>53</v>
+      </c>
+      <c r="H179">
+        <v>2011</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>152</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>948</v>
+      </c>
+      <c r="M179" t="s">
+        <v>933</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>949</v>
+      </c>
+      <c r="P179" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>951</v>
+      </c>
+      <c r="B180" t="s">
+        <v>952</v>
+      </c>
+      <c r="C180" t="s">
+        <v>931</v>
+      </c>
+      <c r="D180" t="s">
+        <v>70</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>21</v>
+      </c>
+      <c r="G180" t="s">
+        <v>53</v>
+      </c>
+      <c r="H180">
+        <v>2010</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>515</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180" t="s">
+        <v>953</v>
+      </c>
+      <c r="M180" t="s">
+        <v>933</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>954</v>
+      </c>
+      <c r="P180" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>956</v>
+      </c>
+      <c r="B181" t="s">
+        <v>957</v>
+      </c>
+      <c r="C181" t="s">
+        <v>931</v>
+      </c>
+      <c r="D181" t="s">
+        <v>89</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181" t="s">
+        <v>53</v>
+      </c>
+      <c r="H181">
+        <v>2012</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>515</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>933</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>958</v>
+      </c>
+      <c r="P181" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>960</v>
+      </c>
+      <c r="B182" t="s">
+        <v>961</v>
+      </c>
+      <c r="C182" t="s">
+        <v>338</v>
+      </c>
+      <c r="D182" t="s">
+        <v>207</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>21</v>
+      </c>
+      <c r="G182" t="s">
+        <v>53</v>
+      </c>
+      <c r="H182">
+        <v>2022</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>962</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>963</v>
+      </c>
+      <c r="M182" t="s">
+        <v>743</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>964</v>
+      </c>
+      <c r="P182" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>966</v>
+      </c>
+      <c r="B183" t="s">
+        <v>967</v>
+      </c>
+      <c r="C183" t="s">
+        <v>220</v>
+      </c>
+      <c r="D183" t="s">
+        <v>51</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>52</v>
+      </c>
+      <c r="G183" t="s">
+        <v>53</v>
+      </c>
+      <c r="H183">
+        <v>2022</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>54</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>968</v>
+      </c>
+      <c r="N183" t="s">
+        <v>56</v>
+      </c>
+      <c r="O183" t="s">
+        <v>969</v>
+      </c>
+      <c r="P183" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>971</v>
+      </c>
+      <c r="B184" t="s">
+        <v>972</v>
+      </c>
+      <c r="C184" t="s">
+        <v>586</v>
+      </c>
+      <c r="D184" t="s">
+        <v>89</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>42</v>
+      </c>
+      <c r="G184" t="s">
+        <v>53</v>
+      </c>
+      <c r="H184">
+        <v>2011</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>319</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>973</v>
+      </c>
+      <c r="M184" t="s">
+        <v>974</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>975</v>
+      </c>
+      <c r="P184" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>977</v>
+      </c>
+      <c r="B185" t="s">
+        <v>978</v>
+      </c>
+      <c r="C185" t="s">
+        <v>158</v>
+      </c>
+      <c r="D185" t="s">
+        <v>360</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>42</v>
+      </c>
+      <c r="G185" t="s">
+        <v>53</v>
+      </c>
+      <c r="H185">
+        <v>2016</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>295</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>979</v>
+      </c>
+      <c r="M185" t="s">
+        <v>163</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>980</v>
+      </c>
+      <c r="P185" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>982</v>
+      </c>
+      <c r="B186" t="s">
+        <v>983</v>
+      </c>
+      <c r="C186" t="s">
+        <v>158</v>
+      </c>
+      <c r="D186" t="s">
+        <v>107</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>42</v>
+      </c>
+      <c r="G186" t="s">
+        <v>53</v>
+      </c>
+      <c r="H186">
+        <v>2016</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>295</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186" t="s">
+        <v>984</v>
+      </c>
+      <c r="M186" t="s">
+        <v>163</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>985</v>
+      </c>
+      <c r="P186" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>987</v>
+      </c>
+      <c r="B187" t="s">
+        <v>988</v>
+      </c>
+      <c r="C187" t="s">
+        <v>158</v>
+      </c>
+      <c r="D187" t="s">
+        <v>129</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>42</v>
+      </c>
+      <c r="G187" t="s">
+        <v>53</v>
+      </c>
+      <c r="H187">
+        <v>2015</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>295</v>
+      </c>
+      <c r="K187" t="s">
+        <v>34</v>
+      </c>
+      <c r="L187" t="s">
+        <v>989</v>
+      </c>
+      <c r="M187" t="s">
+        <v>163</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>990</v>
+      </c>
+      <c r="P187" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>992</v>
+      </c>
+      <c r="B188" t="s">
+        <v>993</v>
+      </c>
+      <c r="C188" t="s">
+        <v>158</v>
+      </c>
+      <c r="D188" t="s">
+        <v>657</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>42</v>
+      </c>
+      <c r="G188" t="s">
+        <v>53</v>
+      </c>
+      <c r="H188">
+        <v>2015</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>295</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188" t="s">
+        <v>994</v>
+      </c>
+      <c r="M188" t="s">
+        <v>163</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>995</v>
+      </c>
+      <c r="P188" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>997</v>
+      </c>
+      <c r="B189" t="s">
+        <v>998</v>
+      </c>
+      <c r="C189" t="s">
+        <v>158</v>
+      </c>
+      <c r="D189" t="s">
+        <v>89</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>42</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2008</v>
+      </c>
+      <c r="I189">
+        <v>2015</v>
+      </c>
+      <c r="J189" t="s">
+        <v>160</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>163</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>999</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C190" t="s">
+        <v>158</v>
+      </c>
+      <c r="D190" t="s">
+        <v>539</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>42</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2011</v>
+      </c>
+      <c r="I190">
+        <v>2014</v>
+      </c>
+      <c r="J190" t="s">
+        <v>160</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1003</v>
+      </c>
+      <c r="M190" t="s">
+        <v>163</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C191" t="s">
+        <v>158</v>
+      </c>
+      <c r="D191" t="s">
+        <v>502</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>42</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>1999</v>
+      </c>
+      <c r="I191">
+        <v>2012</v>
+      </c>
+      <c r="J191" t="s">
+        <v>160</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M191" t="s">
+        <v>163</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C192" t="s">
+        <v>158</v>
+      </c>
+      <c r="D192" t="s">
+        <v>201</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>42</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2007</v>
+      </c>
+      <c r="I192">
+        <v>2011</v>
+      </c>
+      <c r="J192" t="s">
+        <v>160</v>
+      </c>
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>163</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P192" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D193" t="s">
+        <v>169</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>170</v>
+      </c>
+      <c r="G193" t="s">
+        <v>53</v>
+      </c>
+      <c r="H193">
+        <v>2020</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>553</v>
+      </c>
+      <c r="K193" t="s">
+        <v>171</v>
+      </c>
+      <c r="L193" t="s">
+        <v>172</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1017</v>
+      </c>
+      <c r="N193" t="s">
+        <v>174</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>187</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2018</v>
+      </c>
+      <c r="I194">
+        <v>2019</v>
+      </c>
+      <c r="J194" t="s">
+        <v>136</v>
+      </c>
+      <c r="K194" t="s">
+        <v>34</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C195" t="s">
+        <v>318</v>
+      </c>
+      <c r="D195" t="s">
+        <v>70</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>42</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2005</v>
+      </c>
+      <c r="I195">
+        <v>2013</v>
+      </c>
+      <c r="J195" t="s">
+        <v>152</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M195" t="s">
+        <v>517</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C196" t="s">
+        <v>318</v>
+      </c>
+      <c r="D196" t="s">
+        <v>471</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>42</v>
+      </c>
+      <c r="G196" t="s">
+        <v>53</v>
+      </c>
+      <c r="H196">
+        <v>2014</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>319</v>
+      </c>
+      <c r="K196" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>517</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C197" t="s">
+        <v>318</v>
+      </c>
+      <c r="D197" t="s">
+        <v>899</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>187</v>
+      </c>
+      <c r="G197" t="s">
+        <v>53</v>
+      </c>
+      <c r="H197">
+        <v>2015</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>515</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1038</v>
+      </c>
+      <c r="M197" t="s">
+        <v>517</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1039</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C198" t="s">
+        <v>318</v>
+      </c>
+      <c r="D198" t="s">
+        <v>89</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>187</v>
+      </c>
+      <c r="G198" t="s">
+        <v>53</v>
+      </c>
+      <c r="H198">
+        <v>2012</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>319</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M198" t="s">
+        <v>517</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2009</v>
+      </c>
+      <c r="I199">
+        <v>2016</v>
+      </c>
+      <c r="J199" t="s">
+        <v>33</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>1050</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1051</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C200" t="s">
+        <v>158</v>
+      </c>
+      <c r="D200" t="s">
+        <v>791</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>42</v>
+      </c>
+      <c r="G200" t="s">
+        <v>53</v>
+      </c>
+      <c r="H200">
+        <v>2019</v>
+      </c>
+      <c r="I200">
+        <v>2020</v>
+      </c>
+      <c r="J200" t="s">
+        <v>295</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M200" t="s">
+        <v>163</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1056</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C201" t="s">
+        <v>158</v>
+      </c>
+      <c r="D201" t="s">
+        <v>70</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>187</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>2013</v>
+      </c>
+      <c r="I201">
+        <v>2015</v>
+      </c>
+      <c r="J201" t="s">
+        <v>160</v>
+      </c>
+      <c r="K201" t="s">
+        <v>34</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1060</v>
+      </c>
+      <c r="M201" t="s">
+        <v>163</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1061</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C202" t="s">
+        <v>586</v>
+      </c>
+      <c r="D202" t="s">
+        <v>124</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2013</v>
+      </c>
+      <c r="I202">
+        <v>2020</v>
+      </c>
+      <c r="J202" t="s">
+        <v>295</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M202" t="s">
+        <v>587</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1066</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C203" t="s">
+        <v>586</v>
+      </c>
+      <c r="D203" t="s">
+        <v>70</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>42</v>
+      </c>
+      <c r="G203" t="s">
+        <v>53</v>
+      </c>
+      <c r="H203">
+        <v>2007</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>295</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M203" t="s">
+        <v>587</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2009</v>
+      </c>
+      <c r="I204">
+        <v>2013</v>
+      </c>
+      <c r="J204" t="s">
+        <v>33</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>1050</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1076</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C205" t="s">
+        <v>586</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>42</v>
+      </c>
+      <c r="G205" t="s">
+        <v>53</v>
+      </c>
+      <c r="H205">
+        <v>2011</v>
+      </c>
+      <c r="I205"/>
+      <c r="J205" t="s">
+        <v>295</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M205" t="s">
+        <v>587</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C206" t="s">
+        <v>586</v>
+      </c>
+      <c r="D206" t="s">
+        <v>89</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" t="s">
+        <v>53</v>
+      </c>
+      <c r="H206">
+        <v>2018</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>295</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1086</v>
+      </c>
+      <c r="M206" t="s">
+        <v>587</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C207" t="s">
+        <v>586</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>42</v>
+      </c>
+      <c r="G207" t="s">
+        <v>53</v>
+      </c>
+      <c r="H207">
+        <v>2017</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>295</v>
+      </c>
+      <c r="K207" t="s">
+        <v>410</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M207" t="s">
+        <v>587</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C208" t="s">
+        <v>586</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>42</v>
+      </c>
+      <c r="G208" t="s">
+        <v>53</v>
+      </c>
+      <c r="H208">
+        <v>2017</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>295</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1098</v>
+      </c>
+      <c r="M208" t="s">
+        <v>587</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1099</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C209" t="s">
+        <v>586</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>42</v>
+      </c>
+      <c r="G209" t="s">
+        <v>53</v>
+      </c>
+      <c r="H209">
+        <v>2014</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>295</v>
+      </c>
+      <c r="K209" t="s">
+        <v>410</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1104</v>
+      </c>
+      <c r="M209" t="s">
+        <v>587</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C210" t="s">
+        <v>586</v>
+      </c>
+      <c r="D210" t="s">
+        <v>129</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>42</v>
+      </c>
+      <c r="G210" t="s">
+        <v>53</v>
+      </c>
+      <c r="H210">
+        <v>2017</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>295</v>
+      </c>
+      <c r="K210" t="s">
+        <v>34</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M210" t="s">
+        <v>587</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C211" t="s">
+        <v>586</v>
+      </c>
+      <c r="D211" t="s">
+        <v>201</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>42</v>
+      </c>
+      <c r="G211" t="s">
+        <v>53</v>
+      </c>
+      <c r="H211">
+        <v>2015</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>295</v>
+      </c>
+      <c r="K211" t="s">
+        <v>34</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1114</v>
+      </c>
+      <c r="M211" t="s">
+        <v>587</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C212" t="s">
+        <v>586</v>
+      </c>
+      <c r="D212" t="s">
+        <v>124</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>42</v>
+      </c>
+      <c r="G212" t="s">
+        <v>53</v>
+      </c>
+      <c r="H212">
+        <v>2011</v>
+      </c>
+      <c r="I212">
+        <v>2015</v>
+      </c>
+      <c r="J212" t="s">
+        <v>295</v>
+      </c>
+      <c r="K212" t="s">
+        <v>34</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1119</v>
+      </c>
+      <c r="M212" t="s">
+        <v>587</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1120</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C213" t="s">
+        <v>586</v>
+      </c>
+      <c r="D213" t="s">
+        <v>207</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>21</v>
+      </c>
+      <c r="G213" t="s">
+        <v>53</v>
+      </c>
+      <c r="H213">
+        <v>2015</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>295</v>
+      </c>
+      <c r="K213" t="s">
+        <v>34</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M213" t="s">
+        <v>587</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1125</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C214" t="s">
+        <v>586</v>
+      </c>
+      <c r="D214" t="s">
+        <v>791</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>42</v>
+      </c>
+      <c r="G214" t="s">
+        <v>53</v>
+      </c>
+      <c r="H214">
+        <v>2017</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>295</v>
+      </c>
+      <c r="K214" t="s">
+        <v>34</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M214" t="s">
+        <v>587</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C215" t="s">
+        <v>703</v>
+      </c>
+      <c r="D215" t="s">
+        <v>89</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>187</v>
+      </c>
+      <c r="G215" t="s">
+        <v>53</v>
+      </c>
+      <c r="H215">
+        <v>2019</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>136</v>
+      </c>
+      <c r="K215" t="s">
+        <v>34</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1134</v>
+      </c>
+      <c r="M215" t="s">
+        <v>704</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C216" t="s">
+        <v>703</v>
+      </c>
+      <c r="D216" t="s">
+        <v>89</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>187</v>
+      </c>
+      <c r="G216" t="s">
+        <v>53</v>
+      </c>
+      <c r="H216">
+        <v>2019</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>136</v>
+      </c>
+      <c r="K216" t="s">
+        <v>34</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1139</v>
+      </c>
+      <c r="M216" t="s">
+        <v>704</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1140</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C217" t="s">
+        <v>703</v>
+      </c>
+      <c r="D217" t="s">
+        <v>89</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>187</v>
+      </c>
+      <c r="G217" t="s">
+        <v>53</v>
+      </c>
+      <c r="H217">
+        <v>2019</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>136</v>
+      </c>
+      <c r="K217" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M217" t="s">
+        <v>704</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1144</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C218" t="s">
+        <v>703</v>
+      </c>
+      <c r="D218" t="s">
+        <v>89</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>187</v>
+      </c>
+      <c r="G218" t="s">
+        <v>53</v>
+      </c>
+      <c r="H218">
+        <v>2019</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>136</v>
+      </c>
+      <c r="K218" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M218" t="s">
+        <v>704</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1148</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C219" t="s">
+        <v>703</v>
+      </c>
+      <c r="D219" t="s">
+        <v>70</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>187</v>
+      </c>
+      <c r="G219" t="s">
+        <v>53</v>
+      </c>
+      <c r="H219">
+        <v>2019</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>136</v>
+      </c>
+      <c r="K219" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M219" t="s">
+        <v>704</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1152</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C220" t="s">
+        <v>158</v>
+      </c>
+      <c r="D220" t="s">
+        <v>89</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>187</v>
+      </c>
+      <c r="G220" t="s">
+        <v>53</v>
+      </c>
+      <c r="H220">
+        <v>2014</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>160</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>163</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C221" t="s">
+        <v>50</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>52</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>1982</v>
+      </c>
+      <c r="I221">
+        <v>2024</v>
+      </c>
+      <c r="J221" t="s">
+        <v>54</v>
+      </c>
+      <c r="K221" t="s">
         <v>24</v>
       </c>
-      <c r="N135" t="s">
-[...22 lines deleted...]
-      <c r="G136">
+      <c r="L221"/>
+      <c r="M221" t="s">
+        <v>1160</v>
+      </c>
+      <c r="N221" t="s">
+        <v>56</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1161</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D222" t="s">
+        <v>207</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>187</v>
+      </c>
+      <c r="G222" t="s">
+        <v>53</v>
+      </c>
+      <c r="H222">
+        <v>2015</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>136</v>
+      </c>
+      <c r="K222" t="s">
+        <v>34</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1167</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B223" t="s">
+        <v>514</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D223" t="s">
+        <v>70</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>42</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2015</v>
+      </c>
+      <c r="I223">
+        <v>2019</v>
+      </c>
+      <c r="J223" t="s">
+        <v>136</v>
+      </c>
+      <c r="K223" t="s">
+        <v>34</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B224" t="s">
+        <v>514</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D224" t="s">
+        <v>70</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>53</v>
+      </c>
+      <c r="H224">
+        <v>2015</v>
+      </c>
+      <c r="I224"/>
+      <c r="J224" t="s">
+        <v>136</v>
+      </c>
+      <c r="K224" t="s">
+        <v>34</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D225" t="s">
+        <v>89</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>187</v>
+      </c>
+      <c r="G225" t="s">
+        <v>53</v>
+      </c>
+      <c r="H225">
+        <v>2014</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>136</v>
+      </c>
+      <c r="K225" t="s">
+        <v>34</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1176</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B226" t="s">
+        <v>514</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D226" t="s">
+        <v>89</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>187</v>
+      </c>
+      <c r="G226" t="s">
+        <v>53</v>
+      </c>
+      <c r="H226">
+        <v>2014</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>136</v>
+      </c>
+      <c r="K226" t="s">
+        <v>34</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1178</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>187</v>
+      </c>
+      <c r="G227" t="s">
+        <v>53</v>
+      </c>
+      <c r="H227">
+        <v>2019</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>136</v>
+      </c>
+      <c r="K227" t="s">
+        <v>34</v>
+      </c>
+      <c r="L227"/>
+      <c r="M227" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1184</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D228" t="s">
+        <v>89</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>187</v>
+      </c>
+      <c r="G228" t="s">
+        <v>53</v>
+      </c>
+      <c r="H228">
+        <v>2019</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>136</v>
+      </c>
+      <c r="K228" t="s">
+        <v>34</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D229" t="s">
+        <v>89</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>187</v>
+      </c>
+      <c r="G229" t="s">
+        <v>53</v>
+      </c>
+      <c r="H229">
+        <v>2019</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>136</v>
+      </c>
+      <c r="K229" t="s">
+        <v>34</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D230" t="s">
+        <v>70</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>187</v>
+      </c>
+      <c r="G230" t="s">
+        <v>53</v>
+      </c>
+      <c r="H230">
+        <v>2019</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>136</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D231" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>187</v>
+      </c>
+      <c r="G231" t="s">
+        <v>53</v>
+      </c>
+      <c r="H231">
+        <v>2019</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>136</v>
+      </c>
+      <c r="K231" t="s">
+        <v>34</v>
+      </c>
+      <c r="L231"/>
+      <c r="M231" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D232" t="s">
+        <v>366</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>187</v>
+      </c>
+      <c r="G232" t="s">
+        <v>53</v>
+      </c>
+      <c r="H232">
+        <v>2019</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>136</v>
+      </c>
+      <c r="K232" t="s">
+        <v>34</v>
+      </c>
+      <c r="L232"/>
+      <c r="M232" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C233" t="s">
+        <v>737</v>
+      </c>
+      <c r="D233" t="s">
+        <v>89</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>180</v>
+      </c>
+      <c r="H233"/>
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>152</v>
+      </c>
+      <c r="K233" t="s">
+        <v>34</v>
+      </c>
+      <c r="L233"/>
+      <c r="M233" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C234" t="s">
+        <v>737</v>
+      </c>
+      <c r="D234" t="s">
+        <v>207</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234" t="s">
+        <v>180</v>
+      </c>
+      <c r="H234"/>
+      <c r="I234"/>
+      <c r="J234" t="s">
+        <v>152</v>
+      </c>
+      <c r="K234" t="s">
+        <v>34</v>
+      </c>
+      <c r="L234"/>
+      <c r="M234" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D235" t="s">
+        <v>169</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>170</v>
+      </c>
+      <c r="G235" t="s">
+        <v>53</v>
+      </c>
+      <c r="H235">
+        <v>2021</v>
+      </c>
+      <c r="I235"/>
+      <c r="J235" t="s">
+        <v>306</v>
+      </c>
+      <c r="K235" t="s">
+        <v>171</v>
+      </c>
+      <c r="L235" t="s">
+        <v>172</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1217</v>
+      </c>
+      <c r="N235" t="s">
+        <v>174</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D236" t="s">
+        <v>124</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>187</v>
+      </c>
+      <c r="G236" t="s">
+        <v>53</v>
+      </c>
+      <c r="H236">
+        <v>2011</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>515</v>
+      </c>
+      <c r="K236" t="s">
+        <v>34</v>
+      </c>
+      <c r="L236"/>
+      <c r="M236" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1224</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D237" t="s">
+        <v>899</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>21</v>
+      </c>
+      <c r="G237" t="s">
+        <v>53</v>
+      </c>
+      <c r="H237">
+        <v>2011</v>
+      </c>
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>152</v>
+      </c>
+      <c r="K237" t="s">
+        <v>34</v>
+      </c>
+      <c r="L237"/>
+      <c r="M237" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1228</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D238" t="s">
+        <v>89</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>53</v>
+      </c>
+      <c r="H238">
+        <v>2016</v>
+      </c>
+      <c r="I238"/>
+      <c r="J238" t="s">
+        <v>152</v>
+      </c>
+      <c r="K238" t="s">
+        <v>34</v>
+      </c>
+      <c r="L238"/>
+      <c r="M238" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1232</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D239" t="s">
+        <v>70</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" t="s">
+        <v>53</v>
+      </c>
+      <c r="H239">
+        <v>2016</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>515</v>
+      </c>
+      <c r="K239" t="s">
+        <v>34</v>
+      </c>
+      <c r="L239"/>
+      <c r="M239" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1236</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C240" t="s">
+        <v>226</v>
+      </c>
+      <c r="D240" t="s">
+        <v>378</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>21</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2000</v>
+      </c>
+      <c r="I240">
+        <v>2014</v>
+      </c>
+      <c r="J240" t="s">
+        <v>295</v>
+      </c>
+      <c r="K240" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1240</v>
+      </c>
+      <c r="M240" t="s">
+        <v>828</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1241</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C241" t="s">
+        <v>226</v>
+      </c>
+      <c r="D241" t="s">
+        <v>394</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>21</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>1997</v>
+      </c>
+      <c r="I241">
+        <v>2014</v>
+      </c>
+      <c r="J241" t="s">
+        <v>228</v>
+      </c>
+      <c r="K241" t="s">
+        <v>34</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1245</v>
+      </c>
+      <c r="M241" t="s">
+        <v>828</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1246</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C242" t="s">
+        <v>226</v>
+      </c>
+      <c r="D242" t="s">
+        <v>637</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>187</v>
+      </c>
+      <c r="G242" t="s">
+        <v>53</v>
+      </c>
+      <c r="H242">
+        <v>2011</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>295</v>
+      </c>
+      <c r="K242" t="s">
+        <v>410</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1250</v>
+      </c>
+      <c r="M242" t="s">
+        <v>828</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1251</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C243" t="s">
+        <v>226</v>
+      </c>
+      <c r="D243" t="s">
+        <v>378</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>187</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>1994</v>
+      </c>
+      <c r="I243">
+        <v>2014</v>
+      </c>
+      <c r="J243" t="s">
+        <v>295</v>
+      </c>
+      <c r="K243" t="s">
+        <v>34</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1255</v>
+      </c>
+      <c r="M243" t="s">
+        <v>828</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1256</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C244" t="s">
+        <v>226</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>187</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
+        <v>2002</v>
+      </c>
+      <c r="I244">
+        <v>2007</v>
+      </c>
+      <c r="J244" t="s">
+        <v>228</v>
+      </c>
+      <c r="K244" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1261</v>
+      </c>
+      <c r="M244" t="s">
+        <v>828</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1262</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C245" t="s">
+        <v>226</v>
+      </c>
+      <c r="D245" t="s">
+        <v>70</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>187</v>
+      </c>
+      <c r="G245" t="s">
+        <v>53</v>
+      </c>
+      <c r="H245">
+        <v>2012</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>295</v>
+      </c>
+      <c r="K245" t="s">
+        <v>34</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1266</v>
+      </c>
+      <c r="M245" t="s">
+        <v>828</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1267</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C246" t="s">
+        <v>226</v>
+      </c>
+      <c r="D246" t="s">
+        <v>366</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>21</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
         <v>2010</v>
       </c>
-      <c r="H136"/>
-[...10 lines deleted...]
-      <c r="M136" t="s">
+      <c r="I246">
+        <v>2016</v>
+      </c>
+      <c r="J246" t="s">
+        <v>228</v>
+      </c>
+      <c r="K246" t="s">
+        <v>34</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1271</v>
+      </c>
+      <c r="M246" t="s">
+        <v>828</v>
+      </c>
+      <c r="N246" t="s">
+        <v>36</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1272</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C247" t="s">
+        <v>226</v>
+      </c>
+      <c r="D247" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247">
+        <v>2008</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>228</v>
+      </c>
+      <c r="K247" t="s">
+        <v>34</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1277</v>
+      </c>
+      <c r="M247" t="s">
+        <v>828</v>
+      </c>
+      <c r="N247" t="s">
+        <v>36</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C248" t="s">
+        <v>226</v>
+      </c>
+      <c r="D248" t="s">
+        <v>89</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>187</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>1995</v>
+      </c>
+      <c r="I248">
+        <v>2008</v>
+      </c>
+      <c r="J248" t="s">
+        <v>295</v>
+      </c>
+      <c r="K248" t="s">
+        <v>34</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1282</v>
+      </c>
+      <c r="M248" t="s">
+        <v>828</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C249" t="s">
+        <v>226</v>
+      </c>
+      <c r="D249" t="s">
+        <v>947</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>187</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2008</v>
+      </c>
+      <c r="I249">
+        <v>2014</v>
+      </c>
+      <c r="J249" t="s">
+        <v>228</v>
+      </c>
+      <c r="K249" t="s">
+        <v>34</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1287</v>
+      </c>
+      <c r="M249" t="s">
+        <v>828</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1288</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C250" t="s">
+        <v>226</v>
+      </c>
+      <c r="D250" t="s">
+        <v>89</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>187</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>1995</v>
+      </c>
+      <c r="I250">
+        <v>2010</v>
+      </c>
+      <c r="J250" t="s">
+        <v>319</v>
+      </c>
+      <c r="K250" t="s">
+        <v>34</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1292</v>
+      </c>
+      <c r="M250" t="s">
+        <v>828</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C251" t="s">
+        <v>226</v>
+      </c>
+      <c r="D251" t="s">
+        <v>461</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>187</v>
+      </c>
+      <c r="G251" t="s">
+        <v>53</v>
+      </c>
+      <c r="H251">
+        <v>2013</v>
+      </c>
+      <c r="I251"/>
+      <c r="J251" t="s">
+        <v>228</v>
+      </c>
+      <c r="K251" t="s">
+        <v>410</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M251" t="s">
+        <v>828</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1298</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C252" t="s">
+        <v>226</v>
+      </c>
+      <c r="D252" t="s">
+        <v>89</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>187</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>1995</v>
+      </c>
+      <c r="I252">
+        <v>2016</v>
+      </c>
+      <c r="J252" t="s">
+        <v>228</v>
+      </c>
+      <c r="K252" t="s">
+        <v>34</v>
+      </c>
+      <c r="L252"/>
+      <c r="M252" t="s">
+        <v>828</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1302</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C253" t="s">
+        <v>226</v>
+      </c>
+      <c r="D253" t="s">
+        <v>471</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>53</v>
+      </c>
+      <c r="H253">
+        <v>2012</v>
+      </c>
+      <c r="I253"/>
+      <c r="J253" t="s">
+        <v>295</v>
+      </c>
+      <c r="K253" t="s">
+        <v>34</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1306</v>
+      </c>
+      <c r="M253" t="s">
+        <v>828</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1307</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C254" t="s">
+        <v>226</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>187</v>
+      </c>
+      <c r="G254" t="s">
+        <v>53</v>
+      </c>
+      <c r="H254">
+        <v>2014</v>
+      </c>
+      <c r="I254"/>
+      <c r="J254" t="s">
+        <v>295</v>
+      </c>
+      <c r="K254" t="s">
+        <v>34</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1311</v>
+      </c>
+      <c r="M254" t="s">
+        <v>828</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1312</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>53</v>
+      </c>
+      <c r="H255">
+        <v>2016</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>71</v>
+      </c>
+      <c r="K255" t="s">
+        <v>34</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>1318</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1319</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>42</v>
+      </c>
+      <c r="G256" t="s">
+        <v>53</v>
+      </c>
+      <c r="H256">
+        <v>2017</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>71</v>
+      </c>
+      <c r="K256" t="s">
         <v>24</v>
       </c>
-      <c r="N136" t="s">
-[...10 lines deleted...]
-      <c r="C137" t="s">
+      <c r="L256"/>
+      <c r="M256" t="s">
+        <v>1318</v>
+      </c>
+      <c r="N256" t="s">
+        <v>36</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1324</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>42</v>
+      </c>
+      <c r="G257" t="s">
+        <v>22</v>
+      </c>
+      <c r="H257">
+        <v>2009</v>
+      </c>
+      <c r="I257">
+        <v>2016</v>
+      </c>
+      <c r="J257" t="s">
+        <v>33</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257"/>
+      <c r="M257" t="s">
+        <v>1050</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1328</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B258" t="s">
+        <v>514</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D258" t="s">
+        <v>124</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>187</v>
+      </c>
+      <c r="G258" t="s">
+        <v>53</v>
+      </c>
+      <c r="H258">
+        <v>2010</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>136</v>
+      </c>
+      <c r="K258" t="s">
+        <v>34</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C259" t="s">
+        <v>206</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>187</v>
+      </c>
+      <c r="G259" t="s">
+        <v>53</v>
+      </c>
+      <c r="H259">
+        <v>2016</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>1335</v>
+      </c>
+      <c r="K259" t="s">
+        <v>34</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>1336</v>
+      </c>
+      <c r="N259" t="s">
+        <v>36</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1337</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B260" t="s">
+        <v>682</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D260" t="s">
+        <v>169</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>170</v>
+      </c>
+      <c r="G260" t="s">
+        <v>53</v>
+      </c>
+      <c r="H260">
+        <v>2017</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>1341</v>
+      </c>
+      <c r="K260" t="s">
+        <v>34</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1342</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1343</v>
+      </c>
+      <c r="N260" t="s">
+        <v>174</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1344</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D261" t="s">
+        <v>169</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>170</v>
+      </c>
+      <c r="G261" t="s">
+        <v>53</v>
+      </c>
+      <c r="H261">
+        <v>2020</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>1341</v>
+      </c>
+      <c r="K261" t="s">
+        <v>34</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1342</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1343</v>
+      </c>
+      <c r="N261" t="s">
+        <v>174</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1348</v>
+      </c>
+      <c r="P261"/>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B262" t="s">
+        <v>167</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D262" t="s">
+        <v>169</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>170</v>
+      </c>
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
+        <v>2016</v>
+      </c>
+      <c r="I262">
+        <v>2017</v>
+      </c>
+      <c r="J262" t="s">
+        <v>152</v>
+      </c>
+      <c r="K262" t="s">
+        <v>171</v>
+      </c>
+      <c r="L262" t="s">
+        <v>172</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N262" t="s">
+        <v>174</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D263" t="s">
+        <v>70</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>53</v>
+      </c>
+      <c r="H263">
+        <v>2011</v>
+      </c>
+      <c r="I263"/>
+      <c r="J263" t="s">
+        <v>136</v>
+      </c>
+      <c r="K263" t="s">
+        <v>34</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1357</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1358</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1359</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D264" t="s">
+        <v>107</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2009</v>
+      </c>
+      <c r="I264">
+        <v>2011</v>
+      </c>
+      <c r="J264" t="s">
+        <v>136</v>
+      </c>
+      <c r="K264" t="s">
+        <v>34</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1363</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1358</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1364</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D265" t="s">
+        <v>242</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>187</v>
+      </c>
+      <c r="G265" t="s">
+        <v>53</v>
+      </c>
+      <c r="H265">
+        <v>2007</v>
+      </c>
+      <c r="I265"/>
+      <c r="J265" t="s">
+        <v>136</v>
+      </c>
+      <c r="K265" t="s">
+        <v>34</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1368</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1358</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1369</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D266" t="s">
+        <v>899</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" t="s">
+        <v>53</v>
+      </c>
+      <c r="H266">
+        <v>2007</v>
+      </c>
+      <c r="I266"/>
+      <c r="J266" t="s">
+        <v>136</v>
+      </c>
+      <c r="K266" t="s">
+        <v>34</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1358</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D267" t="s">
+        <v>89</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" t="s">
+        <v>53</v>
+      </c>
+      <c r="H267">
+        <v>2009</v>
+      </c>
+      <c r="I267"/>
+      <c r="J267" t="s">
+        <v>136</v>
+      </c>
+      <c r="K267" t="s">
+        <v>34</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1378</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1358</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1379</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D268" t="s">
+        <v>242</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+      <c r="H268">
+        <v>2014</v>
+      </c>
+      <c r="I268">
+        <v>2018</v>
+      </c>
+      <c r="J268" t="s">
+        <v>136</v>
+      </c>
+      <c r="K268" t="s">
+        <v>34</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1358</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1384</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D269" t="s">
         <v>502</v>
       </c>
-      <c r="D137" t="s">
-[...36 lines deleted...]
-      <c r="C138" t="s">
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>53</v>
+      </c>
+      <c r="H269">
+        <v>2011</v>
+      </c>
+      <c r="I269"/>
+      <c r="J269" t="s">
+        <v>515</v>
+      </c>
+      <c r="K269" t="s">
+        <v>34</v>
+      </c>
+      <c r="L269"/>
+      <c r="M269" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1390</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D270" t="s">
+        <v>502</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" t="s">
+        <v>53</v>
+      </c>
+      <c r="H270">
+        <v>2011</v>
+      </c>
+      <c r="I270"/>
+      <c r="J270" t="s">
+        <v>515</v>
+      </c>
+      <c r="K270" t="s">
+        <v>34</v>
+      </c>
+      <c r="L270"/>
+      <c r="M270" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1394</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D271" t="s">
+        <v>539</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>187</v>
+      </c>
+      <c r="G271" t="s">
+        <v>53</v>
+      </c>
+      <c r="H271">
+        <v>2011</v>
+      </c>
+      <c r="I271"/>
+      <c r="J271" t="s">
+        <v>515</v>
+      </c>
+      <c r="K271" t="s">
+        <v>34</v>
+      </c>
+      <c r="L271"/>
+      <c r="M271" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1398</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D272" t="s">
+        <v>366</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>53</v>
+      </c>
+      <c r="H272">
+        <v>2011</v>
+      </c>
+      <c r="I272"/>
+      <c r="J272" t="s">
+        <v>152</v>
+      </c>
+      <c r="K272" t="s">
+        <v>34</v>
+      </c>
+      <c r="L272"/>
+      <c r="M272" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N272" t="s">
+        <v>36</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1402</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B273" t="s">
+        <v>212</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D273" t="s">
+        <v>169</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>170</v>
+      </c>
+      <c r="G273" t="s">
+        <v>53</v>
+      </c>
+      <c r="H273">
+        <v>2021</v>
+      </c>
+      <c r="I273"/>
+      <c r="J273" t="s">
+        <v>553</v>
+      </c>
+      <c r="K273" t="s">
+        <v>171</v>
+      </c>
+      <c r="L273" t="s">
+        <v>172</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N273" t="s">
+        <v>174</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1405</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D274" t="s">
+        <v>70</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>187</v>
+      </c>
+      <c r="G274" t="s">
+        <v>53</v>
+      </c>
+      <c r="H274">
+        <v>2011</v>
+      </c>
+      <c r="I274"/>
+      <c r="J274" t="s">
+        <v>152</v>
+      </c>
+      <c r="K274" t="s">
+        <v>34</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1409</v>
+      </c>
+      <c r="M274" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N274" t="s">
+        <v>36</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1410</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C275" t="s">
+        <v>797</v>
+      </c>
+      <c r="D275" t="s">
         <v>124</v>
       </c>
-      <c r="D138" t="s">
-[...97 lines deleted...]
-      <c r="H140">
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" t="s">
+        <v>22</v>
+      </c>
+      <c r="H275">
         <v>2010</v>
       </c>
-      <c r="I140" t="s">
-[...331 lines deleted...]
-      <c r="G148">
+      <c r="I275">
+        <v>2014</v>
+      </c>
+      <c r="J275" t="s">
+        <v>295</v>
+      </c>
+      <c r="K275" t="s">
+        <v>34</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1414</v>
+      </c>
+      <c r="M275" t="s">
+        <v>801</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1415</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C276" t="s">
+        <v>797</v>
+      </c>
+      <c r="D276" t="s">
+        <v>107</v>
+      </c>
+      <c r="E276" t="s">
+        <v>20</v>
+      </c>
+      <c r="F276" t="s">
+        <v>187</v>
+      </c>
+      <c r="G276" t="s">
+        <v>53</v>
+      </c>
+      <c r="H276">
+        <v>2014</v>
+      </c>
+      <c r="I276"/>
+      <c r="J276" t="s">
+        <v>295</v>
+      </c>
+      <c r="K276" t="s">
+        <v>34</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1419</v>
+      </c>
+      <c r="M276" t="s">
+        <v>801</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1420</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C277" t="s">
+        <v>797</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E277" t="s">
+        <v>20</v>
+      </c>
+      <c r="F277" t="s">
+        <v>187</v>
+      </c>
+      <c r="G277" t="s">
+        <v>22</v>
+      </c>
+      <c r="H277">
         <v>2012</v>
       </c>
-      <c r="H148"/>
-[...330 lines deleted...]
-      <c r="G156">
+      <c r="I277">
         <v>2014</v>
       </c>
-      <c r="H156">
-[...428 lines deleted...]
-      <c r="G166">
+      <c r="J277" t="s">
+        <v>295</v>
+      </c>
+      <c r="K277" t="s">
+        <v>34</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1425</v>
+      </c>
+      <c r="M277" t="s">
+        <v>801</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C278" t="s">
+        <v>797</v>
+      </c>
+      <c r="D278" t="s">
+        <v>502</v>
+      </c>
+      <c r="E278" t="s">
+        <v>20</v>
+      </c>
+      <c r="F278" t="s">
+        <v>21</v>
+      </c>
+      <c r="G278" t="s">
+        <v>22</v>
+      </c>
+      <c r="H278">
         <v>2012</v>
       </c>
-      <c r="H166">
-[...1007 lines deleted...]
-      <c r="H190">
+      <c r="I278">
         <v>2014</v>
       </c>
-      <c r="I190" t="s">
-[...1798 lines deleted...]
-      <c r="L233" t="s">
+      <c r="J278" t="s">
+        <v>295</v>
+      </c>
+      <c r="K278" t="s">
+        <v>34</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1430</v>
+      </c>
+      <c r="M278" t="s">
         <v>801</v>
       </c>
-      <c r="M233" t="s">
-[...1893 lines deleted...]
-      </c>
       <c r="N278" t="s">
-        <v>940</v>
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1431</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1432</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>