--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1439">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -227,72 +227,78 @@
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -300,92 +306,92 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
@@ -624,65 +630,50 @@
   <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
     <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
   </si>
   <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
     <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...13 lines deleted...]
-  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
     <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
     <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
   </si>
   <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
@@ -1064,50 +1055,53 @@
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
     <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
@@ -1506,51 +1500,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -2449,53 +2443,50 @@
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
     <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -2528,50 +2519,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
@@ -3179,50 +3179,53 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
 The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
     <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
     <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
   </si>
   <si>
@@ -3297,50 +3300,62 @@
   <si>
     <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
   </si>
   <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
     <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
     <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
   </si>
   <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
@@ -3951,50 +3966,53 @@
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
@@ -4218,51 +4236,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
     <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
@@ -4790,65 +4808,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P278"/>
+  <dimension ref="A1:P279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -5132,12988 +5150,13032 @@
       </c>
       <c r="P6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>68</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
         <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>42</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
         <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>42</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
         <v>2017</v>
       </c>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>42</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2003</v>
       </c>
       <c r="I10">
         <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2003</v>
       </c>
       <c r="I11">
         <v>2023</v>
       </c>
       <c r="J11" t="s">
         <v>63</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>61</v>
       </c>
       <c r="D12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H12">
         <v>2003</v>
       </c>
       <c r="I12">
         <v>2006</v>
       </c>
       <c r="J12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
         <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="P13" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>61</v>
       </c>
       <c r="D14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>53</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N14" t="s">
         <v>36</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
         <v>61</v>
       </c>
       <c r="D15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="M15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16">
         <v>2020</v>
       </c>
       <c r="J16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="H17">
         <v>2018</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>42</v>
       </c>
       <c r="G18" t="s">
         <v>53</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P18" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>42</v>
       </c>
       <c r="G19" t="s">
         <v>53</v>
       </c>
       <c r="H19">
         <v>2010</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
         <v>53</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D21" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>42</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C22" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>42</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="L22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P22" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B23" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C23" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D23" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2016</v>
       </c>
       <c r="J23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K23" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="L23" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M23" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="N23" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="O23" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P23" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B24" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C24" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>54</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N24" t="s">
         <v>56</v>
       </c>
       <c r="O24" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P24" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D25" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G25" t="s">
         <v>53</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="P25" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D26" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>42</v>
       </c>
       <c r="G26" t="s">
         <v>53</v>
       </c>
       <c r="H26">
         <v>2020</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="P26" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>203</v>
       </c>
       <c r="D27" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
       <c r="J27" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>163</v>
+        <v>205</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="P27" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B28" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C28" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D28" t="s">
-        <v>207</v>
+        <v>171</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H28">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>152</v>
+        <v>211</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L28"/>
+        <v>173</v>
+      </c>
+      <c r="L28" t="s">
+        <v>174</v>
+      </c>
       <c r="M28" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="N28" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="O28" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="P28" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B29" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C29" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D29" t="s">
-        <v>169</v>
+        <v>51</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>170</v>
+        <v>52</v>
       </c>
       <c r="G29" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>214</v>
+        <v>54</v>
       </c>
       <c r="K29" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="N29" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="O29" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="P29" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B30" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C30" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D30" t="s">
-        <v>51</v>
+        <v>224</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>54</v>
+        <v>225</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="N30" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="P30" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B31" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C31" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D31" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="N31" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="O31" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="P31" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B32" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C32" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="D32" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="H32"/>
+        <v>53</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>228</v>
+        <v>154</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="N32" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="P32" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B33" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C33" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D33" t="s">
-        <v>242</v>
+        <v>70</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>53</v>
       </c>
       <c r="H33">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="P33" t="s">
         <v>245</v>
       </c>
+      <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>246</v>
       </c>
       <c r="B34" t="s">
         <v>247</v>
       </c>
       <c r="C34" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D34" t="s">
-        <v>70</v>
+        <v>248</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G34" t="s">
         <v>53</v>
       </c>
       <c r="H34">
         <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" t="s">
+        <v>249</v>
+      </c>
       <c r="M34" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P34"/>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B35" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C35" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D35" t="s">
-        <v>251</v>
+        <v>171</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="G35" t="s">
-        <v>53</v>
+        <v>253</v>
       </c>
       <c r="H35">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>136</v>
+        <v>254</v>
       </c>
       <c r="K35" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="L35" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="M35" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="N35" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="O35" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="P35"/>
+        <v>258</v>
+      </c>
+      <c r="P35" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B36" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C36" t="s">
-        <v>241</v>
+        <v>61</v>
       </c>
       <c r="D36" t="s">
-        <v>169</v>
+        <v>262</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>256</v>
+        <v>53</v>
       </c>
       <c r="H36">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>257</v>
+        <v>72</v>
       </c>
       <c r="K36" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="M36" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="N36" t="s">
-        <v>260</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="P36" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B37" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C37" t="s">
         <v>61</v>
       </c>
       <c r="D37" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>53</v>
       </c>
       <c r="H37">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="M37" t="s">
-        <v>267</v>
+        <v>65</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="P37" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B38" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C38" t="s">
         <v>61</v>
       </c>
       <c r="D38" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="M38" t="s">
         <v>65</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="P38" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B39" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>61</v>
+        <v>281</v>
       </c>
       <c r="D39" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G39" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H39">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2016</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
       <c r="J39" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K39" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>65</v>
+        <v>284</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="P39" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B40" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C40" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="D40" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>291</v>
       </c>
       <c r="H40">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I40">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="J40" t="s">
-        <v>71</v>
+        <v>292</v>
       </c>
       <c r="K40" t="s">
-        <v>286</v>
+        <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="P40" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="B41" t="s">
+        <v>297</v>
+      </c>
+      <c r="C41" t="s">
+        <v>289</v>
+      </c>
+      <c r="D41" t="s">
+        <v>298</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>189</v>
+      </c>
+      <c r="G41" t="s">
         <v>291</v>
       </c>
-      <c r="C41" t="s">
+      <c r="H41">
+        <v>2018</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>292</v>
-      </c>
-[...19 lines deleted...]
-        <v>295</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="P41" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B42" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C42" t="s">
-        <v>292</v>
+        <v>170</v>
       </c>
       <c r="D42" t="s">
-        <v>301</v>
+        <v>171</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="G42" t="s">
-        <v>294</v>
+        <v>53</v>
       </c>
       <c r="H42">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="K42" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L42"/>
+        <v>173</v>
+      </c>
+      <c r="L42" t="s">
+        <v>174</v>
+      </c>
       <c r="M42" t="s">
-        <v>296</v>
+        <v>175</v>
       </c>
       <c r="N42" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="O42" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="P42"/>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B43" t="s">
-        <v>305</v>
+        <v>244</v>
       </c>
       <c r="C43" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="D43" t="s">
-        <v>169</v>
+        <v>306</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="G43" t="s">
         <v>53</v>
       </c>
       <c r="H43">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>306</v>
+        <v>138</v>
       </c>
       <c r="K43" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>172</v>
+        <v>307</v>
       </c>
       <c r="M43" t="s">
-        <v>173</v>
+        <v>240</v>
       </c>
       <c r="N43" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P43"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B44" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="C44" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="D44" t="s">
-        <v>309</v>
+        <v>248</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>53</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>310</v>
+        <v>249</v>
       </c>
       <c r="M44" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>311</v>
       </c>
-      <c r="P44"/>
+      <c r="P44" t="s">
+        <v>312</v>
+      </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B45" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C45" t="s">
-        <v>213</v>
+        <v>315</v>
       </c>
       <c r="D45" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>53</v>
       </c>
       <c r="H45">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>136</v>
+        <v>316</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
-      <c r="L45" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L45"/>
+      <c r="M45"/>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="P45" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B46" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C46" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D46" t="s">
-        <v>124</v>
+        <v>322</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G46" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I46"/>
+        <v>2019</v>
+      </c>
+      <c r="I46">
+        <v>2019</v>
+      </c>
       <c r="J46" t="s">
-        <v>319</v>
+        <v>154</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
-      <c r="L46"/>
-      <c r="M46"/>
+      <c r="L46" t="s">
+        <v>323</v>
+      </c>
+      <c r="M46" t="s">
+        <v>324</v>
+      </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="P46" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B47" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C47" t="s">
-        <v>324</v>
+        <v>217</v>
       </c>
       <c r="D47" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H47">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>152</v>
+        <v>54</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
-      <c r="L47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="N47" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="O47" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="P47" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B48" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C48" t="s">
-        <v>220</v>
+        <v>335</v>
       </c>
       <c r="D48" t="s">
-        <v>332</v>
+        <v>126</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="G48" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H48">
+        <v>2006</v>
+      </c>
+      <c r="I48">
         <v>2022</v>
       </c>
-      <c r="I48"/>
       <c r="J48" t="s">
-        <v>54</v>
+        <v>292</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="N48" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="P48" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B49" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C49" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D49" t="s">
-        <v>124</v>
+        <v>341</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>42</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2006</v>
+        <v>1984</v>
       </c>
       <c r="I49">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="J49" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
-      <c r="L49"/>
+      <c r="L49" t="s">
+        <v>342</v>
+      </c>
       <c r="M49" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="P49" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B50" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C50" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D50" t="s">
-        <v>201</v>
+        <v>91</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>42</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1984</v>
+        <v>2008</v>
       </c>
       <c r="I50">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J50" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="M50" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="P50" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B51" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C51" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D51" t="s">
-        <v>89</v>
+        <v>352</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>42</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2008</v>
       </c>
       <c r="I51">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J51" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="M51" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="P51" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B52" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C52" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D52" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>42</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I52">
         <v>2021</v>
       </c>
       <c r="J52" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="M52" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="P52" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B53" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C53" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D53" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>42</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H53">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I53">
         <v>2021</v>
       </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="M53" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="P53" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B54" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C54" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D54" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>42</v>
       </c>
       <c r="G54" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H54">
+        <v>2008</v>
+      </c>
+      <c r="I54">
         <v>2021</v>
       </c>
-      <c r="I54"/>
       <c r="J54" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="M54" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="P54" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B55" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C55" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D55" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>42</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I55">
         <v>2021</v>
       </c>
       <c r="J55" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="M55" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="P55" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B56" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C56" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D56" t="s">
-        <v>378</v>
+        <v>70</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>42</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="I56">
         <v>2021</v>
       </c>
       <c r="J56" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="M56" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="P56" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B57" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C57" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D57" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>42</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="I57">
         <v>2021</v>
       </c>
       <c r="J57" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="M57" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="P57" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B58" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C58" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D58" t="s">
-        <v>129</v>
+        <v>392</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>42</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I58">
         <v>2021</v>
       </c>
       <c r="J58" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="M58" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="P58" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B59" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C59" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D59" t="s">
-        <v>394</v>
+        <v>108</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>42</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I59">
         <v>2021</v>
       </c>
       <c r="J59" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K59" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="L59" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="M59" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N59" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="O59" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="P59" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B60" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C60" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D60" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>42</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I60">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J60" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K60" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="L60" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="M60" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N60" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="P60" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D61" t="s">
-        <v>124</v>
+        <v>352</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>42</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I61">
         <v>2022</v>
       </c>
       <c r="J61" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K61" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="L61" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="M61" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="P61" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B62" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C62" t="s">
-        <v>338</v>
+        <v>414</v>
       </c>
       <c r="D62" t="s">
-        <v>354</v>
+        <v>204</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="I62">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="J62" t="s">
-        <v>295</v>
+        <v>415</v>
       </c>
       <c r="K62" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>339</v>
+        <v>416</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="P62" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>419</v>
+      </c>
+      <c r="B63" t="s">
+        <v>420</v>
+      </c>
+      <c r="C63" t="s">
         <v>414</v>
       </c>
-      <c r="B63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2001</v>
       </c>
       <c r="I63">
         <v>2015</v>
       </c>
       <c r="J63" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="P63" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B64" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C64" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D64" t="s">
-        <v>207</v>
+        <v>70</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2001</v>
       </c>
       <c r="I64">
         <v>2015</v>
       </c>
       <c r="J64" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="P64" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B65" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C65" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D65" t="s">
         <v>70</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2001</v>
       </c>
       <c r="I65">
         <v>2015</v>
       </c>
       <c r="J65" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="P65" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B66" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C66" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D66" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I66">
         <v>2015</v>
       </c>
       <c r="J66" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
-      <c r="L66"/>
+      <c r="L66" t="s">
+        <v>433</v>
+      </c>
       <c r="M66" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="P66" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B67" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C67" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D67" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2000</v>
       </c>
       <c r="I67">
         <v>2015</v>
       </c>
       <c r="J67" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="P67" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B68" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C68" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D68" t="s">
-        <v>124</v>
+        <v>364</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I68">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J68" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N68" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O68" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="P68" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B69" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C69" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D69" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>1996</v>
       </c>
       <c r="I69">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J69" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N69" t="s">
         <v>36</v>
       </c>
       <c r="O69" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="P69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D70" t="s">
-        <v>366</v>
+        <v>91</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>1996</v>
       </c>
       <c r="I70">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J70" t="s">
-        <v>417</v>
+        <v>154</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
-      <c r="L70"/>
+      <c r="L70" t="s">
+        <v>450</v>
+      </c>
       <c r="M70" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N70" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="P70" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B71" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="C71" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D71" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>1996</v>
       </c>
       <c r="I71">
         <v>2019</v>
       </c>
       <c r="J71" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="M71" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="P71" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B72" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C72" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D72" t="s">
-        <v>89</v>
+        <v>459</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>1996</v>
       </c>
       <c r="I72">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J72" t="s">
-        <v>152</v>
+        <v>415</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="M72" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="P72" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>463</v>
+      </c>
+      <c r="B73" t="s">
+        <v>464</v>
+      </c>
+      <c r="C73" t="s">
+        <v>414</v>
+      </c>
+      <c r="D73" t="s">
         <v>459</v>
       </c>
-      <c r="B73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>1996</v>
       </c>
       <c r="I73">
         <v>2017</v>
       </c>
       <c r="J73" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
-      <c r="L73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="P73" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B74" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C74" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D74" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I74">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J74" t="s">
-        <v>417</v>
+        <v>154</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="P74" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
+        <v>467</v>
+      </c>
+      <c r="B75" t="s">
+        <v>472</v>
+      </c>
+      <c r="C75" t="s">
+        <v>414</v>
+      </c>
+      <c r="D75" t="s">
         <v>469</v>
-      </c>
-[...7 lines deleted...]
-        <v>471</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2016</v>
       </c>
       <c r="I75">
         <v>2020</v>
       </c>
       <c r="J75" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P75" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>475</v>
+      </c>
+      <c r="B76" t="s">
+        <v>476</v>
+      </c>
+      <c r="C76" t="s">
+        <v>414</v>
+      </c>
+      <c r="D76" t="s">
         <v>469</v>
       </c>
-      <c r="B76" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H76">
         <v>2016</v>
       </c>
-      <c r="I76">
-[...1 lines deleted...]
-      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>152</v>
+        <v>415</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="P76" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B77" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C77" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D77" t="s">
-        <v>471</v>
+        <v>126</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>42</v>
       </c>
       <c r="G77" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H77">
         <v>2016</v>
       </c>
-      <c r="I77"/>
+      <c r="I77">
+        <v>2020</v>
+      </c>
       <c r="J77" t="s">
-        <v>417</v>
+        <v>154</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="P77" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B78" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C78" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D78" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>42</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2016</v>
       </c>
       <c r="I78">
         <v>2020</v>
       </c>
       <c r="J78" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="P78" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="B79" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C79" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D79" t="s">
-        <v>124</v>
+        <v>341</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H79">
         <v>2016</v>
       </c>
-      <c r="I79">
-[...1 lines deleted...]
-      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>152</v>
+        <v>415</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="P79" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B80" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C80" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D80" t="s">
-        <v>201</v>
+        <v>341</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>53</v>
       </c>
       <c r="H80">
         <v>2016</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="P80" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B81" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C81" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D81" t="s">
-        <v>201</v>
+        <v>341</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G81" t="s">
         <v>53</v>
       </c>
       <c r="H81">
         <v>2016</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="P81" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B82" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C82" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D82" t="s">
-        <v>201</v>
+        <v>500</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H82">
+        <v>2000</v>
+      </c>
+      <c r="I82">
         <v>2016</v>
       </c>
-      <c r="I82"/>
       <c r="J82" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="P82" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
+        <v>503</v>
+      </c>
+      <c r="B83" t="s">
+        <v>504</v>
+      </c>
+      <c r="C83" t="s">
+        <v>414</v>
+      </c>
+      <c r="D83" t="s">
         <v>500</v>
       </c>
-      <c r="B83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2000</v>
       </c>
       <c r="I83">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J83" t="s">
-        <v>417</v>
+        <v>154</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="P83" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B84" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C84" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D84" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>42</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I84">
         <v>2020</v>
       </c>
       <c r="J84" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="P84" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B85" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C85" t="s">
-        <v>416</v>
+        <v>315</v>
       </c>
       <c r="D85" t="s">
-        <v>502</v>
+        <v>70</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H85">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I85"/>
       <c r="J85" t="s">
-        <v>152</v>
+        <v>513</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>514</v>
+      </c>
       <c r="M85" t="s">
-        <v>418</v>
+        <v>515</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="P85" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
+        <v>518</v>
+      </c>
+      <c r="B86" t="s">
+        <v>519</v>
+      </c>
+      <c r="C86" t="s">
+        <v>520</v>
+      </c>
+      <c r="D86" t="s">
+        <v>521</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>42</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1996</v>
+      </c>
+      <c r="I86">
+        <v>2017</v>
+      </c>
+      <c r="J86" t="s">
         <v>513</v>
       </c>
-      <c r="B86" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="M86" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="P86" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
+        <v>526</v>
+      </c>
+      <c r="B87" t="s">
+        <v>512</v>
+      </c>
+      <c r="C87" t="s">
         <v>520</v>
       </c>
-      <c r="B87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>523</v>
+        <v>306</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>1996</v>
       </c>
       <c r="I87">
         <v>2017</v>
       </c>
       <c r="J87" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
-      <c r="L87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
+        <v>523</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>527</v>
+      </c>
+      <c r="P87" t="s">
         <v>525</v>
-      </c>
-[...7 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>528</v>
       </c>
       <c r="B88" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C88" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="D88" t="s">
-        <v>309</v>
+        <v>91</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H88">
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="I88">
         <v>2017</v>
       </c>
+      <c r="I88"/>
       <c r="J88" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
         <v>529</v>
       </c>
       <c r="P88" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>530</v>
       </c>
       <c r="B89" t="s">
-        <v>514</v>
+        <v>531</v>
       </c>
       <c r="C89" t="s">
-        <v>522</v>
+        <v>203</v>
       </c>
       <c r="D89" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H89">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I89"/>
+        <v>2016</v>
+      </c>
+      <c r="I89">
+        <v>2018</v>
+      </c>
       <c r="J89" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
-      <c r="L89"/>
+      <c r="L89" t="s">
+        <v>532</v>
+      </c>
       <c r="M89" t="s">
-        <v>525</v>
+        <v>205</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="P89" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B90" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C90" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D90" t="s">
-        <v>124</v>
+        <v>537</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2016</v>
       </c>
       <c r="I90">
         <v>2018</v>
       </c>
       <c r="J90" t="s">
-        <v>515</v>
+        <v>415</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="M90" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="P90" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B91" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C91" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D91" t="s">
-        <v>539</v>
+        <v>500</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2016</v>
       </c>
       <c r="I91">
         <v>2018</v>
       </c>
       <c r="J91" t="s">
-        <v>417</v>
+        <v>154</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
-      <c r="L91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="P91" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B92" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C92" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D92" t="s">
-        <v>502</v>
+        <v>91</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2016</v>
       </c>
       <c r="I92">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J92" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="P92" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B93" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C93" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D93" t="s">
-        <v>89</v>
+        <v>171</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G93" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H93">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>152</v>
+        <v>551</v>
       </c>
       <c r="K93" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L93"/>
+        <v>173</v>
+      </c>
+      <c r="L93" t="s">
+        <v>552</v>
+      </c>
       <c r="M93" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="N93" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="O93" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="P93" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B94" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C94" t="s">
-        <v>206</v>
+        <v>557</v>
       </c>
       <c r="D94" t="s">
-        <v>169</v>
+        <v>126</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>53</v>
       </c>
       <c r="H94">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>553</v>
+        <v>154</v>
       </c>
       <c r="K94" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>208</v>
+        <v>558</v>
       </c>
       <c r="N94" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="P94" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
+        <v>561</v>
+      </c>
+      <c r="B95" t="s">
+        <v>562</v>
+      </c>
+      <c r="C95" t="s">
         <v>557</v>
       </c>
-      <c r="B95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D95" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>53</v>
       </c>
       <c r="H95">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>152</v>
+        <v>563</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="P95" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B96" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C96" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D96" t="s">
-        <v>70</v>
+        <v>568</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>21</v>
+        <v>569</v>
       </c>
       <c r="G96" t="s">
         <v>53</v>
       </c>
       <c r="H96">
         <v>2022</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="P96" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B97" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C97" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D97" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>571</v>
+        <v>189</v>
       </c>
       <c r="G97" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H97">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I97"/>
+        <v>2005</v>
+      </c>
+      <c r="I97">
+        <v>2008</v>
+      </c>
       <c r="J97" t="s">
-        <v>565</v>
+        <v>138</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
-      <c r="L97"/>
+      <c r="L97" t="s">
+        <v>574</v>
+      </c>
       <c r="M97" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="P97" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B98" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C98" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D98" t="s">
-        <v>575</v>
+        <v>70</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G98" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H98">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="M98" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="P98" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="B99" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C99" t="s">
-        <v>559</v>
+        <v>584</v>
       </c>
       <c r="D99" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G99" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="H99"/>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
-      <c r="L99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L99"/>
       <c r="M99" t="s">
-        <v>560</v>
+        <v>585</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="P99" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="B100" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="C100" t="s">
-        <v>586</v>
+        <v>188</v>
       </c>
       <c r="D100" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="I100"/>
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2004</v>
+      </c>
+      <c r="I100">
+        <v>2010</v>
+      </c>
       <c r="J100" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
-      <c r="L100"/>
+      <c r="L100" t="s">
+        <v>590</v>
+      </c>
       <c r="M100" t="s">
-        <v>587</v>
+        <v>190</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="P100" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B101" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C101" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D101" t="s">
-        <v>70</v>
+        <v>594</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2004</v>
       </c>
       <c r="I101">
         <v>2010</v>
       </c>
       <c r="J101" t="s">
-        <v>71</v>
+        <v>292</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="M101" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="P101" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="B102" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C102" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D102" t="s">
-        <v>596</v>
+        <v>91</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I102">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J102" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
-      <c r="L102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L102"/>
       <c r="M102" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="P102" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B103" t="s">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="C103" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D103" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
-      <c r="L103"/>
+      <c r="L103" t="s">
+        <v>35</v>
+      </c>
       <c r="M103" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
         <v>601</v>
       </c>
       <c r="P103" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B104" t="s">
-        <v>30</v>
+        <v>603</v>
       </c>
       <c r="C104" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="D104" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2010</v>
       </c>
       <c r="I104">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J104" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
-      <c r="L104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
-        <v>188</v>
+        <v>165</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="P104" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B105" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C105" t="s">
-        <v>158</v>
+        <v>557</v>
       </c>
       <c r="D105" t="s">
-        <v>124</v>
+        <v>341</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H105">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I105"/>
       <c r="J105" t="s">
-        <v>160</v>
+        <v>563</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>163</v>
+        <v>558</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="P105" t="s">
-        <v>607</v>
+        <v>565</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B106" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C106" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D106" t="s">
-        <v>201</v>
+        <v>611</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>53</v>
       </c>
       <c r="H106">
         <v>2022</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="P106" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B107" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C107" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D107" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>53</v>
       </c>
       <c r="H107">
         <v>2022</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P107" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B108" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C108" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D108" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
         <v>53</v>
       </c>
       <c r="H108">
         <v>2022</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="P108" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B109" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C109" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D109" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>53</v>
       </c>
-      <c r="H109">
-[...1 lines deleted...]
-      </c>
+      <c r="H109"/>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>565</v>
+        <v>624</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="P109" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B110" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C110" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D110" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>53</v>
       </c>
-      <c r="H110"/>
+      <c r="H110">
+        <v>2022</v>
+      </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="P110" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B111" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C111" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D111" t="s">
-        <v>630</v>
+        <v>358</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>53</v>
       </c>
       <c r="H111">
         <v>2022</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="P111" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B112" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C112" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D112" t="s">
-        <v>360</v>
+        <v>635</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>53</v>
       </c>
       <c r="H112">
         <v>2022</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>626</v>
+        <v>563</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="P112" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B113" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C113" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D113" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>53</v>
       </c>
       <c r="H113">
         <v>2022</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="P113" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B114" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C114" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D114" t="s">
-        <v>641</v>
+        <v>469</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>53</v>
       </c>
       <c r="H114">
         <v>2022</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P114" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B115" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C115" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D115" t="s">
-        <v>471</v>
+        <v>646</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>53</v>
       </c>
       <c r="H115">
         <v>2022</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K115" t="s">
-        <v>34</v>
+        <v>647</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N115" t="s">
-        <v>27</v>
+        <v>648</v>
       </c>
       <c r="O115" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="P115" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B116" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="C116" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D116" t="s">
-        <v>648</v>
+        <v>131</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>53</v>
       </c>
       <c r="H116">
         <v>2022</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K116" t="s">
-        <v>649</v>
+        <v>34</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N116" t="s">
-        <v>650</v>
+        <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P116" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B117" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C117" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D117" t="s">
-        <v>129</v>
+        <v>655</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>53</v>
       </c>
       <c r="H117">
         <v>2022</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N117" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O117" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="P117" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="B118" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C118" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D118" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>53</v>
       </c>
       <c r="H118">
         <v>2022</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N118" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="P118" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B119" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C119" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D119" t="s">
-        <v>661</v>
+        <v>298</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>53</v>
       </c>
       <c r="H119">
         <v>2022</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="P119" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B120" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C120" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D120" t="s">
-        <v>301</v>
+        <v>114</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>53</v>
       </c>
       <c r="H120">
         <v>2022</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P120" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B121" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C121" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D121" t="s">
-        <v>112</v>
+        <v>669</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>53</v>
       </c>
       <c r="H121">
         <v>2022</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="P121" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B122" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C122" t="s">
-        <v>559</v>
+        <v>673</v>
       </c>
       <c r="D122" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G122" t="s">
         <v>53</v>
       </c>
       <c r="H122">
         <v>2022</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>565</v>
+        <v>675</v>
       </c>
       <c r="K122" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L122"/>
+        <v>173</v>
+      </c>
+      <c r="L122" t="s">
+        <v>174</v>
+      </c>
       <c r="M122" t="s">
-        <v>560</v>
+        <v>676</v>
       </c>
       <c r="N122" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="O122" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="P122" t="s">
-        <v>567</v>
+        <v>678</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="B123" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="C123" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="D123" t="s">
-        <v>676</v>
+        <v>171</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G123" t="s">
         <v>53</v>
       </c>
       <c r="H123">
         <v>2022</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="K123" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>172</v>
+        <v>683</v>
       </c>
       <c r="M123" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="N123" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="O123" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="P123" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="B124" t="s">
-        <v>682</v>
+        <v>512</v>
       </c>
       <c r="C124" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="D124" t="s">
-        <v>169</v>
+        <v>91</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="G124" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="H124"/>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>684</v>
+        <v>138</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
-      <c r="L124" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L124"/>
       <c r="M124" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="N124" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="P124" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B125" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C125" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D125" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>187</v>
+        <v>693</v>
       </c>
       <c r="G125" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="P125" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B126" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C126" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="D126" t="s">
-        <v>89</v>
+        <v>239</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>695</v>
+        <v>189</v>
       </c>
       <c r="G126" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H126"/>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="P126" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B127" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C127" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="D127" t="s">
-        <v>242</v>
+        <v>126</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>187</v>
+        <v>693</v>
       </c>
       <c r="G127" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H127"/>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="P127" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B128" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C128" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="D128" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>695</v>
+        <v>189</v>
       </c>
       <c r="G128" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="P128" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B129" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C129" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D129" t="s">
-        <v>107</v>
+        <v>709</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G129" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="P129" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B130" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C130" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D130" t="s">
-        <v>711</v>
+        <v>239</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>187</v>
+        <v>693</v>
       </c>
       <c r="G130" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="P130" t="s">
-        <v>713</v>
+        <v>696</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
         <v>714</v>
       </c>
       <c r="B131" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C131" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D131" t="s">
-        <v>242</v>
+        <v>204</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>695</v>
+        <v>189</v>
       </c>
       <c r="G131" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H131"/>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
+        <v>715</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>716</v>
+      </c>
+      <c r="P131" t="s">
         <v>696</v>
-      </c>
-[...7 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B132" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C132" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="D132" t="s">
-        <v>207</v>
+        <v>341</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G132" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H132"/>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>717</v>
+        <v>689</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
         <v>718</v>
       </c>
       <c r="P132" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B133" t="s">
-        <v>514</v>
+        <v>721</v>
       </c>
       <c r="C133" t="s">
-        <v>690</v>
+        <v>136</v>
       </c>
       <c r="D133" t="s">
-        <v>201</v>
+        <v>137</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="H133"/>
+        <v>53</v>
+      </c>
+      <c r="H133">
+        <v>2010</v>
+      </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>691</v>
+        <v>139</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="P133" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B134" t="s">
-        <v>723</v>
+        <v>143</v>
       </c>
       <c r="C134" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D134" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H134">
         <v>2010</v>
       </c>
-      <c r="I134"/>
+      <c r="I134">
+        <v>2010</v>
+      </c>
       <c r="J134" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="P134" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
         <v>726</v>
       </c>
       <c r="B135" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C135" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D135" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H135">
         <v>2010</v>
       </c>
-      <c r="I135">
-[...1 lines deleted...]
-      </c>
+      <c r="I135"/>
       <c r="J135" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
         <v>727</v>
       </c>
       <c r="P135" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
         <v>728</v>
       </c>
       <c r="B136" t="s">
-        <v>145</v>
+        <v>729</v>
       </c>
       <c r="C136" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="D136" t="s">
-        <v>70</v>
+        <v>730</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>53</v>
       </c>
       <c r="H136">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>137</v>
+        <v>175</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="P136" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B137" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C137" t="s">
-        <v>168</v>
+        <v>735</v>
       </c>
       <c r="D137" t="s">
-        <v>732</v>
+        <v>171</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G137" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H137">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I137"/>
+        <v>2019</v>
+      </c>
+      <c r="I137">
+        <v>2022</v>
+      </c>
       <c r="J137" t="s">
-        <v>152</v>
+        <v>303</v>
       </c>
       <c r="K137" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L137"/>
+        <v>173</v>
+      </c>
+      <c r="L137" t="s">
+        <v>174</v>
+      </c>
       <c r="M137" t="s">
-        <v>173</v>
+        <v>736</v>
       </c>
       <c r="N137" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="O137" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="P137" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="B138" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="C138" t="s">
-        <v>737</v>
+        <v>335</v>
       </c>
       <c r="D138" t="s">
-        <v>169</v>
+        <v>91</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="I138">
         <v>2022</v>
       </c>
       <c r="J138" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="K138" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L138"/>
       <c r="M138" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="N138" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="P138" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B139" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C139" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D139" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="I139">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="J139" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="P139" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B140" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C140" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D140" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2006</v>
       </c>
       <c r="I140">
         <v>2010</v>
       </c>
       <c r="J140" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="P140" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B141" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C141" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D141" t="s">
-        <v>124</v>
+        <v>635</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="I141">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J141" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K141" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="P141" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B142" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C142" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D142" t="s">
-        <v>637</v>
+        <v>352</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I142">
         <v>2011</v>
       </c>
       <c r="J142" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K142" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="P142" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B143" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C143" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D143" t="s">
-        <v>354</v>
+        <v>126</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H143">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K143" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="P143" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B144" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C144" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D144" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H144">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I144"/>
+        <v>2007</v>
+      </c>
+      <c r="I144">
+        <v>2018</v>
+      </c>
       <c r="J144" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="P144" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="B145" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C145" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D145" t="s">
-        <v>70</v>
+        <v>364</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="I145">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J145" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
-      <c r="L145"/>
+      <c r="L145" t="s">
+        <v>770</v>
+      </c>
       <c r="M145" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="P145" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B146" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="C146" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D146" t="s">
-        <v>366</v>
+        <v>775</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="I146">
         <v>2017</v>
       </c>
       <c r="J146" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="M146" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="P146" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="B147" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="C147" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="D147" t="s">
-        <v>777</v>
+        <v>306</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H147">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I147"/>
       <c r="J147" t="s">
-        <v>295</v>
+        <v>154</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>778</v>
+        <v>323</v>
       </c>
       <c r="M147" t="s">
-        <v>743</v>
+        <v>324</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="P147" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B148" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C148" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D148" t="s">
-        <v>309</v>
+        <v>352</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>53</v>
       </c>
       <c r="H148">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148" t="s">
-        <v>326</v>
+        <v>784</v>
       </c>
       <c r="M148" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="P148" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B149" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="C149" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D149" t="s">
-        <v>354</v>
+        <v>789</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>53</v>
       </c>
       <c r="H149">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="M149" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="P149" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B150" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="C150" t="s">
-        <v>324</v>
+        <v>795</v>
       </c>
       <c r="D150" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>53</v>
+        <v>253</v>
       </c>
       <c r="H150">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>152</v>
+        <v>797</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="M150" t="s">
-        <v>327</v>
+        <v>799</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="P150" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="B151" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="C151" t="s">
-        <v>797</v>
+        <v>210</v>
       </c>
       <c r="D151" t="s">
-        <v>798</v>
+        <v>568</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G151" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H151">
         <v>2024</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="M151" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="P151" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="B152" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="C152" t="s">
-        <v>806</v>
+        <v>210</v>
       </c>
       <c r="D152" t="s">
-        <v>570</v>
+        <v>811</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G152" t="s">
-        <v>256</v>
+        <v>53</v>
       </c>
       <c r="H152">
         <v>2024</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152" t="s">
+        <v>812</v>
+      </c>
+      <c r="M152" t="s">
+        <v>806</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>813</v>
+      </c>
+      <c r="P152" t="s">
         <v>808</v>
-      </c>
-[...10 lines deleted...]
-        <v>811</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>812</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="B153"/>
       <c r="C153" t="s">
-        <v>806</v>
+        <v>210</v>
       </c>
       <c r="D153" t="s">
-        <v>814</v>
+        <v>91</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G153" t="s">
-        <v>53</v>
+        <v>253</v>
       </c>
       <c r="H153">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
-      <c r="L153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L153"/>
       <c r="M153" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
         <v>816</v>
       </c>
       <c r="P153" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
         <v>817</v>
       </c>
       <c r="B154" t="s">
         <v>818</v>
       </c>
       <c r="C154" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D154" t="s">
         <v>819</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="G154" t="s">
         <v>53</v>
       </c>
       <c r="H154">
         <v>2018</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154" t="s">
         <v>820</v>
       </c>
       <c r="M154" t="s">
         <v>821</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
         <v>822</v>
       </c>
       <c r="P154" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
         <v>824</v>
       </c>
       <c r="B155" t="s">
         <v>825</v>
       </c>
       <c r="C155" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D155" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G155" t="s">
         <v>53</v>
       </c>
       <c r="H155">
         <v>2021</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
         <v>826</v>
       </c>
       <c r="K155" t="s">
         <v>827</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
         <v>828</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
         <v>829</v>
       </c>
       <c r="P155" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
         <v>831</v>
       </c>
       <c r="B156" t="s">
         <v>832</v>
       </c>
       <c r="C156" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D156" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2014</v>
       </c>
       <c r="I156">
         <v>2025</v>
       </c>
       <c r="J156" t="s">
         <v>826</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
         <v>828</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
         <v>833</v>
       </c>
       <c r="P156" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
         <v>835</v>
       </c>
       <c r="B157" t="s">
         <v>836</v>
       </c>
       <c r="C157" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D157" t="s">
-        <v>201</v>
+        <v>341</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2010</v>
       </c>
       <c r="I157">
         <v>2016</v>
       </c>
       <c r="J157" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157" t="s">
         <v>837</v>
       </c>
       <c r="M157" t="s">
         <v>828</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
         <v>838</v>
       </c>
       <c r="P157" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
         <v>840</v>
       </c>
       <c r="B158" t="s">
         <v>841</v>
       </c>
       <c r="C158" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D158" t="s">
         <v>842</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2004</v>
       </c>
       <c r="I158">
         <v>2015</v>
       </c>
       <c r="J158" t="s">
         <v>826</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158" t="s">
         <v>843</v>
       </c>
       <c r="M158" t="s">
         <v>828</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
         <v>844</v>
       </c>
       <c r="P158" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
         <v>846</v>
       </c>
       <c r="B159" t="s">
         <v>847</v>
       </c>
       <c r="C159" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D159" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>1996</v>
       </c>
       <c r="I159">
         <v>2005</v>
       </c>
       <c r="J159" t="s">
         <v>33</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159" t="s">
         <v>846</v>
       </c>
       <c r="M159" t="s">
         <v>828</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
         <v>848</v>
       </c>
       <c r="P159" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
         <v>850</v>
       </c>
       <c r="B160" t="s">
         <v>851</v>
       </c>
       <c r="C160" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D160" t="s">
         <v>852</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2006</v>
       </c>
       <c r="I160">
         <v>2025</v>
       </c>
       <c r="J160" t="s">
         <v>826</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160" t="s">
         <v>853</v>
       </c>
       <c r="M160" t="s">
         <v>828</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
         <v>854</v>
       </c>
       <c r="P160" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
         <v>856</v>
       </c>
       <c r="B161" t="s">
         <v>857</v>
       </c>
       <c r="C161" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D161" t="s">
         <v>858</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G161" t="s">
         <v>53</v>
       </c>
       <c r="H161">
         <v>2020</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>826</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
         <v>859</v>
       </c>
       <c r="M161" t="s">
         <v>828</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
         <v>860</v>
       </c>
       <c r="P161" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
         <v>862</v>
       </c>
       <c r="B162" t="s">
         <v>863</v>
       </c>
       <c r="C162" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D162" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H162">
         <v>1997</v>
       </c>
       <c r="I162">
         <v>2005</v>
       </c>
       <c r="J162" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
         <v>828</v>
       </c>
       <c r="N162" t="s">
         <v>36</v>
       </c>
       <c r="O162" t="s">
         <v>864</v>
       </c>
       <c r="P162" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
         <v>866</v>
       </c>
       <c r="B163" t="s">
         <v>867</v>
       </c>
       <c r="C163" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D163" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H163">
         <v>2004</v>
       </c>
       <c r="I163">
         <v>2025</v>
       </c>
       <c r="J163" t="s">
         <v>826</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163" t="s">
         <v>868</v>
       </c>
       <c r="M163" t="s">
         <v>828</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
         <v>869</v>
       </c>
       <c r="P163" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
         <v>871</v>
       </c>
       <c r="B164" t="s">
         <v>872</v>
       </c>
       <c r="C164" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D164" t="s">
         <v>70</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>53</v>
       </c>
       <c r="H164">
         <v>2018</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
         <v>871</v>
       </c>
       <c r="M164" t="s">
         <v>828</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
         <v>873</v>
       </c>
       <c r="P164" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
         <v>875</v>
       </c>
       <c r="B165" t="s">
         <v>876</v>
       </c>
       <c r="C165" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D165" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
         <v>8</v>
       </c>
       <c r="H165">
         <v>2016</v>
       </c>
       <c r="I165">
         <v>2025</v>
       </c>
       <c r="J165" t="s">
         <v>826</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
         <v>877</v>
       </c>
       <c r="M165" t="s">
         <v>828</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
         <v>878</v>
       </c>
       <c r="P165" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
         <v>880</v>
       </c>
       <c r="B166" t="s">
         <v>881</v>
       </c>
       <c r="C166" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D166" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2012</v>
       </c>
       <c r="I166">
         <v>2013</v>
       </c>
       <c r="J166" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
         <v>880</v>
       </c>
       <c r="M166" t="s">
         <v>828</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
         <v>882</v>
       </c>
       <c r="P166" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
         <v>884</v>
       </c>
       <c r="B167" t="s">
         <v>885</v>
       </c>
       <c r="C167" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D167" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>1995</v>
       </c>
       <c r="I167">
         <v>2017</v>
       </c>
       <c r="J167" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167" t="s">
         <v>884</v>
       </c>
       <c r="M167" t="s">
         <v>828</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
         <v>886</v>
       </c>
       <c r="P167" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
         <v>888</v>
       </c>
       <c r="B168" t="s">
         <v>889</v>
       </c>
       <c r="C168" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D168" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>1995</v>
       </c>
       <c r="I168">
         <v>2018</v>
       </c>
       <c r="J168" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
         <v>828</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
         <v>890</v>
       </c>
       <c r="P168" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
         <v>892</v>
       </c>
       <c r="B169"/>
       <c r="C169" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D169" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>53</v>
       </c>
       <c r="H169">
         <v>2018</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K169" t="s">
         <v>893</v>
       </c>
       <c r="L169" t="s">
         <v>894</v>
       </c>
       <c r="M169" t="s">
         <v>828</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
         <v>895</v>
       </c>
       <c r="P169" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
         <v>897</v>
       </c>
       <c r="B170" t="s">
         <v>898</v>
       </c>
       <c r="C170" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D170" t="s">
         <v>899</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2010</v>
       </c>
       <c r="I170">
         <v>2018</v>
       </c>
       <c r="J170" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170" t="s">
         <v>897</v>
       </c>
       <c r="M170" t="s">
         <v>828</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
         <v>900</v>
       </c>
       <c r="P170" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
         <v>902</v>
       </c>
       <c r="B171" t="s">
         <v>903</v>
       </c>
       <c r="C171" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D171" t="s">
         <v>904</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H171">
         <v>2017</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>826</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
         <v>905</v>
       </c>
       <c r="M171" t="s">
         <v>828</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
         <v>906</v>
       </c>
       <c r="P171" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
         <v>908</v>
       </c>
       <c r="B172" t="s">
         <v>909</v>
       </c>
       <c r="C172" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D172" t="s">
         <v>910</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2012</v>
       </c>
       <c r="I172">
         <v>2017</v>
       </c>
       <c r="J172" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
         <v>908</v>
       </c>
       <c r="M172" t="s">
         <v>828</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
         <v>911</v>
       </c>
       <c r="P172" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
         <v>913</v>
       </c>
       <c r="B173" t="s">
         <v>914</v>
       </c>
       <c r="C173" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D173" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
         <v>53</v>
       </c>
       <c r="H173">
         <v>2021</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
         <v>915</v>
       </c>
       <c r="M173" t="s">
         <v>828</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
         <v>916</v>
       </c>
       <c r="P173" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
         <v>918</v>
       </c>
       <c r="B174" t="s">
         <v>919</v>
       </c>
       <c r="C174" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D174" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
         <v>53</v>
       </c>
       <c r="H174">
         <v>2021</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
         <v>920</v>
       </c>
       <c r="N174" t="s">
         <v>36</v>
       </c>
       <c r="O174" t="s">
         <v>921</v>
       </c>
       <c r="P174" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
         <v>923</v>
       </c>
       <c r="B175" t="s">
         <v>924</v>
       </c>
       <c r="C175" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D175" t="s">
         <v>925</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G175" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H175">
         <v>2025</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>826</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
         <v>926</v>
       </c>
       <c r="M175" t="s">
         <v>828</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
         <v>927</v>
       </c>
       <c r="P175" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
         <v>929</v>
       </c>
       <c r="B176" t="s">
         <v>930</v>
       </c>
       <c r="C176" t="s">
         <v>931</v>
       </c>
       <c r="D176" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
         <v>53</v>
       </c>
       <c r="H176">
         <v>2009</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176" t="s">
         <v>932</v>
       </c>
       <c r="M176" t="s">
         <v>933</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
         <v>934</v>
       </c>
       <c r="P176" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
         <v>936</v>
       </c>
       <c r="B177" t="s">
         <v>937</v>
       </c>
       <c r="C177" t="s">
         <v>931</v>
       </c>
       <c r="D177" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
         <v>53</v>
       </c>
       <c r="H177">
         <v>2010</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
         <v>933</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
         <v>938</v>
       </c>
       <c r="P177" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
         <v>940</v>
       </c>
       <c r="B178" t="s">
         <v>941</v>
       </c>
       <c r="C178" t="s">
         <v>931</v>
       </c>
       <c r="D178" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
         <v>53</v>
       </c>
       <c r="H178">
         <v>2009</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178" t="s">
         <v>942</v>
       </c>
       <c r="M178" t="s">
         <v>933</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
         <v>943</v>
       </c>
       <c r="P178" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
         <v>945</v>
       </c>
       <c r="B179" t="s">
         <v>946</v>
       </c>
       <c r="C179" t="s">
         <v>931</v>
       </c>
       <c r="D179" t="s">
         <v>947</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
         <v>53</v>
       </c>
       <c r="H179">
         <v>2011</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179" t="s">
         <v>948</v>
       </c>
       <c r="M179" t="s">
         <v>933</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
         <v>949</v>
       </c>
       <c r="P179" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
         <v>951</v>
       </c>
       <c r="B180" t="s">
         <v>952</v>
       </c>
       <c r="C180" t="s">
         <v>931</v>
       </c>
       <c r="D180" t="s">
         <v>70</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180" t="s">
         <v>53</v>
       </c>
       <c r="H180">
         <v>2010</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
         <v>953</v>
       </c>
       <c r="M180" t="s">
         <v>933</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
         <v>954</v>
       </c>
       <c r="P180" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
         <v>956</v>
       </c>
       <c r="B181" t="s">
         <v>957</v>
       </c>
       <c r="C181" t="s">
         <v>931</v>
       </c>
       <c r="D181" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>53</v>
       </c>
       <c r="H181">
         <v>2012</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
         <v>933</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
         <v>958</v>
       </c>
       <c r="P181" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
         <v>960</v>
       </c>
       <c r="B182" t="s">
         <v>961</v>
       </c>
       <c r="C182" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D182" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>21</v>
       </c>
       <c r="G182" t="s">
         <v>53</v>
       </c>
       <c r="H182">
         <v>2022</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
         <v>962</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182" t="s">
         <v>963</v>
       </c>
       <c r="M182" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
         <v>964</v>
       </c>
       <c r="P182" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
         <v>966</v>
       </c>
       <c r="B183" t="s">
         <v>967</v>
       </c>
       <c r="C183" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D183" t="s">
         <v>51</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>52</v>
       </c>
       <c r="G183" t="s">
         <v>53</v>
       </c>
       <c r="H183">
         <v>2022</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
         <v>54</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
         <v>968</v>
       </c>
       <c r="N183" t="s">
         <v>56</v>
       </c>
       <c r="O183" t="s">
         <v>969</v>
       </c>
       <c r="P183" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
         <v>971</v>
       </c>
       <c r="B184" t="s">
         <v>972</v>
       </c>
       <c r="C184" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D184" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>42</v>
       </c>
       <c r="G184" t="s">
         <v>53</v>
       </c>
       <c r="H184">
         <v>2011</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184" t="s">
         <v>973</v>
       </c>
       <c r="M184" t="s">
         <v>974</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
         <v>975</v>
       </c>
       <c r="P184" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
         <v>977</v>
       </c>
       <c r="B185" t="s">
         <v>978</v>
       </c>
       <c r="C185" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D185" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>42</v>
       </c>
       <c r="G185" t="s">
         <v>53</v>
       </c>
       <c r="H185">
         <v>2016</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185" t="s">
         <v>979</v>
       </c>
       <c r="M185" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
         <v>980</v>
       </c>
       <c r="P185" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
         <v>982</v>
       </c>
       <c r="B186" t="s">
         <v>983</v>
       </c>
       <c r="C186" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D186" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>42</v>
       </c>
       <c r="G186" t="s">
         <v>53</v>
       </c>
       <c r="H186">
         <v>2016</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K186" t="s">
         <v>34</v>
       </c>
       <c r="L186" t="s">
         <v>984</v>
       </c>
       <c r="M186" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
         <v>985</v>
       </c>
       <c r="P186" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
         <v>987</v>
       </c>
       <c r="B187" t="s">
         <v>988</v>
       </c>
       <c r="C187" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D187" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>42</v>
       </c>
       <c r="G187" t="s">
         <v>53</v>
       </c>
       <c r="H187">
         <v>2015</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K187" t="s">
         <v>34</v>
       </c>
       <c r="L187" t="s">
         <v>989</v>
       </c>
       <c r="M187" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
         <v>990</v>
       </c>
       <c r="P187" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
         <v>992</v>
       </c>
       <c r="B188" t="s">
         <v>993</v>
       </c>
       <c r="C188" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D188" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>42</v>
       </c>
       <c r="G188" t="s">
         <v>53</v>
       </c>
       <c r="H188">
         <v>2015</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188" t="s">
         <v>994</v>
       </c>
       <c r="M188" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
         <v>995</v>
       </c>
       <c r="P188" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
         <v>997</v>
       </c>
       <c r="B189" t="s">
         <v>998</v>
       </c>
       <c r="C189" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D189" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>42</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
         <v>2008</v>
       </c>
       <c r="I189">
         <v>2015</v>
       </c>
       <c r="J189" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
         <v>999</v>
       </c>
       <c r="P189" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
         <v>1001</v>
       </c>
       <c r="B190" t="s">
         <v>1002</v>
       </c>
       <c r="C190" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D190" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>42</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2011</v>
       </c>
       <c r="I190">
         <v>2014</v>
       </c>
       <c r="J190" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190" t="s">
         <v>1003</v>
       </c>
       <c r="M190" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
         <v>1004</v>
       </c>
       <c r="P190" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
         <v>1006</v>
       </c>
       <c r="B191" t="s">
         <v>1007</v>
       </c>
       <c r="C191" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D191" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>42</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>1999</v>
       </c>
       <c r="I191">
         <v>2012</v>
       </c>
       <c r="J191" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191" t="s">
         <v>1008</v>
       </c>
       <c r="M191" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
         <v>1009</v>
       </c>
       <c r="P191" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
         <v>1011</v>
       </c>
       <c r="B192" t="s">
         <v>1012</v>
       </c>
       <c r="C192" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D192" t="s">
-        <v>201</v>
+        <v>341</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>42</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>2007</v>
       </c>
       <c r="I192">
         <v>2011</v>
       </c>
       <c r="J192" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
         <v>1013</v>
       </c>
       <c r="P192" t="s">
-        <v>203</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B193" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C193" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D193" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G193" t="s">
         <v>53</v>
       </c>
       <c r="H193">
         <v>2020</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="K193" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="L193" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M193" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="N193" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="O193" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="P193" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B194" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C194" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D194" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2018</v>
       </c>
       <c r="I194">
         <v>2019</v>
       </c>
       <c r="J194" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="P194" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B195" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C195" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D195" t="s">
         <v>70</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>42</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2005</v>
       </c>
       <c r="I195">
         <v>2013</v>
       </c>
       <c r="J195" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="M195" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="P195" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B196" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C196" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D196" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>42</v>
       </c>
       <c r="G196" t="s">
         <v>53</v>
       </c>
       <c r="H196">
         <v>2014</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="P196" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B197" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C197" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D197" t="s">
         <v>899</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G197" t="s">
         <v>53</v>
       </c>
       <c r="H197">
         <v>2015</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
+        <v>513</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M197" t="s">
         <v>515</v>
       </c>
-      <c r="K197" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="P197" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B198" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C198" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D198" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G198" t="s">
         <v>53</v>
       </c>
       <c r="H198">
         <v>2012</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="M198" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="P198" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B199" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C199" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D199" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>2009</v>
       </c>
       <c r="I199">
         <v>2016</v>
       </c>
       <c r="J199" t="s">
         <v>33</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="P199" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B200" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C200" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D200" t="s">
-        <v>791</v>
+        <v>341</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G200" t="s">
-        <v>53</v>
+        <v>253</v>
       </c>
       <c r="H200">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I200"/>
       <c r="J200" t="s">
-        <v>295</v>
+        <v>162</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
-      <c r="L200" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L200"/>
       <c r="M200" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
         <v>1056</v>
       </c>
       <c r="P200" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
         <v>1058</v>
       </c>
       <c r="B201" t="s">
         <v>1059</v>
       </c>
       <c r="C201" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D201" t="s">
-        <v>70</v>
+        <v>789</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G201" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H201">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="I201">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J201" t="s">
-        <v>160</v>
+        <v>292</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201" t="s">
         <v>1060</v>
       </c>
       <c r="M201" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
         <v>1061</v>
       </c>
       <c r="P201" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
         <v>1063</v>
       </c>
       <c r="B202" t="s">
         <v>1064</v>
       </c>
       <c r="C202" t="s">
-        <v>586</v>
+        <v>160</v>
       </c>
       <c r="D202" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2013</v>
       </c>
       <c r="I202">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J202" t="s">
-        <v>295</v>
+        <v>162</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202" t="s">
         <v>1065</v>
       </c>
       <c r="M202" t="s">
-        <v>587</v>
+        <v>165</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
         <v>1066</v>
       </c>
       <c r="P202" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
         <v>1068</v>
       </c>
       <c r="B203" t="s">
         <v>1069</v>
       </c>
       <c r="C203" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D203" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G203" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H203">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="I203"/>
+        <v>2013</v>
+      </c>
+      <c r="I203">
+        <v>2020</v>
+      </c>
       <c r="J203" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203" t="s">
         <v>1070</v>
       </c>
       <c r="M203" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
         <v>1071</v>
       </c>
       <c r="P203" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
         <v>1073</v>
       </c>
       <c r="B204" t="s">
         <v>1074</v>
       </c>
       <c r="C204" t="s">
-        <v>1048</v>
+        <v>584</v>
       </c>
       <c r="D204" t="s">
+        <v>70</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>42</v>
+      </c>
+      <c r="G204" t="s">
+        <v>53</v>
+      </c>
+      <c r="H204">
+        <v>2007</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>292</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204" t="s">
         <v>1075</v>
       </c>
-      <c r="E204" t="s">
-[...20 lines deleted...]
-      <c r="L204"/>
       <c r="M204" t="s">
-        <v>1050</v>
+        <v>585</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
         <v>1076</v>
       </c>
       <c r="P204" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
         <v>1078</v>
       </c>
       <c r="B205" t="s">
         <v>1079</v>
       </c>
       <c r="C205" t="s">
-        <v>586</v>
+        <v>1049</v>
       </c>
       <c r="D205" t="s">
         <v>1080</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G205" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H205">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I205"/>
+        <v>2009</v>
+      </c>
+      <c r="I205">
+        <v>2013</v>
+      </c>
       <c r="J205" t="s">
-        <v>295</v>
+        <v>33</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
-      <c r="L205" t="s">
+      <c r="L205"/>
+      <c r="M205" t="s">
+        <v>1051</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
         <v>1081</v>
       </c>
-      <c r="M205" t="s">
-[...5 lines deleted...]
-      <c r="O205" t="s">
+      <c r="P205" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B206" t="s">
         <v>1084</v>
       </c>
-      <c r="B206" t="s">
+      <c r="C206" t="s">
+        <v>584</v>
+      </c>
+      <c r="D206" t="s">
         <v>1085</v>
       </c>
-      <c r="C206" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G206" t="s">
         <v>53</v>
       </c>
       <c r="H206">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="I206"/>
       <c r="J206" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K206" t="s">
         <v>34</v>
       </c>
       <c r="L206" t="s">
         <v>1086</v>
       </c>
       <c r="M206" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
         <v>1087</v>
       </c>
       <c r="P206" t="s">
         <v>1088</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
         <v>1089</v>
       </c>
       <c r="B207" t="s">
         <v>1090</v>
       </c>
       <c r="C207" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D207" t="s">
-        <v>1091</v>
+        <v>91</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G207" t="s">
         <v>53</v>
       </c>
       <c r="H207">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K207" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="L207" t="s">
+        <v>1091</v>
+      </c>
+      <c r="M207" t="s">
+        <v>585</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
         <v>1092</v>
       </c>
-      <c r="M207" t="s">
-[...5 lines deleted...]
-      <c r="O207" t="s">
+      <c r="P207" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B208" t="s">
         <v>1095</v>
       </c>
-      <c r="B208" t="s">
+      <c r="C208" t="s">
+        <v>584</v>
+      </c>
+      <c r="D208" t="s">
         <v>1096</v>
-      </c>
-[...4 lines deleted...]
-        <v>1097</v>
       </c>
       <c r="E208" t="s">
         <v>20</v>
       </c>
       <c r="F208" t="s">
         <v>42</v>
       </c>
       <c r="G208" t="s">
         <v>53</v>
       </c>
       <c r="H208">
         <v>2017</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K208" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="L208" t="s">
+        <v>1097</v>
+      </c>
+      <c r="M208" t="s">
+        <v>585</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
         <v>1098</v>
       </c>
-      <c r="M208" t="s">
-[...5 lines deleted...]
-      <c r="O208" t="s">
+      <c r="P208" t="s">
         <v>1099</v>
-      </c>
-[...1 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B209" t="s">
         <v>1101</v>
       </c>
-      <c r="B209" t="s">
+      <c r="C209" t="s">
+        <v>584</v>
+      </c>
+      <c r="D209" t="s">
         <v>1102</v>
-      </c>
-[...4 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
         <v>42</v>
       </c>
       <c r="G209" t="s">
         <v>53</v>
       </c>
       <c r="H209">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K209" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="L209" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M209" t="s">
+        <v>585</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
         <v>1104</v>
       </c>
-      <c r="M209" t="s">
-[...5 lines deleted...]
-      <c r="O209" t="s">
+      <c r="P209" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B210" t="s">
         <v>1107</v>
       </c>
-      <c r="B210" t="s">
+      <c r="C210" t="s">
+        <v>584</v>
+      </c>
+      <c r="D210" t="s">
         <v>1108</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E210" t="s">
         <v>20</v>
       </c>
       <c r="F210" t="s">
         <v>42</v>
       </c>
       <c r="G210" t="s">
         <v>53</v>
       </c>
       <c r="H210">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K210" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="L210" t="s">
         <v>1109</v>
       </c>
       <c r="M210" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
         <v>1110</v>
       </c>
       <c r="P210" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
         <v>1112</v>
       </c>
       <c r="B211" t="s">
         <v>1113</v>
       </c>
       <c r="C211" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D211" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>42</v>
       </c>
       <c r="G211" t="s">
         <v>53</v>
       </c>
       <c r="H211">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K211" t="s">
         <v>34</v>
       </c>
       <c r="L211" t="s">
         <v>1114</v>
       </c>
       <c r="M211" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
         <v>1115</v>
       </c>
       <c r="P211" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
         <v>1117</v>
       </c>
       <c r="B212" t="s">
         <v>1118</v>
       </c>
       <c r="C212" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D212" t="s">
-        <v>124</v>
+        <v>341</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
         <v>42</v>
       </c>
       <c r="G212" t="s">
         <v>53</v>
       </c>
       <c r="H212">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I212">
         <v>2015</v>
       </c>
+      <c r="I212"/>
       <c r="J212" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K212" t="s">
         <v>34</v>
       </c>
       <c r="L212" t="s">
         <v>1119</v>
       </c>
       <c r="M212" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
         <v>1120</v>
       </c>
       <c r="P212" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
         <v>1122</v>
       </c>
       <c r="B213" t="s">
         <v>1123</v>
       </c>
       <c r="C213" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D213" t="s">
-        <v>207</v>
+        <v>126</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G213" t="s">
         <v>53</v>
       </c>
       <c r="H213">
+        <v>2011</v>
+      </c>
+      <c r="I213">
         <v>2015</v>
       </c>
-      <c r="I213"/>
       <c r="J213" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K213" t="s">
         <v>34</v>
       </c>
       <c r="L213" t="s">
         <v>1124</v>
       </c>
       <c r="M213" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
         <v>1125</v>
       </c>
       <c r="P213" t="s">
         <v>1126</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
         <v>1127</v>
       </c>
       <c r="B214" t="s">
         <v>1128</v>
       </c>
       <c r="C214" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D214" t="s">
-        <v>791</v>
+        <v>204</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G214" t="s">
         <v>53</v>
       </c>
       <c r="H214">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K214" t="s">
         <v>34</v>
       </c>
       <c r="L214" t="s">
         <v>1129</v>
       </c>
       <c r="M214" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
         <v>1130</v>
       </c>
       <c r="P214" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
         <v>1132</v>
       </c>
       <c r="B215" t="s">
         <v>1133</v>
       </c>
       <c r="C215" t="s">
-        <v>703</v>
+        <v>584</v>
       </c>
       <c r="D215" t="s">
-        <v>89</v>
+        <v>789</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G215" t="s">
         <v>53</v>
       </c>
       <c r="H215">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215" t="s">
         <v>1134</v>
       </c>
       <c r="M215" t="s">
-        <v>704</v>
+        <v>585</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
         <v>1135</v>
       </c>
       <c r="P215" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
         <v>1137</v>
       </c>
       <c r="B216" t="s">
         <v>1138</v>
       </c>
       <c r="C216" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="D216" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G216" t="s">
         <v>53</v>
       </c>
       <c r="H216">
         <v>2019</v>
       </c>
       <c r="I216"/>
       <c r="J216" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K216" t="s">
         <v>34</v>
       </c>
       <c r="L216" t="s">
         <v>1139</v>
       </c>
       <c r="M216" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
         <v>1140</v>
       </c>
       <c r="P216" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B217" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C217" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="D217" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G217" t="s">
         <v>53</v>
       </c>
       <c r="H217">
         <v>2019</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K217" t="s">
         <v>34</v>
       </c>
       <c r="L217" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="M217" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="P217" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B218" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C218" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="D218" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G218" t="s">
         <v>53</v>
       </c>
       <c r="H218">
         <v>2019</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K218" t="s">
         <v>34</v>
       </c>
       <c r="L218" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="M218" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="P218" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B219" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C219" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="D219" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G219" t="s">
         <v>53</v>
       </c>
       <c r="H219">
         <v>2019</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K219" t="s">
         <v>34</v>
       </c>
       <c r="L219" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="M219" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="P219" t="s">
-        <v>1153</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
         <v>1154</v>
       </c>
       <c r="B220" t="s">
         <v>1155</v>
       </c>
       <c r="C220" t="s">
-        <v>158</v>
+        <v>701</v>
       </c>
       <c r="D220" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G220" t="s">
         <v>53</v>
       </c>
       <c r="H220">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="K220" t="s">
         <v>34</v>
       </c>
-      <c r="L220"/>
+      <c r="L220" t="s">
+        <v>1156</v>
+      </c>
       <c r="M220" t="s">
-        <v>163</v>
+        <v>702</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="P220" t="s">
-        <v>1000</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="B221" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C221" t="s">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="D221" t="s">
-        <v>1159</v>
+        <v>91</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
-        <v>52</v>
+        <v>189</v>
       </c>
       <c r="G221" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H221">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I221"/>
       <c r="J221" t="s">
-        <v>54</v>
+        <v>162</v>
       </c>
       <c r="K221" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>1160</v>
+        <v>165</v>
       </c>
       <c r="N221" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="O221" t="s">
         <v>1161</v>
       </c>
       <c r="P221" t="s">
-        <v>1162</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B222" t="s">
         <v>1163</v>
       </c>
-      <c r="B222" t="s">
+      <c r="C222" t="s">
+        <v>50</v>
+      </c>
+      <c r="D222" t="s">
         <v>1164</v>
       </c>
-      <c r="C222" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
-        <v>187</v>
+        <v>52</v>
       </c>
       <c r="G222" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H222">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I222"/>
+        <v>1982</v>
+      </c>
+      <c r="I222">
+        <v>2024</v>
+      </c>
       <c r="J222" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
       <c r="K222" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
+        <v>1165</v>
+      </c>
+      <c r="N222" t="s">
+        <v>56</v>
+      </c>
+      <c r="O222" t="s">
         <v>1166</v>
       </c>
-      <c r="N222" t="s">
-[...2 lines deleted...]
-      <c r="O222" t="s">
+      <c r="P222" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B223" t="s">
         <v>1169</v>
       </c>
-      <c r="B223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="D223" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
-        <v>42</v>
+        <v>189</v>
       </c>
       <c r="G223" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H223">
         <v>2015</v>
       </c>
-      <c r="I223">
-[...1 lines deleted...]
-      </c>
+      <c r="I223"/>
       <c r="J223" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K223" t="s">
         <v>34</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="P223" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="B224" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C224" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="D224" t="s">
         <v>70</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G224" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H224">
         <v>2015</v>
       </c>
-      <c r="I224"/>
+      <c r="I224">
+        <v>2019</v>
+      </c>
       <c r="J224" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K224" t="s">
         <v>34</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="P224" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="B225" t="s">
-        <v>1175</v>
+        <v>512</v>
       </c>
       <c r="C225" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="D225" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G225" t="s">
         <v>53</v>
       </c>
       <c r="H225">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K225" t="s">
         <v>34</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
+        <v>1178</v>
+      </c>
+      <c r="P225" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="B226" t="s">
-        <v>514</v>
+        <v>1180</v>
       </c>
       <c r="C226" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="D226" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G226" t="s">
         <v>53</v>
       </c>
       <c r="H226">
         <v>2014</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K226" t="s">
         <v>34</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="P226" t="s">
-        <v>1171</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
         <v>1179</v>
       </c>
       <c r="B227" t="s">
-        <v>1180</v>
+        <v>512</v>
       </c>
       <c r="C227" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
       <c r="D227" t="s">
-        <v>1182</v>
+        <v>91</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G227" t="s">
         <v>53</v>
       </c>
       <c r="H227">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K227" t="s">
         <v>34</v>
       </c>
       <c r="L227"/>
       <c r="M227" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
         <v>1183</v>
       </c>
-      <c r="N227" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P227" t="s">
-        <v>1185</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C228" t="s">
         <v>1186</v>
       </c>
-      <c r="B228" t="s">
+      <c r="D228" t="s">
         <v>1187</v>
       </c>
-      <c r="C228" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G228" t="s">
         <v>53</v>
       </c>
       <c r="H228">
         <v>2019</v>
       </c>
       <c r="I228"/>
       <c r="J228" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K228" t="s">
         <v>34</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="P228" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B229" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C229" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="D229" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G229" t="s">
         <v>53</v>
       </c>
       <c r="H229">
         <v>2019</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="P229" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B230" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C230" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="D230" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G230" t="s">
         <v>53</v>
       </c>
       <c r="H230">
         <v>2019</v>
       </c>
       <c r="I230"/>
       <c r="J230" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="P230" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B231" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="C231" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="D231" t="s">
-        <v>1200</v>
+        <v>70</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G231" t="s">
         <v>53</v>
       </c>
       <c r="H231">
         <v>2019</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K231" t="s">
         <v>34</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
         <v>1201</v>
       </c>
       <c r="P231" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
         <v>1203</v>
       </c>
       <c r="B232" t="s">
         <v>1204</v>
       </c>
       <c r="C232" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="D232" t="s">
-        <v>366</v>
+        <v>1205</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G232" t="s">
         <v>53</v>
       </c>
       <c r="H232">
         <v>2019</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232"/>
       <c r="M232" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="P232" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="B233" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C233" t="s">
-        <v>737</v>
+        <v>1186</v>
       </c>
       <c r="D233" t="s">
-        <v>89</v>
+        <v>364</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G233" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="H233"/>
+        <v>53</v>
+      </c>
+      <c r="H233">
+        <v>2019</v>
+      </c>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="K233" t="s">
         <v>34</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
-        <v>1209</v>
+        <v>1188</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
         <v>1210</v>
       </c>
       <c r="P233" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
         <v>1212</v>
       </c>
       <c r="B234" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="C234" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="D234" t="s">
-        <v>207</v>
+        <v>91</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>21</v>
       </c>
       <c r="G234" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H234"/>
       <c r="I234"/>
       <c r="J234" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K234" t="s">
         <v>34</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="P234" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B235" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="C235" t="s">
-        <v>1216</v>
+        <v>735</v>
       </c>
       <c r="D235" t="s">
-        <v>169</v>
+        <v>204</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="G235" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="H235"/>
       <c r="I235"/>
       <c r="J235" t="s">
-        <v>306</v>
+        <v>154</v>
       </c>
       <c r="K235" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L235"/>
       <c r="M235" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="N235" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="O235" t="s">
         <v>1218</v>
       </c>
       <c r="P235" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B236" t="s">
         <v>1220</v>
       </c>
-      <c r="B236" t="s">
+      <c r="C236" t="s">
         <v>1221</v>
       </c>
-      <c r="C236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D236" t="s">
-        <v>124</v>
+        <v>171</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="G236" t="s">
         <v>53</v>
       </c>
       <c r="H236">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
-        <v>515</v>
+        <v>303</v>
       </c>
       <c r="K236" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L236"/>
+        <v>173</v>
+      </c>
+      <c r="L236" t="s">
+        <v>174</v>
+      </c>
       <c r="M236" t="s">
+        <v>1222</v>
+      </c>
+      <c r="N236" t="s">
+        <v>176</v>
+      </c>
+      <c r="O236" t="s">
         <v>1223</v>
       </c>
-      <c r="N236" t="s">
-[...2 lines deleted...]
-      <c r="O236" t="s">
+      <c r="P236" t="s">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B237" t="s">
         <v>1226</v>
       </c>
-      <c r="B237" t="s">
+      <c r="C237" t="s">
         <v>1227</v>
       </c>
-      <c r="C237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D237" t="s">
-        <v>899</v>
+        <v>126</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G237" t="s">
         <v>53</v>
       </c>
       <c r="H237">
         <v>2011</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>152</v>
+        <v>513</v>
       </c>
       <c r="K237" t="s">
         <v>34</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="P237" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B238" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C238" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="D238" t="s">
-        <v>89</v>
+        <v>899</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>21</v>
       </c>
       <c r="G238" t="s">
         <v>53</v>
       </c>
       <c r="H238">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K238" t="s">
         <v>34</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="P238" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="B239" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C239" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="D239" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>21</v>
       </c>
       <c r="G239" t="s">
         <v>53</v>
       </c>
       <c r="H239">
         <v>2016</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
-        <v>515</v>
+        <v>154</v>
       </c>
       <c r="K239" t="s">
         <v>34</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="P239" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B240" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="C240" t="s">
-        <v>226</v>
+        <v>1227</v>
       </c>
       <c r="D240" t="s">
-        <v>378</v>
+        <v>70</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>21</v>
       </c>
       <c r="G240" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H240">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I240"/>
       <c r="J240" t="s">
-        <v>295</v>
+        <v>513</v>
       </c>
       <c r="K240" t="s">
         <v>34</v>
       </c>
-      <c r="L240" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L240"/>
       <c r="M240" t="s">
-        <v>828</v>
+        <v>1228</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
         <v>1241</v>
       </c>
       <c r="P240" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
         <v>1243</v>
       </c>
       <c r="B241" t="s">
         <v>1244</v>
       </c>
       <c r="C241" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D241" t="s">
-        <v>394</v>
+        <v>376</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>21</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="I241">
         <v>2014</v>
       </c>
       <c r="J241" t="s">
-        <v>228</v>
+        <v>292</v>
       </c>
       <c r="K241" t="s">
         <v>34</v>
       </c>
       <c r="L241" t="s">
         <v>1245</v>
       </c>
       <c r="M241" t="s">
         <v>828</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
         <v>1246</v>
       </c>
       <c r="P241" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
         <v>1248</v>
       </c>
       <c r="B242" t="s">
         <v>1249</v>
       </c>
       <c r="C242" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D242" t="s">
-        <v>637</v>
+        <v>392</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G242" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H242">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I242"/>
+        <v>1997</v>
+      </c>
+      <c r="I242">
+        <v>2014</v>
+      </c>
       <c r="J242" t="s">
-        <v>295</v>
+        <v>225</v>
       </c>
       <c r="K242" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="L242" t="s">
         <v>1250</v>
       </c>
       <c r="M242" t="s">
         <v>828</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
         <v>1251</v>
       </c>
       <c r="P242" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
         <v>1253</v>
       </c>
       <c r="B243" t="s">
         <v>1254</v>
       </c>
       <c r="C243" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D243" t="s">
-        <v>378</v>
+        <v>635</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G243" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H243">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I243"/>
       <c r="J243" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K243" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="L243" t="s">
         <v>1255</v>
       </c>
       <c r="M243" t="s">
         <v>828</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
         <v>1256</v>
       </c>
       <c r="P243" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
         <v>1258</v>
       </c>
       <c r="B244" t="s">
         <v>1259</v>
       </c>
       <c r="C244" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D244" t="s">
+        <v>376</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>189</v>
+      </c>
+      <c r="G244" t="s">
+        <v>71</v>
+      </c>
+      <c r="H244">
+        <v>1994</v>
+      </c>
+      <c r="I244">
+        <v>2014</v>
+      </c>
+      <c r="J244" t="s">
+        <v>292</v>
+      </c>
+      <c r="K244" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244" t="s">
         <v>1260</v>
-      </c>
-[...22 lines deleted...]
-        <v>1261</v>
       </c>
       <c r="M244" t="s">
         <v>828</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
+        <v>1261</v>
+      </c>
+      <c r="P244" t="s">
         <v>1262</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B245" t="s">
         <v>1264</v>
       </c>
-      <c r="B245" t="s">
+      <c r="C245" t="s">
+        <v>223</v>
+      </c>
+      <c r="D245" t="s">
         <v>1265</v>
       </c>
-      <c r="C245" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G245" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="H245">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I245"/>
+        <v>2002</v>
+      </c>
+      <c r="I245">
+        <v>2007</v>
+      </c>
       <c r="J245" t="s">
-        <v>295</v>
+        <v>225</v>
       </c>
       <c r="K245" t="s">
         <v>34</v>
       </c>
       <c r="L245" t="s">
         <v>1266</v>
       </c>
       <c r="M245" t="s">
         <v>828</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
         <v>1267</v>
       </c>
       <c r="P245" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
         <v>1269</v>
       </c>
       <c r="B246" t="s">
         <v>1270</v>
       </c>
       <c r="C246" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D246" t="s">
-        <v>366</v>
+        <v>70</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G246" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H246">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I246"/>
       <c r="J246" t="s">
-        <v>228</v>
+        <v>292</v>
       </c>
       <c r="K246" t="s">
         <v>34</v>
       </c>
       <c r="L246" t="s">
         <v>1271</v>
       </c>
       <c r="M246" t="s">
         <v>828</v>
       </c>
       <c r="N246" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O246" t="s">
         <v>1272</v>
       </c>
       <c r="P246" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
         <v>1274</v>
       </c>
       <c r="B247" t="s">
         <v>1275</v>
       </c>
       <c r="C247" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D247" t="s">
-        <v>1276</v>
+        <v>364</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
-        <v>22</v>
+        <v>1276</v>
       </c>
       <c r="H247">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I247"/>
+        <v>2010</v>
+      </c>
+      <c r="I247">
+        <v>2016</v>
+      </c>
       <c r="J247" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K247" t="s">
         <v>34</v>
       </c>
       <c r="L247" t="s">
         <v>1277</v>
       </c>
       <c r="M247" t="s">
         <v>828</v>
       </c>
       <c r="N247" t="s">
         <v>36</v>
       </c>
       <c r="O247" t="s">
         <v>1278</v>
       </c>
       <c r="P247" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
         <v>1280</v>
       </c>
       <c r="B248" t="s">
         <v>1281</v>
       </c>
       <c r="C248" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D248" t="s">
-        <v>89</v>
+        <v>1282</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="I248">
         <v>2008</v>
       </c>
+      <c r="I248"/>
       <c r="J248" t="s">
-        <v>295</v>
+        <v>225</v>
       </c>
       <c r="K248" t="s">
         <v>34</v>
       </c>
       <c r="L248" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="M248" t="s">
         <v>828</v>
       </c>
       <c r="N248" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O248" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="P248" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B249" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C249" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D249" t="s">
-        <v>947</v>
+        <v>91</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
+        <v>1995</v>
+      </c>
+      <c r="I249">
         <v>2008</v>
       </c>
-      <c r="I249">
-[...1 lines deleted...]
-      </c>
       <c r="J249" t="s">
-        <v>228</v>
+        <v>292</v>
       </c>
       <c r="K249" t="s">
         <v>34</v>
       </c>
       <c r="L249" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="M249" t="s">
         <v>828</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="P249" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="B250" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="C250" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D250" t="s">
-        <v>89</v>
+        <v>947</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="I250">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J250" t="s">
-        <v>319</v>
+        <v>225</v>
       </c>
       <c r="K250" t="s">
         <v>34</v>
       </c>
       <c r="L250" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="M250" t="s">
         <v>828</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="P250" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B251" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C251" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D251" t="s">
-        <v>461</v>
+        <v>91</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G251" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H251">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I251"/>
+        <v>1995</v>
+      </c>
+      <c r="I251">
+        <v>2010</v>
+      </c>
       <c r="J251" t="s">
-        <v>228</v>
+        <v>316</v>
       </c>
       <c r="K251" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="L251" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="M251" t="s">
         <v>828</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="P251" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B252" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C252" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D252" t="s">
-        <v>89</v>
+        <v>459</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G252" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H252">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I252"/>
       <c r="J252" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K252" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L252"/>
+        <v>408</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1303</v>
+      </c>
       <c r="M252" t="s">
         <v>828</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="P252" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="B253" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C253" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D253" t="s">
-        <v>471</v>
+        <v>91</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G253" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H253">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I253"/>
+        <v>1995</v>
+      </c>
+      <c r="I253">
+        <v>2016</v>
+      </c>
       <c r="J253" t="s">
-        <v>295</v>
+        <v>225</v>
       </c>
       <c r="K253" t="s">
         <v>34</v>
       </c>
-      <c r="L253" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L253"/>
       <c r="M253" t="s">
         <v>828</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="P253" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B254" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C254" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D254" t="s">
-        <v>1080</v>
+        <v>469</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G254" t="s">
         <v>53</v>
       </c>
       <c r="H254">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I254"/>
       <c r="J254" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K254" t="s">
         <v>34</v>
       </c>
       <c r="L254" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="M254" t="s">
         <v>828</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="P254" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B255" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C255" t="s">
-        <v>1316</v>
+        <v>223</v>
       </c>
       <c r="D255" t="s">
-        <v>1317</v>
+        <v>1085</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G255" t="s">
         <v>53</v>
       </c>
       <c r="H255">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>71</v>
+        <v>292</v>
       </c>
       <c r="K255" t="s">
         <v>34</v>
       </c>
-      <c r="L255"/>
+      <c r="L255" t="s">
+        <v>1317</v>
+      </c>
       <c r="M255" t="s">
+        <v>828</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
         <v>1318</v>
       </c>
-      <c r="N255" t="s">
-[...2 lines deleted...]
-      <c r="O255" t="s">
+      <c r="P255" t="s">
         <v>1319</v>
-      </c>
-[...1 lines deleted...]
-        <v>1320</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B256" t="s">
         <v>1321</v>
       </c>
-      <c r="B256" t="s">
+      <c r="C256" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1316</v>
       </c>
       <c r="D256" t="s">
         <v>1323</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G256" t="s">
         <v>53</v>
       </c>
       <c r="H256">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K256" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="N256" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="P256" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B257" t="s">
-        <v>1074</v>
+        <v>1328</v>
       </c>
       <c r="C257" t="s">
-        <v>1048</v>
+        <v>1322</v>
       </c>
       <c r="D257" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>42</v>
       </c>
       <c r="G257" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H257">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I257"/>
       <c r="J257" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257"/>
       <c r="M257" t="s">
-        <v>1050</v>
+        <v>1324</v>
       </c>
       <c r="N257" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O257" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="P257" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="B258" t="s">
-        <v>514</v>
+        <v>1079</v>
       </c>
       <c r="C258" t="s">
-        <v>1165</v>
+        <v>1049</v>
       </c>
       <c r="D258" t="s">
-        <v>124</v>
+        <v>1333</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G258" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H258">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I258"/>
+        <v>2009</v>
+      </c>
+      <c r="I258">
+        <v>2016</v>
+      </c>
       <c r="J258" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
       <c r="K258" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
-        <v>1166</v>
+        <v>1051</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="P258" t="s">
-        <v>1171</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="B259" t="s">
-        <v>1333</v>
+        <v>512</v>
       </c>
       <c r="C259" t="s">
-        <v>206</v>
+        <v>1170</v>
       </c>
       <c r="D259" t="s">
-        <v>1334</v>
+        <v>126</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G259" t="s">
         <v>53</v>
       </c>
       <c r="H259">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
-        <v>1335</v>
+        <v>138</v>
       </c>
       <c r="K259" t="s">
         <v>34</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
-        <v>1336</v>
+        <v>1171</v>
       </c>
       <c r="N259" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O259" t="s">
         <v>1337</v>
       </c>
       <c r="P259" t="s">
-        <v>1338</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B260" t="s">
         <v>1339</v>
       </c>
-      <c r="B260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" t="s">
+        <v>203</v>
+      </c>
+      <c r="D260" t="s">
         <v>1340</v>
       </c>
-      <c r="D260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="G260" t="s">
         <v>53</v>
       </c>
       <c r="H260">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>1341</v>
       </c>
       <c r="K260" t="s">
         <v>34</v>
       </c>
-      <c r="L260" t="s">
+      <c r="L260"/>
+      <c r="M260" t="s">
         <v>1342</v>
       </c>
-      <c r="M260" t="s">
+      <c r="N260" t="s">
+        <v>36</v>
+      </c>
+      <c r="O260" t="s">
         <v>1343</v>
       </c>
-      <c r="N260" t="s">
-[...2 lines deleted...]
-      <c r="O260" t="s">
+      <c r="P260" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B261" t="s">
+        <v>680</v>
+      </c>
+      <c r="C261" t="s">
         <v>1346</v>
       </c>
-      <c r="B261" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D261" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G261" t="s">
         <v>53</v>
       </c>
       <c r="H261">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="K261" t="s">
         <v>34</v>
       </c>
       <c r="L261" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="M261" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="N261" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="O261" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="P261"/>
+        <v>1350</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1351</v>
+      </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D262" t="s">
+        <v>171</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>172</v>
+      </c>
+      <c r="G262" t="s">
+        <v>53</v>
+      </c>
+      <c r="H262">
+        <v>2020</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>1347</v>
+      </c>
+      <c r="K262" t="s">
+        <v>34</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1348</v>
+      </c>
+      <c r="M262" t="s">
         <v>1349</v>
       </c>
-      <c r="B262" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N262" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="O262" t="s">
-        <v>1352</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="P262"/>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B263" t="s">
-        <v>1355</v>
+        <v>169</v>
       </c>
       <c r="C263" t="s">
         <v>1356</v>
       </c>
       <c r="D263" t="s">
-        <v>70</v>
+        <v>171</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G263" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H263">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I263"/>
+        <v>2016</v>
+      </c>
+      <c r="I263">
+        <v>2017</v>
+      </c>
       <c r="J263" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="K263" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="L263" t="s">
+        <v>174</v>
+      </c>
+      <c r="M263" t="s">
         <v>1357</v>
       </c>
-      <c r="M263" t="s">
+      <c r="N263" t="s">
+        <v>176</v>
+      </c>
+      <c r="O263" t="s">
         <v>1358</v>
       </c>
-      <c r="N263" t="s">
-[...2 lines deleted...]
-      <c r="O263" t="s">
+      <c r="P263" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B264" t="s">
         <v>1361</v>
       </c>
-      <c r="B264" t="s">
+      <c r="C264" t="s">
         <v>1362</v>
       </c>
-      <c r="C264" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D264" t="s">
-        <v>107</v>
+        <v>70</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H264">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I264">
         <v>2011</v>
       </c>
+      <c r="I264"/>
       <c r="J264" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K264" t="s">
         <v>34</v>
       </c>
       <c r="L264" t="s">
         <v>1363</v>
       </c>
       <c r="M264" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="P264" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B265" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="C265" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="D265" t="s">
-        <v>242</v>
+        <v>108</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G265" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H265">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="I265"/>
+        <v>2009</v>
+      </c>
+      <c r="I265">
+        <v>2011</v>
+      </c>
       <c r="J265" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K265" t="s">
         <v>34</v>
       </c>
       <c r="L265" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="M265" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="P265" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B266" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C266" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="D266" t="s">
-        <v>899</v>
+        <v>239</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G266" t="s">
         <v>53</v>
       </c>
       <c r="H266">
         <v>2007</v>
       </c>
       <c r="I266"/>
       <c r="J266" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K266" t="s">
         <v>34</v>
       </c>
       <c r="L266" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="M266" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="P266" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="B267" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C267" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="D267" t="s">
-        <v>89</v>
+        <v>899</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
         <v>53</v>
       </c>
       <c r="H267">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K267" t="s">
         <v>34</v>
       </c>
       <c r="L267" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="M267" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="P267" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B268" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C268" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="D268" t="s">
-        <v>242</v>
+        <v>91</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H268">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I268"/>
       <c r="J268" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="K268" t="s">
         <v>34</v>
       </c>
       <c r="L268" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="M268" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="P268" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B269" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="C269" t="s">
-        <v>1388</v>
+        <v>1362</v>
       </c>
       <c r="D269" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H269">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I269"/>
+        <v>2014</v>
+      </c>
+      <c r="I269">
+        <v>2018</v>
+      </c>
       <c r="J269" t="s">
-        <v>515</v>
+        <v>138</v>
       </c>
       <c r="K269" t="s">
         <v>34</v>
       </c>
-      <c r="L269"/>
+      <c r="L269" t="s">
+        <v>1389</v>
+      </c>
       <c r="M269" t="s">
-        <v>1389</v>
+        <v>1364</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
         <v>1390</v>
       </c>
       <c r="P269" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
         <v>1392</v>
       </c>
       <c r="B270" t="s">
         <v>1393</v>
       </c>
       <c r="C270" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="D270" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>53</v>
       </c>
       <c r="H270">
         <v>2011</v>
       </c>
       <c r="I270"/>
       <c r="J270" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K270" t="s">
         <v>34</v>
       </c>
       <c r="L270"/>
       <c r="M270" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="P270" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="B271" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="C271" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="D271" t="s">
-        <v>539</v>
+        <v>500</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>53</v>
       </c>
       <c r="H271">
         <v>2011</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K271" t="s">
         <v>34</v>
       </c>
       <c r="L271"/>
       <c r="M271" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="P271" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="B272" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="C272" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="D272" t="s">
-        <v>366</v>
+        <v>537</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G272" t="s">
         <v>53</v>
       </c>
       <c r="H272">
         <v>2011</v>
       </c>
       <c r="I272"/>
       <c r="J272" t="s">
-        <v>152</v>
+        <v>513</v>
       </c>
       <c r="K272" t="s">
         <v>34</v>
       </c>
       <c r="L272"/>
       <c r="M272" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="N272" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="P272" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="B273" t="s">
-        <v>212</v>
+        <v>1407</v>
       </c>
       <c r="C273" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="D273" t="s">
-        <v>169</v>
+        <v>364</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>53</v>
       </c>
       <c r="H273">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="I273"/>
       <c r="J273" t="s">
-        <v>553</v>
+        <v>154</v>
       </c>
       <c r="K273" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L273"/>
       <c r="M273" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="N273" t="s">
-        <v>174</v>
+        <v>36</v>
       </c>
       <c r="O273" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="P273" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="B274" t="s">
-        <v>1408</v>
+        <v>209</v>
       </c>
       <c r="C274" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="D274" t="s">
-        <v>70</v>
+        <v>171</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="G274" t="s">
         <v>53</v>
       </c>
       <c r="H274">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
-        <v>152</v>
+        <v>551</v>
       </c>
       <c r="K274" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="L274" t="s">
-        <v>1409</v>
+        <v>174</v>
       </c>
       <c r="M274" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="N274" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="O274" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="P274" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B275" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="C275" t="s">
-        <v>797</v>
+        <v>1394</v>
       </c>
       <c r="D275" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G275" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H275">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I275"/>
       <c r="J275" t="s">
-        <v>295</v>
+        <v>154</v>
       </c>
       <c r="K275" t="s">
         <v>34</v>
       </c>
       <c r="L275" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="M275" t="s">
-        <v>801</v>
+        <v>1395</v>
       </c>
       <c r="N275" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O275" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="P275" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B276" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C276" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D276" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G276" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H276">
+        <v>2010</v>
+      </c>
+      <c r="I276">
         <v>2014</v>
       </c>
-      <c r="I276"/>
       <c r="J276" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K276" t="s">
         <v>34</v>
       </c>
       <c r="L276" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="M276" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="P276" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B277" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="C277" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D277" t="s">
-        <v>1424</v>
+        <v>108</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G277" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H277">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I277">
         <v>2014</v>
       </c>
+      <c r="I277"/>
       <c r="J277" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K277" t="s">
         <v>34</v>
       </c>
       <c r="L277" t="s">
         <v>1425</v>
       </c>
       <c r="M277" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
         <v>1426</v>
       </c>
       <c r="P277" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
         <v>1428</v>
       </c>
       <c r="B278" t="s">
         <v>1429</v>
       </c>
       <c r="C278" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D278" t="s">
-        <v>502</v>
+        <v>1430</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278">
         <v>2012</v>
       </c>
       <c r="I278">
         <v>2014</v>
       </c>
       <c r="J278" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K278" t="s">
         <v>34</v>
       </c>
       <c r="L278" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="M278" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="P278" t="s">
-        <v>1432</v>
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C279" t="s">
+        <v>795</v>
+      </c>
+      <c r="D279" t="s">
+        <v>500</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>21</v>
+      </c>
+      <c r="G279" t="s">
+        <v>22</v>
+      </c>
+      <c r="H279">
+        <v>2012</v>
+      </c>
+      <c r="I279">
+        <v>2014</v>
+      </c>
+      <c r="J279" t="s">
+        <v>292</v>
+      </c>
+      <c r="K279" t="s">
+        <v>34</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1436</v>
+      </c>
+      <c r="M279" t="s">
+        <v>799</v>
+      </c>
+      <c r="N279" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1437</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1438</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">