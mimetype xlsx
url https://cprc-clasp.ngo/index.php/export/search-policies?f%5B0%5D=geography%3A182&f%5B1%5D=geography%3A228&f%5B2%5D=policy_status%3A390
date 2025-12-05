--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,4332 +12,3389 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1064">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
+  </si>
+  <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>IRAM 11507-6 | 2018</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
+    <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
+  </si>
+  <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>December 2018</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Water</t>
+  </si>
+  <si>
+    <t>European Commission - DG Environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
+    <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
+  </si>
+  <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 14 511:2004; EN12309-2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
+  </si>
+  <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
+    <t>Portable Heaters, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
+  </si>
+  <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Phones and tablets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>EN 308:1997</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>August 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
+  </si>
+  <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
+    <t>Disposition 684|2013</t>
+  </si>
+  <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
+    <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
-[...116 lines deleted...]
-    <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
+    <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
+  </si>
+  <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
-[...68 lines deleted...]
-    <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...158 lines deleted...]
-    <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
-[...443 lines deleted...]
-    <t>Conpet Seal Gas stoves and ovens</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>Green Building Reach Codes for Home Renovation</t>
+  </si>
+  <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning, Water Heating</t>
+  </si>
+  <si>
+    <t>City of San Mateo</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
+  </si>
+  <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Cooktops or Hobs</t>
-[...143 lines deleted...]
-    <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Joint Resolution No. 031 and 089, 2013</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
+  </si>
+  <si>
+    <t>Ministerio de Poder Popular para la Energia Electrica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
+  </si>
+  <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
+    <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>DIN EN ISO/IEC 17025</t>
-[...17 lines deleted...]
-    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Bureau of Standards Jamaica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
+  </si>
+  <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy (MME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2021</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>October 2022</t>
-[...1342 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...21 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...27 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
-    <t>Nordic Ecolabel 015 Imaging Equipment</t>
-[...7 lines deleted...]
-  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
-    <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
-[...25 lines deleted...]
-  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
-    <t>Provision No 859 del 11|11|2008</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
   </si>
   <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...8 lines deleted...]
-    <t>See Policy</t>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 834/2019 and Resolution 422/2020</t>
+  </si>
+  <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
+    <t>IRAM 2294-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
+    <t>PE Nº 5/06/2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
+    <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
+  </si>
+  <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
+    <t>NCh3107.Of2008 / IEC 62301:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
+    <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
+    <t>ISO 5151:1994</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
+    <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>SEC PC N° 6/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
+    <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
+    <t>IEC 61121:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 7 - Labeling for Televisions</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
+    <t>IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
+    <t>Resolution No. 70 - Labeling for Clothes Washers</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
+    <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
+    <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
+    <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
+    <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
+    <t>NCh3000.Of2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
+    <t>Resolution No. 8 - Labeling for Dishwashers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
+    <t>IEC 60436:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
+    <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
+  </si>
+  <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 104:2017</t>
+  </si>
+  <si>
+    <t>National Energy Secretariat of Panama</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
+  </si>
+  <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
+    <t>Resolution No.115: ductless split type air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 103:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.116: room-type air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 102:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.117: central, packaged and split air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 101:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
+  </si>
+  <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 511:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
+    <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
+  </si>
+  <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
+  </si>
+  <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
+    <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
+  </si>
+  <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
+    <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
+    <t>RTE INEN 072</t>
+  </si>
+  <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072-0</t>
+  </si>
+  <si>
+    <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>National Energy Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
+  </si>
+  <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
+  </si>
+  <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
+  </si>
+  <si>
+    <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>IES LM-31</t>
+  </si>
+  <si>
+    <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4177</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
+    <t>NMX-J-198-ANCE</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
+  </si>
+  <si>
+    <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>Saint Lucia Bureau of Standards</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
+    <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
+    <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
+    <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Saint Lucia Bureau of Standards (SLBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
+  </si>
+  <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
+  </si>
+  <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
+    <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
+    <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
+    <t>NOM-15-ENER-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
+    <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>NOM-010-SESH-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
+    <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
+  </si>
+  <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
+    <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
+  </si>
+  <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
+  </si>
+  <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
-[...943 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
-    <t>Technical Regulation on Labeling</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
   <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
-    <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
-[...7 lines deleted...]
-  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
-    <t>WaterSense® Specification for Showerheads</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
   <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4601,19123 +3658,9650 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N452"/>
+  <dimension ref="A1:P205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...15 lines deleted...]
-        <v>1980</v>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1980</v>
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I6" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>72</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
         <v>51</v>
       </c>
-      <c r="J6" t="s">
-[...66 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>72</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>84</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
       <c r="N9" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>84</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>71</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" t="s">
+      <c r="K12" t="s">
+        <v>84</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>101</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>102</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>77</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>78</v>
+      </c>
+      <c r="N15" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>71</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
         <v>72</v>
       </c>
-      <c r="B10" t="s">
-[...24 lines deleted...]
-      <c r="K10" t="s">
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>77</v>
       </c>
-      <c r="L10" t="s">
-[...284 lines deleted...]
-      <c r="K17"/>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N17" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>72</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2023</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>104</v>
-[...7 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
       <c r="N18" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="K19"/>
+        <v>71</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
       <c r="L19" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="M19"/>
       <c r="N19" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="B20" t="s">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="C20" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="L20"/>
+        <v>77</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N20" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>99</v>
+        <v>138</v>
       </c>
       <c r="C21" t="s">
-        <v>113</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="K21" t="s">
-        <v>114</v>
+        <v>140</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N21" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>143</v>
       </c>
       <c r="C22" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="E22" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K22" t="s">
-        <v>114</v>
-[...6 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
       <c r="N22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>117</v>
+        <v>145</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
-        <v>118</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>147</v>
       </c>
       <c r="E23" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="K23"/>
+        <v>77</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>120</v>
+        <v>78</v>
       </c>
       <c r="N23" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O23" t="s">
+        <v>148</v>
+      </c>
+      <c r="P23" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="B24" t="s">
-        <v>48</v>
+        <v>146</v>
       </c>
       <c r="C24" t="s">
-        <v>123</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>147</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K24" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
       <c r="N24" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>153</v>
       </c>
       <c r="C25" t="s">
-        <v>127</v>
+        <v>51</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>154</v>
       </c>
       <c r="E25" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1998</v>
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K25" t="s">
+        <v>140</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N25" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O25" t="s">
+        <v>155</v>
+      </c>
+      <c r="P25" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="C26" t="s">
-        <v>131</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K26" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="L26"/>
-      <c r="M26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M26"/>
       <c r="N26" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
-        <v>131</v>
+        <v>69</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>162</v>
       </c>
       <c r="E27" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K27" t="s">
-        <v>132</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
       <c r="N27" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O27" t="s">
+        <v>164</v>
+      </c>
+      <c r="P27" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="B28" t="s">
-        <v>99</v>
+        <v>167</v>
       </c>
       <c r="C28" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>162</v>
       </c>
       <c r="E28" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>163</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K28"/>
+        <v>77</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>120</v>
+        <v>78</v>
       </c>
       <c r="N28" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O28" t="s">
+        <v>168</v>
+      </c>
+      <c r="P28" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="B29" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="C29" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E29" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>163</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>71</v>
+      </c>
+      <c r="K29" t="s">
+        <v>172</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>36</v>
+      </c>
+      <c r="O29" t="s">
+        <v>173</v>
+      </c>
+      <c r="P29" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B30" t="s">
+        <v>176</v>
+      </c>
+      <c r="C30" t="s">
+        <v>69</v>
+      </c>
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>163</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>71</v>
+      </c>
+      <c r="K30" t="s">
+        <v>84</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>36</v>
+      </c>
+      <c r="O30" t="s">
+        <v>177</v>
+      </c>
+      <c r="P30" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>175</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>51</v>
+      </c>
+      <c r="D31" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>163</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>77</v>
+      </c>
+      <c r="K31" t="s">
+        <v>84</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>78</v>
+      </c>
+      <c r="N31" t="s">
+        <v>36</v>
+      </c>
+      <c r="O31" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>69</v>
+      </c>
+      <c r="D32" t="s">
+        <v>184</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>163</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>71</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>72</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>51</v>
+      </c>
+      <c r="D33" t="s">
+        <v>184</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>163</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>77</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>78</v>
+      </c>
+      <c r="N33" t="s">
+        <v>72</v>
+      </c>
+      <c r="O33" t="s">
+        <v>189</v>
+      </c>
+      <c r="P33" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>191</v>
+      </c>
+      <c r="B34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C34" t="s">
+        <v>51</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>163</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2019</v>
       </c>
-      <c r="I29" t="s">
-[...35 lines deleted...]
-      <c r="G30">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>71</v>
+      </c>
+      <c r="K34" t="s">
+        <v>63</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>72</v>
+      </c>
+      <c r="O34" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>195</v>
+      </c>
+      <c r="B35" t="s">
+        <v>196</v>
+      </c>
+      <c r="C35" t="s">
+        <v>51</v>
+      </c>
+      <c r="D35" t="s">
+        <v>107</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>163</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2019</v>
       </c>
-      <c r="H30"/>
-[...34 lines deleted...]
-      <c r="G31">
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>77</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>78</v>
+      </c>
+      <c r="N35" t="s">
+        <v>36</v>
+      </c>
+      <c r="O35" t="s">
+        <v>197</v>
+      </c>
+      <c r="P35" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>199</v>
+      </c>
+      <c r="B36" t="s">
+        <v>200</v>
+      </c>
+      <c r="C36" t="s">
+        <v>51</v>
+      </c>
+      <c r="D36" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>163</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2019</v>
       </c>
-      <c r="H31"/>
-[...208 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="K36" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N36" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>72</v>
+      </c>
+      <c r="O36" t="s">
+        <v>201</v>
+      </c>
+      <c r="P36" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>158</v>
+        <v>203</v>
       </c>
       <c r="B37" t="s">
-        <v>48</v>
+        <v>204</v>
       </c>
       <c r="C37" t="s">
-        <v>159</v>
+        <v>69</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>163</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>71</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>36</v>
+      </c>
+      <c r="O37" t="s">
+        <v>206</v>
+      </c>
+      <c r="P37" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>208</v>
+      </c>
+      <c r="B38" t="s">
+        <v>209</v>
+      </c>
+      <c r="C38" t="s">
+        <v>124</v>
+      </c>
+      <c r="D38" t="s">
+        <v>125</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>163</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2023</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>77</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>36</v>
+      </c>
+      <c r="O38" t="s">
+        <v>210</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>51</v>
+      </c>
+      <c r="D39" t="s">
+        <v>214</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>163</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2023</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>63</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>215</v>
+      </c>
+      <c r="N39" t="s">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>216</v>
+      </c>
+      <c r="P39" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>218</v>
+      </c>
+      <c r="B40" t="s">
+        <v>219</v>
+      </c>
+      <c r="C40" t="s">
+        <v>69</v>
+      </c>
+      <c r="D40" t="s">
+        <v>220</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>163</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2013</v>
       </c>
-      <c r="H37"/>
-[...56 lines deleted...]
-      <c r="A39" t="s">
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>71</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40" t="s">
+        <v>36</v>
+      </c>
+      <c r="O40" t="s">
+        <v>221</v>
+      </c>
+      <c r="P40" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>223</v>
+      </c>
+      <c r="B41" t="s">
+        <v>224</v>
+      </c>
+      <c r="C41" t="s">
+        <v>69</v>
+      </c>
+      <c r="D41" t="s">
+        <v>130</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>163</v>
       </c>
-      <c r="B39" t="s">
-[...36 lines deleted...]
-      <c r="A40" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>71</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>131</v>
+      </c>
+      <c r="M41"/>
+      <c r="N41" t="s">
+        <v>36</v>
+      </c>
+      <c r="O41" t="s">
+        <v>225</v>
+      </c>
+      <c r="P41" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>227</v>
+      </c>
+      <c r="C42" t="s">
+        <v>51</v>
+      </c>
+      <c r="D42" t="s">
+        <v>130</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>163</v>
       </c>
-      <c r="B40" t="s">
-[...95 lines deleted...]
-        <v>1979</v>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L42"/>
+        <v>77</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>131</v>
+      </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N42" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O42" t="s">
+        <v>228</v>
+      </c>
+      <c r="P42" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>172</v>
+        <v>230</v>
       </c>
       <c r="B43" t="s">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="C43" t="s">
-        <v>173</v>
+        <v>69</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>232</v>
       </c>
       <c r="E43" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>160</v>
-[...7 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43"/>
       <c r="N43" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O43" t="s">
+        <v>233</v>
+      </c>
+      <c r="P43" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>235</v>
       </c>
       <c r="B44" t="s">
-        <v>99</v>
+        <v>236</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>51</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>232</v>
       </c>
       <c r="E44" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="K44"/>
+        <v>77</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N44" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O44" t="s">
+        <v>237</v>
+      </c>
+      <c r="P44" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>176</v>
+        <v>239</v>
       </c>
       <c r="B45" t="s">
-        <v>99</v>
+        <v>240</v>
       </c>
       <c r="C45" t="s">
-        <v>177</v>
+        <v>69</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>241</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K45"/>
+        <v>71</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
       <c r="L45"/>
-      <c r="M45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M45"/>
       <c r="N45" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>72</v>
+      </c>
+      <c r="O45" t="s">
+        <v>242</v>
+      </c>
+      <c r="P45" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>239</v>
       </c>
       <c r="B46" t="s">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="C46" t="s">
-        <v>177</v>
+        <v>51</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>241</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N46" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>72</v>
+      </c>
+      <c r="O46" t="s">
+        <v>244</v>
+      </c>
+      <c r="P46" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>181</v>
+        <v>246</v>
       </c>
       <c r="B47" t="s">
-        <v>99</v>
+        <v>247</v>
       </c>
       <c r="C47" t="s">
-        <v>103</v>
+        <v>51</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>248</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="K47"/>
+        <v>77</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N47" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O47" t="s">
+        <v>249</v>
+      </c>
+      <c r="P47" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>184</v>
+        <v>246</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>251</v>
       </c>
       <c r="C48" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>248</v>
       </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>163</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>71</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48"/>
+      <c r="N48" t="s">
+        <v>36</v>
+      </c>
+      <c r="O48" t="s">
+        <v>252</v>
+      </c>
+      <c r="P48" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>254</v>
+      </c>
+      <c r="B49" t="s">
+        <v>255</v>
+      </c>
+      <c r="C49" t="s">
+        <v>51</v>
+      </c>
+      <c r="D49" t="s">
+        <v>256</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>163</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2014</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>77</v>
+      </c>
+      <c r="K49" t="s">
+        <v>63</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>78</v>
+      </c>
+      <c r="N49" t="s">
+        <v>36</v>
+      </c>
+      <c r="O49" t="s">
+        <v>257</v>
+      </c>
+      <c r="P49" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>254</v>
+      </c>
+      <c r="B50" t="s">
+        <v>259</v>
+      </c>
+      <c r="C50" t="s">
+        <v>69</v>
+      </c>
+      <c r="D50" t="s">
+        <v>256</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>163</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>71</v>
+      </c>
+      <c r="K50" t="s">
+        <v>63</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50"/>
+      <c r="N50" t="s">
+        <v>36</v>
+      </c>
+      <c r="O50" t="s">
+        <v>260</v>
+      </c>
+      <c r="P50" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>262</v>
+      </c>
+      <c r="B51" t="s">
+        <v>263</v>
+      </c>
+      <c r="C51" t="s">
+        <v>69</v>
+      </c>
+      <c r="D51" t="s">
+        <v>264</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>163</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>71</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51" t="s">
+        <v>36</v>
+      </c>
+      <c r="O51" t="s">
+        <v>265</v>
+      </c>
+      <c r="P51" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>262</v>
+      </c>
+      <c r="B52" t="s">
+        <v>267</v>
+      </c>
+      <c r="C52" t="s">
+        <v>51</v>
+      </c>
+      <c r="D52" t="s">
+        <v>264</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>163</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>268</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>78</v>
+      </c>
+      <c r="N52" t="s">
+        <v>36</v>
+      </c>
+      <c r="O52" t="s">
+        <v>269</v>
+      </c>
+      <c r="P52" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>271</v>
+      </c>
+      <c r="B53" t="s">
+        <v>272</v>
+      </c>
+      <c r="C53" t="s">
+        <v>69</v>
+      </c>
+      <c r="D53" t="s">
+        <v>139</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>163</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>71</v>
+      </c>
+      <c r="K53" t="s">
+        <v>140</v>
+      </c>
+      <c r="L53" t="s">
+        <v>273</v>
+      </c>
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>36</v>
+      </c>
+      <c r="O53" t="s">
+        <v>274</v>
+      </c>
+      <c r="P53" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>271</v>
+      </c>
+      <c r="B54" t="s">
+        <v>276</v>
+      </c>
+      <c r="C54" t="s">
+        <v>51</v>
+      </c>
+      <c r="D54" t="s">
+        <v>139</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>163</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2013</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>268</v>
+      </c>
+      <c r="K54" t="s">
+        <v>140</v>
+      </c>
+      <c r="L54" t="s">
+        <v>273</v>
+      </c>
+      <c r="M54" t="s">
+        <v>78</v>
+      </c>
+      <c r="N54" t="s">
+        <v>36</v>
+      </c>
+      <c r="O54" t="s">
+        <v>277</v>
+      </c>
+      <c r="P54" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>279</v>
+      </c>
+      <c r="B55" t="s">
+        <v>280</v>
+      </c>
+      <c r="C55" t="s">
+        <v>281</v>
+      </c>
+      <c r="D55" t="s">
+        <v>214</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>163</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>71</v>
+      </c>
+      <c r="K55" t="s">
+        <v>63</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55"/>
+      <c r="N55" t="s">
+        <v>36</v>
+      </c>
+      <c r="O55" t="s">
+        <v>282</v>
+      </c>
+      <c r="P55" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>284</v>
+      </c>
+      <c r="B56" t="s">
+        <v>285</v>
+      </c>
+      <c r="C56" t="s">
+        <v>69</v>
+      </c>
+      <c r="D56" t="s">
+        <v>286</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>163</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2009</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>71</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56"/>
+      <c r="N56" t="s">
+        <v>36</v>
+      </c>
+      <c r="O56" t="s">
+        <v>287</v>
+      </c>
+      <c r="P56" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>289</v>
+      </c>
+      <c r="B57" t="s">
+        <v>290</v>
+      </c>
+      <c r="C57" t="s">
+        <v>51</v>
+      </c>
+      <c r="D57" t="s">
+        <v>291</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>163</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>55</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>78</v>
+      </c>
+      <c r="N57" t="s">
+        <v>36</v>
+      </c>
+      <c r="O57" t="s">
+        <v>292</v>
+      </c>
+      <c r="P57" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>294</v>
+      </c>
+      <c r="B58" t="s">
+        <v>295</v>
+      </c>
+      <c r="C58" t="s">
+        <v>69</v>
+      </c>
+      <c r="D58" t="s">
+        <v>296</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>163</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2015</v>
       </c>
-      <c r="H48"/>
-[...34 lines deleted...]
-      <c r="G49">
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>71</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58"/>
+      <c r="N58" t="s">
+        <v>72</v>
+      </c>
+      <c r="O58" t="s">
+        <v>297</v>
+      </c>
+      <c r="P58" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" t="s">
+        <v>300</v>
+      </c>
+      <c r="C59" t="s">
+        <v>51</v>
+      </c>
+      <c r="D59" t="s">
+        <v>296</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>163</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2015</v>
       </c>
-      <c r="H49"/>
-[...408 lines deleted...]
-      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N59" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>72</v>
+      </c>
+      <c r="O59" t="s">
+        <v>301</v>
+      </c>
+      <c r="P59" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>210</v>
+        <v>303</v>
       </c>
       <c r="B60" t="s">
-        <v>48</v>
+        <v>304</v>
       </c>
       <c r="C60" t="s">
-        <v>127</v>
+        <v>305</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="E60" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>54</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>308</v>
       </c>
       <c r="N60" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O60" t="s">
+        <v>309</v>
+      </c>
+      <c r="P60" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>213</v>
+        <v>311</v>
       </c>
       <c r="B61" t="s">
-        <v>48</v>
+        <v>312</v>
       </c>
       <c r="C61" t="s">
-        <v>113</v>
+        <v>305</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>313</v>
       </c>
       <c r="E61" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>54</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2019</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>308</v>
       </c>
       <c r="N61" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O61" t="s">
+        <v>314</v>
+      </c>
+      <c r="P61" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>215</v>
+        <v>316</v>
       </c>
       <c r="B62" t="s">
-        <v>48</v>
+        <v>317</v>
       </c>
       <c r="C62" t="s">
-        <v>136</v>
+        <v>41</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="E62" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>163</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K62" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N62" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O62" t="s">
+        <v>319</v>
+      </c>
+      <c r="P62" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>218</v>
+        <v>321</v>
       </c>
       <c r="B63" t="s">
-        <v>48</v>
+        <v>322</v>
       </c>
       <c r="C63" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>323</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>54</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K63" t="s">
-        <v>124</v>
+        <v>44</v>
       </c>
       <c r="L63" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>324</v>
       </c>
       <c r="N63" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O63" t="s">
+        <v>325</v>
+      </c>
+      <c r="P63" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>221</v>
+        <v>321</v>
       </c>
       <c r="B64" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C64" t="s">
-        <v>140</v>
+        <v>69</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E64" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F64" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K64"/>
+        <v>43</v>
+      </c>
+      <c r="K64" t="s">
+        <v>44</v>
+      </c>
       <c r="L64" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="M64" t="s">
-        <v>31</v>
+        <v>324</v>
       </c>
       <c r="N64" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O64" t="s">
+        <v>327</v>
+      </c>
+      <c r="P64" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>223</v>
+        <v>321</v>
       </c>
       <c r="B65" t="s">
-        <v>99</v>
+        <v>328</v>
       </c>
       <c r="C65" t="s">
-        <v>224</v>
+        <v>69</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E65" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F65" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>54</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
       </c>
       <c r="H65">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L65"/>
+        <v>43</v>
+      </c>
+      <c r="K65" t="s">
+        <v>329</v>
+      </c>
+      <c r="L65" t="s">
+        <v>273</v>
+      </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>324</v>
       </c>
       <c r="N65" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O65" t="s">
+        <v>330</v>
+      </c>
+      <c r="P65" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>223</v>
+        <v>321</v>
       </c>
       <c r="B66" t="s">
-        <v>48</v>
+        <v>331</v>
       </c>
       <c r="C66" t="s">
-        <v>224</v>
+        <v>69</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>332</v>
       </c>
       <c r="E66" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>54</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>324</v>
       </c>
       <c r="N66" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O66" t="s">
+        <v>333</v>
+      </c>
+      <c r="P66" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>223</v>
+        <v>334</v>
       </c>
       <c r="B67" t="s">
-        <v>99</v>
+        <v>335</v>
       </c>
       <c r="C67" t="s">
-        <v>224</v>
+        <v>336</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E67" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>54</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L67"/>
+        <v>337</v>
+      </c>
+      <c r="K67" t="s">
+        <v>329</v>
+      </c>
+      <c r="L67" t="s">
+        <v>338</v>
+      </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>339</v>
       </c>
       <c r="N67" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O67" t="s">
+        <v>340</v>
+      </c>
+      <c r="P67" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>228</v>
+        <v>342</v>
       </c>
       <c r="B68" t="s">
-        <v>144</v>
+        <v>343</v>
       </c>
       <c r="C68" t="s">
-        <v>145</v>
+        <v>336</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>332</v>
       </c>
       <c r="E68" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F68" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L68"/>
+        <v>337</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>344</v>
+      </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>339</v>
       </c>
       <c r="N68" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O68" t="s">
+        <v>345</v>
+      </c>
+      <c r="P68" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>230</v>
+        <v>347</v>
       </c>
       <c r="B69" t="s">
-        <v>48</v>
+        <v>348</v>
       </c>
       <c r="C69" t="s">
-        <v>148</v>
+        <v>336</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>349</v>
       </c>
       <c r="E69" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F69" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>54</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2007</v>
+      </c>
+      <c r="I69">
+        <v>2008</v>
+      </c>
+      <c r="J69" t="s">
+        <v>337</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>350</v>
+      </c>
+      <c r="M69" t="s">
+        <v>339</v>
+      </c>
+      <c r="N69" t="s">
+        <v>36</v>
+      </c>
+      <c r="O69" t="s">
+        <v>351</v>
+      </c>
+      <c r="P69" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70" t="s">
+        <v>354</v>
+      </c>
+      <c r="C70" t="s">
+        <v>355</v>
+      </c>
+      <c r="D70" t="s">
+        <v>42</v>
+      </c>
+      <c r="E70" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" t="s">
+        <v>54</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2018</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>337</v>
+      </c>
+      <c r="K70" t="s">
+        <v>44</v>
+      </c>
+      <c r="L70" t="s">
+        <v>356</v>
+      </c>
+      <c r="M70" t="s">
+        <v>339</v>
+      </c>
+      <c r="N70" t="s">
+        <v>36</v>
+      </c>
+      <c r="O70" t="s">
+        <v>357</v>
+      </c>
+      <c r="P70" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
+        <v>360</v>
+      </c>
+      <c r="C71" t="s">
+        <v>336</v>
+      </c>
+      <c r="D71" t="s">
+        <v>361</v>
+      </c>
+      <c r="E71" t="s">
+        <v>53</v>
+      </c>
+      <c r="F71" t="s">
+        <v>54</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2001</v>
+      </c>
+      <c r="I71">
         <v>2012</v>
       </c>
-      <c r="H69">
-[...38 lines deleted...]
-      <c r="G70">
+      <c r="J71" t="s">
+        <v>337</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>362</v>
+      </c>
+      <c r="M71" t="s">
+        <v>339</v>
+      </c>
+      <c r="N71" t="s">
+        <v>36</v>
+      </c>
+      <c r="O71" t="s">
+        <v>363</v>
+      </c>
+      <c r="P71" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>365</v>
+      </c>
+      <c r="B72" t="s">
+        <v>366</v>
+      </c>
+      <c r="C72" t="s">
+        <v>336</v>
+      </c>
+      <c r="D72" t="s">
+        <v>367</v>
+      </c>
+      <c r="E72" t="s">
+        <v>53</v>
+      </c>
+      <c r="F72" t="s">
+        <v>54</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2017</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>337</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>368</v>
+      </c>
+      <c r="M72" t="s">
+        <v>339</v>
+      </c>
+      <c r="N72" t="s">
+        <v>36</v>
+      </c>
+      <c r="O72" t="s">
+        <v>369</v>
+      </c>
+      <c r="P72" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>371</v>
+      </c>
+      <c r="B73" t="s">
+        <v>372</v>
+      </c>
+      <c r="C73" t="s">
+        <v>336</v>
+      </c>
+      <c r="D73" t="s">
+        <v>361</v>
+      </c>
+      <c r="E73" t="s">
+        <v>53</v>
+      </c>
+      <c r="F73" t="s">
+        <v>54</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2001</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>337</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>373</v>
+      </c>
+      <c r="M73" t="s">
+        <v>339</v>
+      </c>
+      <c r="N73" t="s">
+        <v>36</v>
+      </c>
+      <c r="O73" t="s">
+        <v>374</v>
+      </c>
+      <c r="P73" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>376</v>
+      </c>
+      <c r="B74" t="s">
+        <v>377</v>
+      </c>
+      <c r="C74" t="s">
+        <v>336</v>
+      </c>
+      <c r="D74" t="s">
+        <v>378</v>
+      </c>
+      <c r="E74" t="s">
+        <v>53</v>
+      </c>
+      <c r="F74" t="s">
+        <v>54</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2013</v>
       </c>
-      <c r="H70"/>
-[...164 lines deleted...]
-      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>29</v>
+        <v>337</v>
       </c>
       <c r="K74" t="s">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>97</v>
+        <v>379</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>339</v>
       </c>
       <c r="N74" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O74" t="s">
+        <v>380</v>
+      </c>
+      <c r="P74" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>243</v>
+        <v>382</v>
       </c>
       <c r="B75" t="s">
-        <v>99</v>
+        <v>383</v>
       </c>
       <c r="C75" t="s">
-        <v>244</v>
+        <v>384</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>349</v>
       </c>
       <c r="E75" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F75" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2011</v>
+      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K75"/>
+        <v>385</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N75" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O75" t="s">
+        <v>387</v>
+      </c>
+      <c r="P75" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>246</v>
+        <v>389</v>
       </c>
       <c r="B76" t="s">
-        <v>48</v>
+        <v>390</v>
       </c>
       <c r="C76" t="s">
-        <v>244</v>
+        <v>391</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>349</v>
       </c>
       <c r="E76" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2014</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76"/>
       <c r="N76" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O76" t="s">
+        <v>393</v>
+      </c>
+      <c r="P76" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>248</v>
+        <v>395</v>
       </c>
       <c r="B77" t="s">
-        <v>99</v>
+        <v>396</v>
       </c>
       <c r="C77" t="s">
-        <v>249</v>
+        <v>384</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>264</v>
       </c>
       <c r="E77" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F77" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1985</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L77"/>
+        <v>385</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>397</v>
+      </c>
       <c r="M77" t="s">
-        <v>31</v>
+        <v>386</v>
       </c>
       <c r="N77" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O77" t="s">
+        <v>398</v>
+      </c>
+      <c r="P77" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>248</v>
+        <v>400</v>
       </c>
       <c r="B78" t="s">
-        <v>48</v>
+        <v>401</v>
       </c>
       <c r="C78" t="s">
-        <v>249</v>
+        <v>384</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>402</v>
       </c>
       <c r="E78" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F78" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1984</v>
+      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K78"/>
+        <v>385</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
       <c r="L78" t="s">
-        <v>97</v>
+        <v>403</v>
       </c>
       <c r="M78" t="s">
-        <v>31</v>
+        <v>386</v>
       </c>
       <c r="N78" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>404</v>
+      </c>
+      <c r="P78" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>252</v>
+        <v>406</v>
       </c>
       <c r="B79" t="s">
-        <v>48</v>
+        <v>407</v>
       </c>
       <c r="C79" t="s">
-        <v>253</v>
+        <v>384</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>408</v>
       </c>
       <c r="E79" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F79" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1989</v>
+      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N79" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O79" t="s">
+        <v>409</v>
+      </c>
+      <c r="P79" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>252</v>
+        <v>411</v>
       </c>
       <c r="B80" t="s">
-        <v>99</v>
+        <v>412</v>
       </c>
       <c r="C80" t="s">
-        <v>253</v>
+        <v>384</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>413</v>
       </c>
       <c r="E80" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F80" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1989</v>
+      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K80"/>
+        <v>385</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N80" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O80" t="s">
+        <v>414</v>
+      </c>
+      <c r="P80" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>256</v>
+        <v>416</v>
       </c>
       <c r="B81" t="s">
-        <v>48</v>
+        <v>417</v>
       </c>
       <c r="C81" t="s">
-        <v>257</v>
+        <v>384</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>418</v>
       </c>
       <c r="E81" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F81" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>1984</v>
+      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K81"/>
+        <v>385</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
       <c r="L81" t="s">
-        <v>97</v>
+        <v>419</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N81" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O81" t="s">
+        <v>420</v>
+      </c>
+      <c r="P81" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>256</v>
+        <v>422</v>
       </c>
       <c r="B82" t="s">
-        <v>99</v>
+        <v>423</v>
       </c>
       <c r="C82" t="s">
-        <v>257</v>
+        <v>384</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>424</v>
       </c>
       <c r="E82" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F82" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1990</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K82"/>
+        <v>385</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N82" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O82" t="s">
+        <v>425</v>
+      </c>
+      <c r="P82" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>260</v>
+        <v>427</v>
       </c>
       <c r="B83" t="s">
-        <v>99</v>
+        <v>428</v>
       </c>
       <c r="C83" t="s">
-        <v>261</v>
+        <v>384</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>413</v>
       </c>
       <c r="E83" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F83" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1989</v>
+      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K83"/>
+        <v>385</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N83" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O83" t="s">
+        <v>429</v>
+      </c>
+      <c r="P83" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>260</v>
+        <v>431</v>
       </c>
       <c r="B84" t="s">
-        <v>48</v>
+        <v>432</v>
       </c>
       <c r="C84" t="s">
-        <v>261</v>
+        <v>384</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>433</v>
       </c>
       <c r="E84" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F84" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1983</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K84"/>
+        <v>385</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
       <c r="L84" t="s">
-        <v>97</v>
+        <v>434</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N84" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O84" t="s">
+        <v>435</v>
+      </c>
+      <c r="P84" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>264</v>
+        <v>437</v>
       </c>
       <c r="B85" t="s">
-        <v>99</v>
+        <v>438</v>
       </c>
       <c r="C85" t="s">
-        <v>159</v>
+        <v>384</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E85" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F85" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85"/>
       <c r="J85" t="s">
-        <v>160</v>
+        <v>385</v>
       </c>
       <c r="K85" t="s">
-        <v>22</v>
+        <v>439</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N85" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O85" t="s">
+        <v>440</v>
+      </c>
+      <c r="P85" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>264</v>
+        <v>442</v>
       </c>
       <c r="B86" t="s">
-        <v>48</v>
+        <v>443</v>
       </c>
       <c r="C86" t="s">
-        <v>159</v>
+        <v>384</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>408</v>
       </c>
       <c r="E86" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F86" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1987</v>
+      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>160</v>
+        <v>337</v>
       </c>
       <c r="K86" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N86" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O86" t="s">
+        <v>444</v>
+      </c>
+      <c r="P86" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>267</v>
+        <v>446</v>
       </c>
       <c r="B87" t="s">
-        <v>170</v>
+        <v>447</v>
       </c>
       <c r="C87" t="s">
-        <v>148</v>
+        <v>384</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>448</v>
       </c>
       <c r="E87" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F87" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1987</v>
+      </c>
+      <c r="I87"/>
       <c r="J87" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K87"/>
+        <v>385</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N87" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O87" t="s">
+        <v>449</v>
+      </c>
+      <c r="P87" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>269</v>
+        <v>451</v>
       </c>
       <c r="B88" t="s">
-        <v>170</v>
+        <v>452</v>
       </c>
       <c r="C88" t="s">
-        <v>173</v>
+        <v>384</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>453</v>
       </c>
       <c r="E88" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>163</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
       </c>
       <c r="H88">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1986</v>
+      </c>
+      <c r="I88"/>
       <c r="J88" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N88" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O88" t="s">
+        <v>454</v>
+      </c>
+      <c r="P88" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>269</v>
+        <v>456</v>
       </c>
       <c r="B89" t="s">
-        <v>48</v>
+        <v>457</v>
       </c>
       <c r="C89" t="s">
-        <v>173</v>
+        <v>384</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>458</v>
       </c>
       <c r="E89" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F89" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>163</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
       </c>
       <c r="H89">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1986</v>
+      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="K89"/>
+        <v>385</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
       <c r="L89" t="s">
-        <v>97</v>
+        <v>459</v>
       </c>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="N89" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O89" t="s">
+        <v>460</v>
+      </c>
+      <c r="P89" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>274</v>
+        <v>462</v>
       </c>
       <c r="B90" t="s">
-        <v>99</v>
+        <v>463</v>
       </c>
       <c r="C90" t="s">
-        <v>275</v>
+        <v>384</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="E90" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F90" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1984</v>
+      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L90"/>
+        <v>385</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>464</v>
+      </c>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>465</v>
       </c>
       <c r="N90" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O90" t="s">
+        <v>466</v>
+      </c>
+      <c r="P90" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>277</v>
+        <v>468</v>
       </c>
       <c r="B91" t="s">
-        <v>48</v>
+        <v>469</v>
       </c>
       <c r="C91" t="s">
-        <v>278</v>
+        <v>470</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>471</v>
       </c>
       <c r="E91" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2022</v>
+      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>472</v>
       </c>
       <c r="N91" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>473</v>
+      </c>
+      <c r="P91" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>280</v>
+        <v>475</v>
       </c>
       <c r="B92" t="s">
-        <v>99</v>
+        <v>476</v>
       </c>
       <c r="C92" t="s">
-        <v>281</v>
+        <v>477</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L92"/>
+        <v>479</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>480</v>
+      </c>
       <c r="M92" t="s">
-        <v>31</v>
+        <v>481</v>
       </c>
       <c r="N92" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O92" t="s">
+        <v>482</v>
+      </c>
+      <c r="P92" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>283</v>
+        <v>484</v>
       </c>
       <c r="B93" t="s">
-        <v>48</v>
+        <v>485</v>
       </c>
       <c r="C93" t="s">
-        <v>281</v>
+        <v>486</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>487</v>
       </c>
       <c r="E93" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2016</v>
+      </c>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>488</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="N93" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O93" t="s">
+        <v>490</v>
+      </c>
+      <c r="P93" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>285</v>
+        <v>492</v>
       </c>
       <c r="B94" t="s">
-        <v>286</v>
+        <v>493</v>
       </c>
       <c r="C94" t="s">
-        <v>287</v>
+        <v>486</v>
       </c>
       <c r="D94" t="s">
-        <v>42</v>
+        <v>318</v>
       </c>
       <c r="E94" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>163</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
       </c>
       <c r="H94">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>289</v>
+        <v>488</v>
       </c>
       <c r="K94" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>489</v>
       </c>
       <c r="N94" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O94" t="s">
+        <v>494</v>
+      </c>
+      <c r="P94" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>293</v>
+        <v>496</v>
       </c>
       <c r="B95" t="s">
-        <v>294</v>
+        <v>497</v>
       </c>
       <c r="C95" t="s">
-        <v>295</v>
+        <v>486</v>
       </c>
       <c r="D95" t="s">
-        <v>42</v>
+        <v>318</v>
       </c>
       <c r="E95" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G95">
+        <v>163</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2016</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>488</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>489</v>
+      </c>
+      <c r="N95" t="s">
+        <v>36</v>
+      </c>
+      <c r="O95" t="s">
+        <v>498</v>
+      </c>
+      <c r="P95" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>500</v>
+      </c>
+      <c r="B96" t="s">
+        <v>501</v>
+      </c>
+      <c r="C96" t="s">
+        <v>486</v>
+      </c>
+      <c r="D96" t="s">
+        <v>318</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>33</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2016</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>488</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>489</v>
+      </c>
+      <c r="N96" t="s">
+        <v>36</v>
+      </c>
+      <c r="O96" t="s">
+        <v>502</v>
+      </c>
+      <c r="P96" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>504</v>
+      </c>
+      <c r="B97" t="s">
+        <v>505</v>
+      </c>
+      <c r="C97" t="s">
+        <v>41</v>
+      </c>
+      <c r="D97" t="s">
+        <v>248</v>
+      </c>
+      <c r="E97" t="s">
+        <v>53</v>
+      </c>
+      <c r="F97" t="s">
+        <v>33</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
         <v>2012</v>
       </c>
-      <c r="H95">
-[...88 lines deleted...]
-      </c>
+      <c r="I97"/>
       <c r="J97" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K97"/>
+        <v>479</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
       <c r="L97" t="s">
-        <v>297</v>
+        <v>506</v>
       </c>
       <c r="M97" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N97" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O97" t="s">
+        <v>507</v>
+      </c>
+      <c r="P97" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>306</v>
+        <v>509</v>
       </c>
       <c r="B98" t="s">
-        <v>294</v>
+        <v>510</v>
       </c>
       <c r="C98" t="s">
-        <v>307</v>
+        <v>391</v>
       </c>
       <c r="D98" t="s">
-        <v>42</v>
+        <v>511</v>
       </c>
       <c r="E98" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>163</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
       </c>
       <c r="H98">
         <v>2014</v>
       </c>
-      <c r="I98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K98"/>
+        <v>512</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
       <c r="L98" t="s">
-        <v>297</v>
+        <v>513</v>
       </c>
       <c r="M98" t="s">
-        <v>24</v>
+        <v>514</v>
       </c>
       <c r="N98" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O98" t="s">
+        <v>515</v>
+      </c>
+      <c r="P98" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>309</v>
+        <v>517</v>
       </c>
       <c r="B99" t="s">
-        <v>294</v>
+        <v>510</v>
       </c>
       <c r="C99" t="s">
-        <v>310</v>
+        <v>518</v>
       </c>
       <c r="D99" t="s">
-        <v>42</v>
+        <v>519</v>
       </c>
       <c r="E99" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G99">
+        <v>163</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2017</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>512</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>520</v>
+      </c>
+      <c r="N99" t="s">
+        <v>36</v>
+      </c>
+      <c r="O99" t="s">
+        <v>521</v>
+      </c>
+      <c r="P99" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>523</v>
+      </c>
+      <c r="B100" t="s">
+        <v>524</v>
+      </c>
+      <c r="C100" t="s">
+        <v>384</v>
+      </c>
+      <c r="D100" t="s">
+        <v>349</v>
+      </c>
+      <c r="E100" t="s">
+        <v>53</v>
+      </c>
+      <c r="F100" t="s">
+        <v>33</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2011</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>385</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>465</v>
+      </c>
+      <c r="N100" t="s">
+        <v>36</v>
+      </c>
+      <c r="O100" t="s">
+        <v>525</v>
+      </c>
+      <c r="P100" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>527</v>
+      </c>
+      <c r="B101" t="s">
+        <v>528</v>
+      </c>
+      <c r="C101" t="s">
+        <v>384</v>
+      </c>
+      <c r="D101" t="s">
+        <v>529</v>
+      </c>
+      <c r="E101" t="s">
+        <v>53</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2012</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>385</v>
+      </c>
+      <c r="K101" t="s">
+        <v>63</v>
+      </c>
+      <c r="L101" t="s">
+        <v>530</v>
+      </c>
+      <c r="M101" t="s">
+        <v>531</v>
+      </c>
+      <c r="N101" t="s">
+        <v>36</v>
+      </c>
+      <c r="O101" t="s">
+        <v>532</v>
+      </c>
+      <c r="P101" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>533</v>
+      </c>
+      <c r="B102" t="s">
+        <v>534</v>
+      </c>
+      <c r="C102" t="s">
+        <v>477</v>
+      </c>
+      <c r="D102" t="s">
+        <v>349</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>163</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2010</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>479</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>535</v>
+      </c>
+      <c r="N102" t="s">
+        <v>36</v>
+      </c>
+      <c r="O102" t="s">
+        <v>536</v>
+      </c>
+      <c r="P102" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>538</v>
+      </c>
+      <c r="B103" t="s">
+        <v>539</v>
+      </c>
+      <c r="C103" t="s">
+        <v>540</v>
+      </c>
+      <c r="D103" t="s">
+        <v>139</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>541</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2021</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>542</v>
+      </c>
+      <c r="K103" t="s">
+        <v>543</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>544</v>
+      </c>
+      <c r="N103" t="s">
+        <v>36</v>
+      </c>
+      <c r="O103" t="s">
+        <v>545</v>
+      </c>
+      <c r="P103" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>547</v>
+      </c>
+      <c r="B104" t="s">
+        <v>548</v>
+      </c>
+      <c r="C104" t="s">
+        <v>540</v>
+      </c>
+      <c r="D104" t="s">
+        <v>549</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>541</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2020</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>542</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>550</v>
+      </c>
+      <c r="M104" t="s">
+        <v>544</v>
+      </c>
+      <c r="N104" t="s">
+        <v>36</v>
+      </c>
+      <c r="O104" t="s">
+        <v>551</v>
+      </c>
+      <c r="P104" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>553</v>
+      </c>
+      <c r="B105" t="s">
+        <v>554</v>
+      </c>
+      <c r="C105" t="s">
+        <v>540</v>
+      </c>
+      <c r="D105" t="s">
+        <v>511</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>163</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2018</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>555</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>553</v>
+      </c>
+      <c r="M105" t="s">
+        <v>544</v>
+      </c>
+      <c r="N105" t="s">
+        <v>36</v>
+      </c>
+      <c r="O105" t="s">
+        <v>556</v>
+      </c>
+      <c r="P105" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>558</v>
+      </c>
+      <c r="B106"/>
+      <c r="C106" t="s">
+        <v>540</v>
+      </c>
+      <c r="D106" t="s">
+        <v>139</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>163</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2018</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>555</v>
+      </c>
+      <c r="K106" t="s">
+        <v>559</v>
+      </c>
+      <c r="L106" t="s">
+        <v>560</v>
+      </c>
+      <c r="M106" t="s">
+        <v>544</v>
+      </c>
+      <c r="N106" t="s">
+        <v>36</v>
+      </c>
+      <c r="O106" t="s">
+        <v>561</v>
+      </c>
+      <c r="P106" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>563</v>
+      </c>
+      <c r="B107" t="s">
+        <v>564</v>
+      </c>
+      <c r="C107" t="s">
+        <v>540</v>
+      </c>
+      <c r="D107" t="s">
+        <v>565</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>163</v>
+      </c>
+      <c r="G107" t="s">
+        <v>566</v>
+      </c>
+      <c r="H107">
+        <v>2017</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>542</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>567</v>
+      </c>
+      <c r="M107" t="s">
+        <v>544</v>
+      </c>
+      <c r="N107" t="s">
+        <v>36</v>
+      </c>
+      <c r="O107" t="s">
+        <v>568</v>
+      </c>
+      <c r="P107" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>570</v>
+      </c>
+      <c r="B108" t="s">
+        <v>571</v>
+      </c>
+      <c r="C108" t="s">
+        <v>540</v>
+      </c>
+      <c r="D108" t="s">
+        <v>487</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>163</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2021</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>555</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>572</v>
+      </c>
+      <c r="M108" t="s">
+        <v>544</v>
+      </c>
+      <c r="N108" t="s">
+        <v>36</v>
+      </c>
+      <c r="O108" t="s">
+        <v>573</v>
+      </c>
+      <c r="P108" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>575</v>
+      </c>
+      <c r="B109" t="s">
+        <v>576</v>
+      </c>
+      <c r="C109" t="s">
+        <v>540</v>
+      </c>
+      <c r="D109" t="s">
+        <v>577</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>163</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2021</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>555</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>578</v>
+      </c>
+      <c r="N109" t="s">
+        <v>72</v>
+      </c>
+      <c r="O109" t="s">
+        <v>579</v>
+      </c>
+      <c r="P109" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>581</v>
+      </c>
+      <c r="B110" t="s">
+        <v>582</v>
+      </c>
+      <c r="C110" t="s">
+        <v>540</v>
+      </c>
+      <c r="D110" t="s">
+        <v>583</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>541</v>
+      </c>
+      <c r="G110" t="s">
+        <v>566</v>
+      </c>
+      <c r="H110">
+        <v>2025</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>542</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>584</v>
+      </c>
+      <c r="M110" t="s">
+        <v>544</v>
+      </c>
+      <c r="N110" t="s">
+        <v>36</v>
+      </c>
+      <c r="O110" t="s">
+        <v>585</v>
+      </c>
+      <c r="P110" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>587</v>
+      </c>
+      <c r="B111" t="s">
+        <v>588</v>
+      </c>
+      <c r="C111" t="s">
+        <v>589</v>
+      </c>
+      <c r="D111" t="s">
+        <v>448</v>
+      </c>
+      <c r="E111" t="s">
+        <v>53</v>
+      </c>
+      <c r="F111" t="s">
+        <v>54</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>2014</v>
       </c>
-      <c r="H99">
-[...122 lines deleted...]
-      <c r="G102">
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>590</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>591</v>
+      </c>
+      <c r="N111" t="s">
+        <v>36</v>
+      </c>
+      <c r="O111" t="s">
+        <v>592</v>
+      </c>
+      <c r="P111" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>587</v>
+      </c>
+      <c r="B112" t="s">
+        <v>594</v>
+      </c>
+      <c r="C112" t="s">
+        <v>589</v>
+      </c>
+      <c r="D112" t="s">
+        <v>595</v>
+      </c>
+      <c r="E112" t="s">
+        <v>53</v>
+      </c>
+      <c r="F112" t="s">
+        <v>54</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
         <v>2014</v>
       </c>
-      <c r="H102">
-[...82 lines deleted...]
-      <c r="G104">
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>590</v>
+      </c>
+      <c r="K112" t="s">
+        <v>63</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>591</v>
+      </c>
+      <c r="N112" t="s">
+        <v>36</v>
+      </c>
+      <c r="O112" t="s">
+        <v>596</v>
+      </c>
+      <c r="P112" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>587</v>
+      </c>
+      <c r="B113" t="s">
+        <v>597</v>
+      </c>
+      <c r="C113" t="s">
+        <v>589</v>
+      </c>
+      <c r="D113" t="s">
+        <v>511</v>
+      </c>
+      <c r="E113" t="s">
+        <v>53</v>
+      </c>
+      <c r="F113" t="s">
+        <v>54</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>2014</v>
       </c>
-      <c r="H104">
-[...382 lines deleted...]
-      </c>
+      <c r="I113"/>
       <c r="J113" t="s">
-        <v>360</v>
+        <v>590</v>
       </c>
       <c r="K113" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>591</v>
       </c>
       <c r="N113" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O113" t="s">
+        <v>598</v>
+      </c>
+      <c r="P113" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>355</v>
+        <v>599</v>
       </c>
       <c r="B114" t="s">
-        <v>99</v>
+        <v>600</v>
       </c>
       <c r="C114" t="s">
-        <v>362</v>
+        <v>589</v>
       </c>
       <c r="D114" t="s">
-        <v>42</v>
+        <v>601</v>
       </c>
       <c r="E114" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F114" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2014</v>
+      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K114"/>
+        <v>590</v>
+      </c>
+      <c r="K114" t="s">
+        <v>602</v>
+      </c>
       <c r="L114" t="s">
-        <v>357</v>
+        <v>603</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>591</v>
       </c>
       <c r="N114" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O114" t="s">
+        <v>604</v>
+      </c>
+      <c r="P114" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>355</v>
+        <v>606</v>
       </c>
       <c r="B115" t="s">
-        <v>99</v>
+        <v>606</v>
       </c>
       <c r="C115" t="s">
-        <v>123</v>
+        <v>589</v>
       </c>
       <c r="D115" t="s">
-        <v>42</v>
+        <v>607</v>
       </c>
       <c r="E115" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>54</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115">
         <v>2015</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>29</v>
+        <v>590</v>
       </c>
       <c r="K115" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>357</v>
+        <v>608</v>
       </c>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>591</v>
       </c>
       <c r="N115" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O115" t="s">
+        <v>609</v>
+      </c>
+      <c r="P115" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>355</v>
+        <v>611</v>
       </c>
       <c r="B116" t="s">
-        <v>99</v>
+        <v>612</v>
       </c>
       <c r="C116" t="s">
-        <v>365</v>
+        <v>589</v>
       </c>
       <c r="D116" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="E116" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F116" t="s">
+        <v>54</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2014</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>590</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>613</v>
+      </c>
+      <c r="M116" t="s">
+        <v>591</v>
+      </c>
+      <c r="N116" t="s">
+        <v>36</v>
+      </c>
+      <c r="O116" t="s">
+        <v>614</v>
+      </c>
+      <c r="P116" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>616</v>
+      </c>
+      <c r="B117" t="s">
+        <v>617</v>
+      </c>
+      <c r="C117" t="s">
+        <v>589</v>
+      </c>
+      <c r="D117" t="s">
+        <v>618</v>
+      </c>
+      <c r="E117" t="s">
+        <v>53</v>
+      </c>
+      <c r="F117" t="s">
+        <v>54</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2014</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>590</v>
+      </c>
+      <c r="K117" t="s">
+        <v>44</v>
+      </c>
+      <c r="L117" t="s">
+        <v>619</v>
+      </c>
+      <c r="M117" t="s">
+        <v>591</v>
+      </c>
+      <c r="N117" t="s">
+        <v>36</v>
+      </c>
+      <c r="O117" t="s">
+        <v>620</v>
+      </c>
+      <c r="P117" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>622</v>
+      </c>
+      <c r="B118" t="s">
+        <v>623</v>
+      </c>
+      <c r="C118" t="s">
+        <v>589</v>
+      </c>
+      <c r="D118" t="s">
+        <v>624</v>
+      </c>
+      <c r="E118" t="s">
+        <v>53</v>
+      </c>
+      <c r="F118" t="s">
+        <v>54</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2015</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>590</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>625</v>
+      </c>
+      <c r="M118" t="s">
+        <v>591</v>
+      </c>
+      <c r="N118" t="s">
+        <v>36</v>
+      </c>
+      <c r="O118" t="s">
+        <v>626</v>
+      </c>
+      <c r="P118" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>628</v>
+      </c>
+      <c r="B119" t="s">
+        <v>629</v>
+      </c>
+      <c r="C119" t="s">
+        <v>630</v>
+      </c>
+      <c r="D119" t="s">
+        <v>349</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>163</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2009</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>512</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>631</v>
+      </c>
+      <c r="M119" t="s">
+        <v>632</v>
+      </c>
+      <c r="N119" t="s">
+        <v>36</v>
+      </c>
+      <c r="O119" t="s">
+        <v>633</v>
+      </c>
+      <c r="P119" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>635</v>
+      </c>
+      <c r="B120" t="s">
+        <v>636</v>
+      </c>
+      <c r="C120" t="s">
+        <v>630</v>
+      </c>
+      <c r="D120" t="s">
+        <v>478</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>163</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2010</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>512</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>632</v>
+      </c>
+      <c r="N120" t="s">
+        <v>36</v>
+      </c>
+      <c r="O120" t="s">
+        <v>637</v>
+      </c>
+      <c r="P120" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>639</v>
+      </c>
+      <c r="B121" t="s">
+        <v>640</v>
+      </c>
+      <c r="C121" t="s">
+        <v>630</v>
+      </c>
+      <c r="D121" t="s">
+        <v>349</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>163</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2009</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>512</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>641</v>
+      </c>
+      <c r="M121" t="s">
+        <v>632</v>
+      </c>
+      <c r="N121" t="s">
+        <v>36</v>
+      </c>
+      <c r="O121" t="s">
+        <v>642</v>
+      </c>
+      <c r="P121" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>644</v>
+      </c>
+      <c r="B122" t="s">
+        <v>645</v>
+      </c>
+      <c r="C122" t="s">
+        <v>630</v>
+      </c>
+      <c r="D122" t="s">
+        <v>646</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>163</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2011</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>34</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>647</v>
+      </c>
+      <c r="M122" t="s">
+        <v>632</v>
+      </c>
+      <c r="N122" t="s">
+        <v>36</v>
+      </c>
+      <c r="O122" t="s">
+        <v>648</v>
+      </c>
+      <c r="P122" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>650</v>
+      </c>
+      <c r="B123" t="s">
+        <v>651</v>
+      </c>
+      <c r="C123" t="s">
+        <v>630</v>
+      </c>
+      <c r="D123" t="s">
+        <v>511</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>163</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2010</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>512</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>652</v>
+      </c>
+      <c r="M123" t="s">
+        <v>632</v>
+      </c>
+      <c r="N123" t="s">
+        <v>36</v>
+      </c>
+      <c r="O123" t="s">
+        <v>653</v>
+      </c>
+      <c r="P123" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>655</v>
+      </c>
+      <c r="B124" t="s">
+        <v>656</v>
+      </c>
+      <c r="C124" t="s">
+        <v>630</v>
+      </c>
+      <c r="D124" t="s">
+        <v>519</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>163</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2012</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>512</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>632</v>
+      </c>
+      <c r="N124" t="s">
+        <v>36</v>
+      </c>
+      <c r="O124" t="s">
+        <v>657</v>
+      </c>
+      <c r="P124" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>659</v>
+      </c>
+      <c r="B125" t="s">
+        <v>660</v>
+      </c>
+      <c r="C125" t="s">
+        <v>477</v>
+      </c>
+      <c r="D125" t="s">
+        <v>661</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>163</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2022</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>662</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>663</v>
+      </c>
+      <c r="M125" t="s">
+        <v>535</v>
+      </c>
+      <c r="N125" t="s">
+        <v>36</v>
+      </c>
+      <c r="O125" t="s">
+        <v>664</v>
+      </c>
+      <c r="P125" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>666</v>
+      </c>
+      <c r="B126" t="s">
+        <v>667</v>
+      </c>
+      <c r="C126" t="s">
+        <v>470</v>
+      </c>
+      <c r="D126" t="s">
         <v>19</v>
       </c>
-      <c r="G116">
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2022</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>23</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>668</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>669</v>
+      </c>
+      <c r="P126" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>671</v>
+      </c>
+      <c r="B127" t="s">
+        <v>672</v>
+      </c>
+      <c r="C127" t="s">
+        <v>673</v>
+      </c>
+      <c r="D127" t="s">
+        <v>519</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>33</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2011</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>392</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>674</v>
+      </c>
+      <c r="M127" t="s">
+        <v>675</v>
+      </c>
+      <c r="N127" t="s">
+        <v>36</v>
+      </c>
+      <c r="O127" t="s">
+        <v>676</v>
+      </c>
+      <c r="P127" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>678</v>
+      </c>
+      <c r="B128" t="s">
+        <v>679</v>
+      </c>
+      <c r="C128" t="s">
+        <v>477</v>
+      </c>
+      <c r="D128" t="s">
+        <v>248</v>
+      </c>
+      <c r="E128" t="s">
+        <v>53</v>
+      </c>
+      <c r="F128" t="s">
+        <v>54</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2011</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>479</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>680</v>
+      </c>
+      <c r="M128" t="s">
+        <v>681</v>
+      </c>
+      <c r="N128" t="s">
+        <v>36</v>
+      </c>
+      <c r="O128" t="s">
+        <v>682</v>
+      </c>
+      <c r="P128" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>684</v>
+      </c>
+      <c r="B129" t="s">
+        <v>685</v>
+      </c>
+      <c r="C129" t="s">
+        <v>477</v>
+      </c>
+      <c r="D129" t="s">
+        <v>487</v>
+      </c>
+      <c r="E129" t="s">
+        <v>53</v>
+      </c>
+      <c r="F129" t="s">
+        <v>54</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2018</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>479</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>681</v>
+      </c>
+      <c r="N129" t="s">
+        <v>36</v>
+      </c>
+      <c r="O129" t="s">
+        <v>686</v>
+      </c>
+      <c r="P129" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>687</v>
+      </c>
+      <c r="B130" t="s">
+        <v>688</v>
+      </c>
+      <c r="C130" t="s">
+        <v>477</v>
+      </c>
+      <c r="D130" t="s">
+        <v>689</v>
+      </c>
+      <c r="E130" t="s">
+        <v>53</v>
+      </c>
+      <c r="F130" t="s">
+        <v>54</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2013</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>479</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>690</v>
+      </c>
+      <c r="M130" t="s">
+        <v>681</v>
+      </c>
+      <c r="N130" t="s">
+        <v>36</v>
+      </c>
+      <c r="O130" t="s">
+        <v>691</v>
+      </c>
+      <c r="P130" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>693</v>
+      </c>
+      <c r="B131" t="s">
+        <v>694</v>
+      </c>
+      <c r="C131" t="s">
+        <v>477</v>
+      </c>
+      <c r="D131" t="s">
+        <v>695</v>
+      </c>
+      <c r="E131" t="s">
+        <v>53</v>
+      </c>
+      <c r="F131" t="s">
+        <v>54</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2010</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>479</v>
+      </c>
+      <c r="K131" t="s">
+        <v>696</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>681</v>
+      </c>
+      <c r="N131" t="s">
+        <v>697</v>
+      </c>
+      <c r="O131" t="s">
+        <v>698</v>
+      </c>
+      <c r="P131" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>699</v>
+      </c>
+      <c r="B132" t="s">
+        <v>700</v>
+      </c>
+      <c r="C132" t="s">
+        <v>41</v>
+      </c>
+      <c r="D132" t="s">
+        <v>689</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>33</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2016</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>479</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>701</v>
+      </c>
+      <c r="M132" t="s">
+        <v>46</v>
+      </c>
+      <c r="N132" t="s">
+        <v>36</v>
+      </c>
+      <c r="O132" t="s">
+        <v>702</v>
+      </c>
+      <c r="P132" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>704</v>
+      </c>
+      <c r="B133" t="s">
+        <v>705</v>
+      </c>
+      <c r="C133" t="s">
+        <v>41</v>
+      </c>
+      <c r="D133" t="s">
+        <v>418</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>33</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2016</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>479</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>706</v>
+      </c>
+      <c r="M133" t="s">
+        <v>46</v>
+      </c>
+      <c r="N133" t="s">
+        <v>36</v>
+      </c>
+      <c r="O133" t="s">
+        <v>707</v>
+      </c>
+      <c r="P133" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>709</v>
+      </c>
+      <c r="B134" t="s">
+        <v>710</v>
+      </c>
+      <c r="C134" t="s">
+        <v>41</v>
+      </c>
+      <c r="D134" t="s">
+        <v>711</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>33</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
         <v>2015</v>
       </c>
-      <c r="H116">
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>479</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>712</v>
+      </c>
+      <c r="M134" t="s">
+        <v>46</v>
+      </c>
+      <c r="N134" t="s">
+        <v>36</v>
+      </c>
+      <c r="O134" t="s">
+        <v>713</v>
+      </c>
+      <c r="P134" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>715</v>
+      </c>
+      <c r="B135" t="s">
+        <v>716</v>
+      </c>
+      <c r="C135" t="s">
+        <v>41</v>
+      </c>
+      <c r="D135" t="s">
+        <v>717</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>33</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
         <v>2015</v>
       </c>
-      <c r="I116" t="s">
-[...37 lines deleted...]
-      <c r="G117">
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>479</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>718</v>
+      </c>
+      <c r="M135" t="s">
+        <v>46</v>
+      </c>
+      <c r="N135" t="s">
+        <v>36</v>
+      </c>
+      <c r="O135" t="s">
+        <v>719</v>
+      </c>
+      <c r="P135" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>721</v>
+      </c>
+      <c r="B136" t="s">
+        <v>722</v>
+      </c>
+      <c r="C136" t="s">
+        <v>391</v>
+      </c>
+      <c r="D136" t="s">
+        <v>487</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>33</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2014</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>392</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>514</v>
+      </c>
+      <c r="N136" t="s">
+        <v>36</v>
+      </c>
+      <c r="O136" t="s">
+        <v>723</v>
+      </c>
+      <c r="P136" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>725</v>
+      </c>
+      <c r="B137" t="s">
+        <v>726</v>
+      </c>
+      <c r="C137" t="s">
+        <v>391</v>
+      </c>
+      <c r="D137" t="s">
+        <v>727</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>541</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
         <v>2015</v>
       </c>
-      <c r="H117">
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>512</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>728</v>
+      </c>
+      <c r="M137" t="s">
+        <v>514</v>
+      </c>
+      <c r="N137" t="s">
+        <v>36</v>
+      </c>
+      <c r="O137" t="s">
+        <v>729</v>
+      </c>
+      <c r="P137" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>731</v>
+      </c>
+      <c r="B138" t="s">
+        <v>732</v>
+      </c>
+      <c r="C138" t="s">
+        <v>391</v>
+      </c>
+      <c r="D138" t="s">
+        <v>519</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>541</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2012</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>392</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>733</v>
+      </c>
+      <c r="M138" t="s">
+        <v>514</v>
+      </c>
+      <c r="N138" t="s">
+        <v>36</v>
+      </c>
+      <c r="O138" t="s">
+        <v>734</v>
+      </c>
+      <c r="P138" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>736</v>
+      </c>
+      <c r="B139" t="s">
+        <v>737</v>
+      </c>
+      <c r="C139" t="s">
+        <v>41</v>
+      </c>
+      <c r="D139" t="s">
+        <v>448</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>33</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2019</v>
+      </c>
+      <c r="I139">
+        <v>2020</v>
+      </c>
+      <c r="J139" t="s">
+        <v>479</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>738</v>
+      </c>
+      <c r="M139" t="s">
+        <v>46</v>
+      </c>
+      <c r="N139" t="s">
+        <v>36</v>
+      </c>
+      <c r="O139" t="s">
+        <v>739</v>
+      </c>
+      <c r="P139" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>741</v>
+      </c>
+      <c r="B140" t="s">
+        <v>742</v>
+      </c>
+      <c r="C140" t="s">
+        <v>673</v>
+      </c>
+      <c r="D140" t="s">
+        <v>511</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>33</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2007</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>479</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>743</v>
+      </c>
+      <c r="M140" t="s">
+        <v>744</v>
+      </c>
+      <c r="N140" t="s">
+        <v>36</v>
+      </c>
+      <c r="O140" t="s">
+        <v>745</v>
+      </c>
+      <c r="P140" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>747</v>
+      </c>
+      <c r="B141" t="s">
+        <v>748</v>
+      </c>
+      <c r="C141" t="s">
+        <v>673</v>
+      </c>
+      <c r="D141" t="s">
+        <v>291</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>33</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2011</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>479</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>749</v>
+      </c>
+      <c r="M141" t="s">
+        <v>744</v>
+      </c>
+      <c r="N141" t="s">
+        <v>36</v>
+      </c>
+      <c r="O141" t="s">
+        <v>750</v>
+      </c>
+      <c r="P141" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>752</v>
+      </c>
+      <c r="B142" t="s">
+        <v>753</v>
+      </c>
+      <c r="C142" t="s">
+        <v>673</v>
+      </c>
+      <c r="D142" t="s">
+        <v>519</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>163</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2018</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>479</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>754</v>
+      </c>
+      <c r="M142" t="s">
+        <v>744</v>
+      </c>
+      <c r="N142" t="s">
+        <v>36</v>
+      </c>
+      <c r="O142" t="s">
+        <v>755</v>
+      </c>
+      <c r="P142" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>757</v>
+      </c>
+      <c r="B143" t="s">
+        <v>758</v>
+      </c>
+      <c r="C143" t="s">
+        <v>673</v>
+      </c>
+      <c r="D143" t="s">
+        <v>759</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>33</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2017</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>479</v>
+      </c>
+      <c r="K143" t="s">
+        <v>439</v>
+      </c>
+      <c r="L143" t="s">
+        <v>760</v>
+      </c>
+      <c r="M143" t="s">
+        <v>744</v>
+      </c>
+      <c r="N143" t="s">
+        <v>36</v>
+      </c>
+      <c r="O143" t="s">
+        <v>761</v>
+      </c>
+      <c r="P143" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>763</v>
+      </c>
+      <c r="B144" t="s">
+        <v>764</v>
+      </c>
+      <c r="C144" t="s">
+        <v>673</v>
+      </c>
+      <c r="D144" t="s">
+        <v>214</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>33</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2017</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>479</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>765</v>
+      </c>
+      <c r="M144" t="s">
+        <v>744</v>
+      </c>
+      <c r="N144" t="s">
+        <v>36</v>
+      </c>
+      <c r="O144" t="s">
+        <v>766</v>
+      </c>
+      <c r="P144" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>768</v>
+      </c>
+      <c r="B145" t="s">
+        <v>769</v>
+      </c>
+      <c r="C145" t="s">
+        <v>673</v>
+      </c>
+      <c r="D145" t="s">
+        <v>402</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>33</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2014</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>479</v>
+      </c>
+      <c r="K145" t="s">
+        <v>439</v>
+      </c>
+      <c r="L145" t="s">
+        <v>770</v>
+      </c>
+      <c r="M145" t="s">
+        <v>744</v>
+      </c>
+      <c r="N145" t="s">
+        <v>36</v>
+      </c>
+      <c r="O145" t="s">
+        <v>771</v>
+      </c>
+      <c r="P145" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>773</v>
+      </c>
+      <c r="B146" t="s">
+        <v>774</v>
+      </c>
+      <c r="C146" t="s">
+        <v>673</v>
+      </c>
+      <c r="D146" t="s">
+        <v>711</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>33</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2017</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>479</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>775</v>
+      </c>
+      <c r="M146" t="s">
+        <v>744</v>
+      </c>
+      <c r="N146" t="s">
+        <v>36</v>
+      </c>
+      <c r="O146" t="s">
+        <v>776</v>
+      </c>
+      <c r="P146" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>778</v>
+      </c>
+      <c r="B147" t="s">
+        <v>779</v>
+      </c>
+      <c r="C147" t="s">
+        <v>673</v>
+      </c>
+      <c r="D147" t="s">
+        <v>318</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>33</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
         <v>2015</v>
       </c>
-      <c r="I117" t="s">
-[...40 lines deleted...]
-      <c r="H118">
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>479</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>780</v>
+      </c>
+      <c r="M147" t="s">
+        <v>744</v>
+      </c>
+      <c r="N147" t="s">
+        <v>36</v>
+      </c>
+      <c r="O147" t="s">
+        <v>781</v>
+      </c>
+      <c r="P147" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>783</v>
+      </c>
+      <c r="B148" t="s">
+        <v>784</v>
+      </c>
+      <c r="C148" t="s">
+        <v>673</v>
+      </c>
+      <c r="D148" t="s">
+        <v>349</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>33</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2011</v>
+      </c>
+      <c r="I148">
+        <v>2015</v>
+      </c>
+      <c r="J148" t="s">
+        <v>479</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>785</v>
+      </c>
+      <c r="M148" t="s">
+        <v>744</v>
+      </c>
+      <c r="N148" t="s">
+        <v>36</v>
+      </c>
+      <c r="O148" t="s">
+        <v>786</v>
+      </c>
+      <c r="P148" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>788</v>
+      </c>
+      <c r="B149" t="s">
+        <v>789</v>
+      </c>
+      <c r="C149" t="s">
+        <v>673</v>
+      </c>
+      <c r="D149" t="s">
+        <v>661</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>163</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2015</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>479</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>790</v>
+      </c>
+      <c r="M149" t="s">
+        <v>744</v>
+      </c>
+      <c r="N149" t="s">
+        <v>36</v>
+      </c>
+      <c r="O149" t="s">
+        <v>791</v>
+      </c>
+      <c r="P149" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>793</v>
+      </c>
+      <c r="B150" t="s">
+        <v>794</v>
+      </c>
+      <c r="C150" t="s">
+        <v>673</v>
+      </c>
+      <c r="D150" t="s">
+        <v>448</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>33</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2017</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>479</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>795</v>
+      </c>
+      <c r="M150" t="s">
+        <v>744</v>
+      </c>
+      <c r="N150" t="s">
+        <v>36</v>
+      </c>
+      <c r="O150" t="s">
+        <v>796</v>
+      </c>
+      <c r="P150" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>798</v>
+      </c>
+      <c r="B151" t="s">
+        <v>799</v>
+      </c>
+      <c r="C151" t="s">
+        <v>800</v>
+      </c>
+      <c r="D151" t="s">
+        <v>519</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>541</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2019</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>801</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>802</v>
+      </c>
+      <c r="M151" t="s">
+        <v>803</v>
+      </c>
+      <c r="N151" t="s">
+        <v>36</v>
+      </c>
+      <c r="O151" t="s">
+        <v>804</v>
+      </c>
+      <c r="P151" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>806</v>
+      </c>
+      <c r="B152" t="s">
+        <v>807</v>
+      </c>
+      <c r="C152" t="s">
+        <v>800</v>
+      </c>
+      <c r="D152" t="s">
+        <v>519</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>541</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2019</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>801</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>808</v>
+      </c>
+      <c r="M152" t="s">
+        <v>803</v>
+      </c>
+      <c r="N152" t="s">
+        <v>36</v>
+      </c>
+      <c r="O152" t="s">
+        <v>809</v>
+      </c>
+      <c r="P152" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>810</v>
+      </c>
+      <c r="B153" t="s">
+        <v>811</v>
+      </c>
+      <c r="C153" t="s">
+        <v>800</v>
+      </c>
+      <c r="D153" t="s">
+        <v>519</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>541</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2019</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>801</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>812</v>
+      </c>
+      <c r="M153" t="s">
+        <v>803</v>
+      </c>
+      <c r="N153" t="s">
+        <v>36</v>
+      </c>
+      <c r="O153" t="s">
+        <v>813</v>
+      </c>
+      <c r="P153" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>814</v>
+      </c>
+      <c r="B154" t="s">
+        <v>815</v>
+      </c>
+      <c r="C154" t="s">
+        <v>800</v>
+      </c>
+      <c r="D154" t="s">
+        <v>519</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>541</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2019</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>801</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>816</v>
+      </c>
+      <c r="M154" t="s">
+        <v>803</v>
+      </c>
+      <c r="N154" t="s">
+        <v>36</v>
+      </c>
+      <c r="O154" t="s">
+        <v>817</v>
+      </c>
+      <c r="P154" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>818</v>
+      </c>
+      <c r="B155" t="s">
+        <v>819</v>
+      </c>
+      <c r="C155" t="s">
+        <v>800</v>
+      </c>
+      <c r="D155" t="s">
+        <v>511</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>541</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2019</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>801</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>820</v>
+      </c>
+      <c r="M155" t="s">
+        <v>803</v>
+      </c>
+      <c r="N155" t="s">
+        <v>36</v>
+      </c>
+      <c r="O155" t="s">
+        <v>821</v>
+      </c>
+      <c r="P155" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>823</v>
+      </c>
+      <c r="B156" t="s">
+        <v>824</v>
+      </c>
+      <c r="C156" t="s">
+        <v>825</v>
+      </c>
+      <c r="D156" t="s">
+        <v>826</v>
+      </c>
+      <c r="E156" t="s">
+        <v>53</v>
+      </c>
+      <c r="F156" t="s">
+        <v>33</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
         <v>2014</v>
       </c>
-      <c r="I118" t="s">
-[...37 lines deleted...]
-      <c r="G119">
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>590</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>827</v>
+      </c>
+      <c r="N156" t="s">
+        <v>36</v>
+      </c>
+      <c r="O156" t="s">
+        <v>828</v>
+      </c>
+      <c r="P156" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>830</v>
+      </c>
+      <c r="B157" t="s">
+        <v>831</v>
+      </c>
+      <c r="C157" t="s">
+        <v>41</v>
+      </c>
+      <c r="D157" t="s">
+        <v>519</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>541</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
         <v>2014</v>
       </c>
-      <c r="H119">
-[...351 lines deleted...]
-      <c r="H127">
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>43</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>46</v>
+      </c>
+      <c r="N157" t="s">
+        <v>36</v>
+      </c>
+      <c r="O157" t="s">
+        <v>832</v>
+      </c>
+      <c r="P157" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>834</v>
+      </c>
+      <c r="B158" t="s">
+        <v>835</v>
+      </c>
+      <c r="C158" t="s">
+        <v>836</v>
+      </c>
+      <c r="D158" t="s">
+        <v>661</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>541</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
         <v>2015</v>
       </c>
-      <c r="I127" t="s">
-[...1291 lines deleted...]
-      <c r="C157" t="s">
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>801</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>837</v>
+      </c>
+      <c r="N158" t="s">
+        <v>36</v>
+      </c>
+      <c r="O158" t="s">
+        <v>838</v>
+      </c>
+      <c r="P158" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>840</v>
+      </c>
+      <c r="B159" t="s">
         <v>510</v>
       </c>
-      <c r="D157" t="s">
-[...20 lines deleted...]
-      <c r="K157" t="s">
+      <c r="C159" t="s">
+        <v>836</v>
+      </c>
+      <c r="D159" t="s">
         <v>511</v>
       </c>
-      <c r="L157" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="E159" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F159" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>163</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
       </c>
       <c r="H159">
         <v>2015</v>
       </c>
-      <c r="I159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I159"/>
       <c r="J159" t="s">
-        <v>29</v>
+        <v>801</v>
       </c>
       <c r="K159" t="s">
-        <v>518</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L159"/>
       <c r="M159" t="s">
-        <v>24</v>
+        <v>837</v>
       </c>
       <c r="N159" t="s">
+        <v>36</v>
+      </c>
+      <c r="O159" t="s">
+        <v>841</v>
+      </c>
+      <c r="P159" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>843</v>
+      </c>
+      <c r="B160" t="s">
+        <v>844</v>
+      </c>
+      <c r="C160" t="s">
+        <v>836</v>
+      </c>
+      <c r="D160" t="s">
         <v>519</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E160" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>541</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
       </c>
       <c r="H160">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I160"/>
       <c r="J160" t="s">
-        <v>29</v>
+        <v>801</v>
       </c>
       <c r="K160" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L160"/>
       <c r="M160" t="s">
-        <v>24</v>
+        <v>837</v>
       </c>
       <c r="N160" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O160" t="s">
+        <v>845</v>
+      </c>
+      <c r="P160" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>523</v>
+        <v>843</v>
       </c>
       <c r="B161" t="s">
-        <v>389</v>
+        <v>510</v>
       </c>
       <c r="C161" t="s">
-        <v>470</v>
+        <v>836</v>
       </c>
       <c r="D161" t="s">
-        <v>42</v>
+        <v>519</v>
       </c>
       <c r="E161" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F161" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2014</v>
+      </c>
+      <c r="I161"/>
       <c r="J161" t="s">
-        <v>29</v>
+        <v>801</v>
       </c>
       <c r="K161" t="s">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L161"/>
       <c r="M161" t="s">
-        <v>24</v>
+        <v>837</v>
       </c>
       <c r="N161" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O161" t="s">
+        <v>847</v>
+      </c>
+      <c r="P161" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>526</v>
+        <v>848</v>
       </c>
       <c r="B162" t="s">
-        <v>389</v>
+        <v>849</v>
       </c>
       <c r="C162" t="s">
-        <v>307</v>
+        <v>850</v>
       </c>
       <c r="D162" t="s">
-        <v>42</v>
+        <v>851</v>
       </c>
       <c r="E162" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>541</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
       </c>
       <c r="H162">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I162"/>
       <c r="J162" t="s">
-        <v>29</v>
+        <v>801</v>
       </c>
       <c r="K162" t="s">
-        <v>527</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L162"/>
       <c r="M162" t="s">
-        <v>24</v>
+        <v>852</v>
       </c>
       <c r="N162" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O162" t="s">
+        <v>853</v>
+      </c>
+      <c r="P162" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>529</v>
+        <v>855</v>
       </c>
       <c r="B163" t="s">
-        <v>389</v>
+        <v>856</v>
       </c>
       <c r="C163" t="s">
-        <v>49</v>
+        <v>850</v>
       </c>
       <c r="D163" t="s">
-        <v>42</v>
+        <v>519</v>
       </c>
       <c r="E163" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1998</v>
+        <v>541</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
       </c>
       <c r="H163">
         <v>2019</v>
       </c>
-      <c r="I163" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I163"/>
       <c r="J163" t="s">
-        <v>29</v>
+        <v>801</v>
       </c>
       <c r="K163" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L163"/>
       <c r="M163" t="s">
-        <v>24</v>
+        <v>852</v>
       </c>
       <c r="N163" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O163" t="s">
+        <v>857</v>
+      </c>
+      <c r="P163" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>532</v>
+        <v>859</v>
       </c>
       <c r="B164" t="s">
-        <v>389</v>
+        <v>860</v>
       </c>
       <c r="C164" t="s">
-        <v>533</v>
+        <v>850</v>
       </c>
       <c r="D164" t="s">
-        <v>42</v>
+        <v>519</v>
       </c>
       <c r="E164" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>541</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
       </c>
       <c r="H164">
         <v>2019</v>
       </c>
-      <c r="I164" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I164"/>
       <c r="J164" t="s">
-        <v>29</v>
+        <v>801</v>
       </c>
       <c r="K164" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L164"/>
       <c r="M164" t="s">
-        <v>24</v>
+        <v>852</v>
       </c>
       <c r="N164" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O164" t="s">
+        <v>861</v>
+      </c>
+      <c r="P164" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>536</v>
+        <v>863</v>
       </c>
       <c r="B165" t="s">
-        <v>389</v>
+        <v>864</v>
       </c>
       <c r="C165" t="s">
-        <v>537</v>
+        <v>850</v>
       </c>
       <c r="D165" t="s">
-        <v>42</v>
+        <v>511</v>
       </c>
       <c r="E165" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>541</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
       </c>
       <c r="H165">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I165"/>
       <c r="J165" t="s">
-        <v>29</v>
+        <v>801</v>
       </c>
       <c r="K165" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L165"/>
       <c r="M165" t="s">
-        <v>24</v>
+        <v>852</v>
       </c>
       <c r="N165" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O165" t="s">
+        <v>865</v>
+      </c>
+      <c r="P165" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
       <c r="A166" t="s">
+        <v>867</v>
+      </c>
+      <c r="B166" t="s">
+        <v>868</v>
+      </c>
+      <c r="C166" t="s">
+        <v>850</v>
+      </c>
+      <c r="D166" t="s">
+        <v>869</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>541</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2019</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>801</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>852</v>
+      </c>
+      <c r="N166" t="s">
+        <v>36</v>
+      </c>
+      <c r="O166" t="s">
+        <v>870</v>
+      </c>
+      <c r="P166" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>872</v>
+      </c>
+      <c r="B167" t="s">
+        <v>873</v>
+      </c>
+      <c r="C167" t="s">
+        <v>850</v>
+      </c>
+      <c r="D167" t="s">
+        <v>478</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>541</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2019</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>801</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>852</v>
+      </c>
+      <c r="N167" t="s">
+        <v>36</v>
+      </c>
+      <c r="O167" t="s">
+        <v>874</v>
+      </c>
+      <c r="P167" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>876</v>
+      </c>
+      <c r="B168" t="s">
+        <v>877</v>
+      </c>
+      <c r="C168" t="s">
         <v>540</v>
       </c>
-      <c r="B166" t="s">
-[...92 lines deleted...]
-      </c>
       <c r="D168" t="s">
-        <v>42</v>
+        <v>878</v>
       </c>
       <c r="E168" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="F168" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>54</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
       </c>
       <c r="H168">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I168"/>
       <c r="J168" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="K168"/>
+        <v>479</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
       <c r="L168" t="s">
-        <v>551</v>
+        <v>879</v>
       </c>
       <c r="M168" t="s">
-        <v>353</v>
+        <v>880</v>
       </c>
       <c r="N168" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O168" t="s">
+        <v>881</v>
+      </c>
+      <c r="P168" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>553</v>
+        <v>883</v>
       </c>
       <c r="B169" t="s">
-        <v>548</v>
+        <v>884</v>
       </c>
       <c r="C169" t="s">
-        <v>554</v>
+        <v>540</v>
       </c>
       <c r="D169" t="s">
-        <v>42</v>
+        <v>349</v>
       </c>
       <c r="E169" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="F169" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>54</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
       </c>
       <c r="H169">
         <v>2015</v>
       </c>
-      <c r="I169" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I169"/>
       <c r="J169" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="K169"/>
+        <v>392</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
       <c r="L169" t="s">
-        <v>551</v>
+        <v>885</v>
       </c>
       <c r="M169" t="s">
-        <v>353</v>
+        <v>886</v>
       </c>
       <c r="N169" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O169" t="s">
+        <v>887</v>
+      </c>
+      <c r="P169"/>
+    </row>
+    <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>556</v>
+        <v>888</v>
       </c>
       <c r="B170" t="s">
-        <v>548</v>
+        <v>889</v>
       </c>
       <c r="C170" t="s">
-        <v>557</v>
+        <v>540</v>
       </c>
       <c r="D170" t="s">
-        <v>42</v>
+        <v>487</v>
       </c>
       <c r="E170" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="F170" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>54</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
       </c>
       <c r="H170">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I170"/>
       <c r="J170" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="K170"/>
+        <v>392</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
       <c r="L170" t="s">
-        <v>551</v>
+        <v>890</v>
       </c>
       <c r="M170" t="s">
-        <v>353</v>
+        <v>886</v>
       </c>
       <c r="N170" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O170" t="s">
+        <v>891</v>
+      </c>
+      <c r="P170"/>
+    </row>
+    <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>559</v>
+        <v>892</v>
       </c>
       <c r="B171" t="s">
-        <v>560</v>
+        <v>893</v>
       </c>
       <c r="C171" t="s">
-        <v>326</v>
+        <v>894</v>
       </c>
       <c r="D171" t="s">
-        <v>42</v>
+        <v>349</v>
       </c>
       <c r="E171" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G171">
+        <v>541</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
         <v>2011</v>
       </c>
-      <c r="H171"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I171"/>
       <c r="J171" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171"/>
       <c r="M171" t="s">
-        <v>24</v>
+        <v>895</v>
       </c>
       <c r="N171" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O171" t="s">
+        <v>896</v>
+      </c>
+      <c r="P171" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>564</v>
+        <v>898</v>
       </c>
       <c r="B172" t="s">
-        <v>565</v>
+        <v>899</v>
       </c>
       <c r="C172" t="s">
-        <v>326</v>
+        <v>894</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>727</v>
       </c>
       <c r="E172" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2011</v>
+      </c>
+      <c r="I172"/>
       <c r="J172" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K172"/>
+        <v>34</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>24</v>
+        <v>895</v>
       </c>
       <c r="N172" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O172" t="s">
+        <v>900</v>
+      </c>
+      <c r="P172" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>568</v>
+        <v>902</v>
       </c>
       <c r="B173" t="s">
-        <v>560</v>
+        <v>903</v>
       </c>
       <c r="C173" t="s">
-        <v>261</v>
+        <v>894</v>
       </c>
       <c r="D173" t="s">
-        <v>42</v>
+        <v>519</v>
       </c>
       <c r="E173" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2016</v>
+      </c>
+      <c r="I173"/>
       <c r="J173" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="K173" t="s">
-        <v>569</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L173"/>
       <c r="M173" t="s">
-        <v>24</v>
+        <v>895</v>
       </c>
       <c r="N173" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O173" t="s">
+        <v>904</v>
+      </c>
+      <c r="P173" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>571</v>
+        <v>906</v>
       </c>
       <c r="B174" t="s">
-        <v>560</v>
+        <v>907</v>
       </c>
       <c r="C174" t="s">
-        <v>287</v>
+        <v>894</v>
       </c>
       <c r="D174" t="s">
-        <v>42</v>
+        <v>519</v>
       </c>
       <c r="E174" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F174" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2015</v>
+      </c>
+      <c r="I174"/>
       <c r="J174" t="s">
-        <v>29</v>
+        <v>908</v>
       </c>
       <c r="K174" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L174"/>
       <c r="M174" t="s">
-        <v>24</v>
+        <v>909</v>
       </c>
       <c r="N174" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O174" t="s">
+        <v>910</v>
+      </c>
+      <c r="P174" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>574</v>
+        <v>911</v>
       </c>
       <c r="B175" t="s">
-        <v>560</v>
+        <v>912</v>
       </c>
       <c r="C175" t="s">
-        <v>412</v>
+        <v>894</v>
       </c>
       <c r="D175" t="s">
-        <v>42</v>
+        <v>511</v>
       </c>
       <c r="E175" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1987</v>
+        <v>163</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
       </c>
       <c r="H175">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I175"/>
       <c r="J175" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
       <c r="M175" t="s">
-        <v>24</v>
+        <v>895</v>
       </c>
       <c r="N175" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O175" t="s">
+        <v>913</v>
+      </c>
+      <c r="P175" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>576</v>
+        <v>915</v>
       </c>
       <c r="B176" t="s">
-        <v>560</v>
+        <v>916</v>
       </c>
       <c r="C176" t="s">
-        <v>56</v>
+        <v>540</v>
       </c>
       <c r="D176" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="E176" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F176" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2011</v>
+      </c>
+      <c r="I176"/>
       <c r="J176" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K176"/>
+        <v>479</v>
+      </c>
+      <c r="K176" t="s">
+        <v>439</v>
+      </c>
       <c r="L176" t="s">
-        <v>562</v>
+        <v>917</v>
       </c>
       <c r="M176" t="s">
-        <v>24</v>
+        <v>544</v>
       </c>
       <c r="N176" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O176" t="s">
+        <v>918</v>
+      </c>
+      <c r="P176" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>578</v>
+        <v>920</v>
       </c>
       <c r="B177" t="s">
-        <v>560</v>
+        <v>921</v>
       </c>
       <c r="C177" t="s">
-        <v>89</v>
+        <v>540</v>
       </c>
       <c r="D177" t="s">
-        <v>42</v>
+        <v>511</v>
       </c>
       <c r="E177" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F177" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1987</v>
+        <v>541</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
       </c>
       <c r="H177">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I177"/>
       <c r="J177" t="s">
-        <v>29</v>
+        <v>479</v>
       </c>
       <c r="K177" t="s">
-        <v>579</v>
+        <v>24</v>
       </c>
       <c r="L177" t="s">
-        <v>562</v>
+        <v>922</v>
       </c>
       <c r="M177" t="s">
-        <v>24</v>
+        <v>544</v>
       </c>
       <c r="N177" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O177" t="s">
+        <v>923</v>
+      </c>
+      <c r="P177" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>581</v>
+        <v>925</v>
       </c>
       <c r="B178" t="s">
-        <v>560</v>
+        <v>926</v>
       </c>
       <c r="C178" t="s">
-        <v>49</v>
+        <v>540</v>
       </c>
       <c r="D178" t="s">
-        <v>42</v>
+        <v>256</v>
       </c>
       <c r="E178" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F178" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1989</v>
+        <v>541</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
       </c>
       <c r="H178">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I178"/>
       <c r="J178" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K178"/>
+        <v>555</v>
+      </c>
+      <c r="K178" t="s">
+        <v>439</v>
+      </c>
       <c r="L178" t="s">
-        <v>582</v>
+        <v>927</v>
       </c>
       <c r="M178" t="s">
-        <v>24</v>
+        <v>544</v>
       </c>
       <c r="N178" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O178" t="s">
+        <v>928</v>
+      </c>
+      <c r="P178" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>584</v>
+        <v>930</v>
       </c>
       <c r="B179" t="s">
-        <v>560</v>
+        <v>931</v>
       </c>
       <c r="C179" t="s">
-        <v>81</v>
+        <v>540</v>
       </c>
       <c r="D179" t="s">
-        <v>42</v>
+        <v>487</v>
       </c>
       <c r="E179" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F179" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1989</v>
+        <v>163</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
       </c>
       <c r="H179">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I179"/>
       <c r="J179" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K179"/>
+        <v>479</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
       <c r="L179" t="s">
-        <v>562</v>
+        <v>932</v>
       </c>
       <c r="M179" t="s">
-        <v>24</v>
+        <v>544</v>
       </c>
       <c r="N179" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O179" t="s">
+        <v>933</v>
+      </c>
+      <c r="P179" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>587</v>
+        <v>935</v>
       </c>
       <c r="B180" t="s">
-        <v>560</v>
+        <v>936</v>
       </c>
       <c r="C180" t="s">
-        <v>200</v>
+        <v>540</v>
       </c>
       <c r="D180" t="s">
-        <v>42</v>
+        <v>291</v>
       </c>
       <c r="E180" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1989</v>
+        <v>541</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
       </c>
       <c r="H180">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I180"/>
       <c r="J180" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K180"/>
+        <v>479</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
       <c r="L180" t="s">
-        <v>562</v>
+        <v>937</v>
       </c>
       <c r="M180" t="s">
-        <v>24</v>
+        <v>544</v>
       </c>
       <c r="N180" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O180" t="s">
+        <v>938</v>
+      </c>
+      <c r="P180" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>589</v>
+        <v>940</v>
       </c>
       <c r="B181" t="s">
-        <v>560</v>
+        <v>941</v>
       </c>
       <c r="C181" t="s">
-        <v>81</v>
+        <v>942</v>
       </c>
       <c r="D181" t="s">
-        <v>42</v>
+        <v>943</v>
       </c>
       <c r="E181" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F181" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2016</v>
+      </c>
+      <c r="I181"/>
       <c r="J181" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181"/>
       <c r="M181" t="s">
-        <v>24</v>
+        <v>944</v>
       </c>
       <c r="N181" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O181" t="s">
+        <v>945</v>
+      </c>
+      <c r="P181" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>591</v>
+        <v>947</v>
       </c>
       <c r="B182" t="s">
-        <v>560</v>
+        <v>948</v>
       </c>
       <c r="C182" t="s">
-        <v>331</v>
+        <v>942</v>
       </c>
       <c r="D182" t="s">
-        <v>42</v>
+        <v>949</v>
       </c>
       <c r="E182" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2017</v>
+      </c>
+      <c r="I182"/>
       <c r="J182" t="s">
-        <v>29</v>
+        <v>908</v>
       </c>
       <c r="K182" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="L182"/>
       <c r="M182" t="s">
-        <v>24</v>
+        <v>944</v>
       </c>
       <c r="N182" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:14">
+        <v>72</v>
+      </c>
+      <c r="O182" t="s">
+        <v>950</v>
+      </c>
+      <c r="P182" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>594</v>
+        <v>952</v>
       </c>
       <c r="B183" t="s">
-        <v>560</v>
+        <v>953</v>
       </c>
       <c r="C183" t="s">
-        <v>370</v>
+        <v>954</v>
       </c>
       <c r="D183" t="s">
         <v>42</v>
       </c>
       <c r="E183" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F183" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2015</v>
+      </c>
+      <c r="I183"/>
       <c r="J183" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K183" t="s">
+        <v>44</v>
+      </c>
+      <c r="L183"/>
       <c r="M183" t="s">
-        <v>24</v>
+        <v>955</v>
       </c>
       <c r="N183" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O183" t="s">
+        <v>956</v>
+      </c>
+      <c r="P183" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>596</v>
+        <v>958</v>
       </c>
       <c r="B184" t="s">
-        <v>560</v>
+        <v>510</v>
       </c>
       <c r="C184" t="s">
-        <v>81</v>
+        <v>836</v>
       </c>
       <c r="D184" t="s">
-        <v>42</v>
+        <v>349</v>
       </c>
       <c r="E184" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2010</v>
+      </c>
+      <c r="I184"/>
       <c r="J184" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>801</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184"/>
       <c r="M184" t="s">
-        <v>24</v>
+        <v>837</v>
       </c>
       <c r="N184" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O184" t="s">
+        <v>959</v>
+      </c>
+      <c r="P184" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>598</v>
+        <v>960</v>
       </c>
       <c r="B185" t="s">
-        <v>560</v>
+        <v>961</v>
       </c>
       <c r="C185" t="s">
-        <v>320</v>
+        <v>69</v>
       </c>
       <c r="D185" t="s">
-        <v>42</v>
+        <v>962</v>
       </c>
       <c r="E185" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F185" t="s">
-        <v>62</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2021</v>
+      </c>
+      <c r="I185"/>
       <c r="J185" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K185" t="s">
-        <v>599</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185"/>
       <c r="N185" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O185" t="s">
+        <v>963</v>
+      </c>
+      <c r="P185" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>601</v>
+        <v>960</v>
       </c>
       <c r="B186" t="s">
-        <v>560</v>
+        <v>965</v>
       </c>
       <c r="C186" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D186" t="s">
-        <v>42</v>
+        <v>962</v>
       </c>
       <c r="E186" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F186" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G186">
+        <v>163</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2021</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>71</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186"/>
+      <c r="N186" t="s">
+        <v>36</v>
+      </c>
+      <c r="O186" t="s">
+        <v>966</v>
+      </c>
+      <c r="P186" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>968</v>
+      </c>
+      <c r="B187" t="s">
+        <v>969</v>
+      </c>
+      <c r="C187" t="s">
+        <v>69</v>
+      </c>
+      <c r="D187" t="s">
+        <v>970</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>163</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2021</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>71</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187"/>
+      <c r="N187" t="s">
+        <v>36</v>
+      </c>
+      <c r="O187" t="s">
+        <v>971</v>
+      </c>
+      <c r="P187" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>972</v>
+      </c>
+      <c r="B188" t="s">
+        <v>973</v>
+      </c>
+      <c r="C188" t="s">
+        <v>69</v>
+      </c>
+      <c r="D188" t="s">
+        <v>974</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>163</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2021</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>71</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188"/>
+      <c r="N188" t="s">
+        <v>72</v>
+      </c>
+      <c r="O188" t="s">
+        <v>975</v>
+      </c>
+      <c r="P188" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>976</v>
+      </c>
+      <c r="B189" t="s">
+        <v>977</v>
+      </c>
+      <c r="C189" t="s">
+        <v>69</v>
+      </c>
+      <c r="D189" t="s">
+        <v>448</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>163</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2021</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>71</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189"/>
+      <c r="N189" t="s">
+        <v>36</v>
+      </c>
+      <c r="O189" t="s">
+        <v>978</v>
+      </c>
+      <c r="P189" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>980</v>
+      </c>
+      <c r="B190" t="s">
+        <v>981</v>
+      </c>
+      <c r="C190" t="s">
+        <v>69</v>
+      </c>
+      <c r="D190" t="s">
+        <v>107</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>163</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2021</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>71</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190"/>
+      <c r="N190" t="s">
+        <v>36</v>
+      </c>
+      <c r="O190" t="s">
+        <v>982</v>
+      </c>
+      <c r="P190" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>984</v>
+      </c>
+      <c r="B191" t="s">
+        <v>985</v>
+      </c>
+      <c r="C191" t="s">
+        <v>69</v>
+      </c>
+      <c r="D191" t="s">
+        <v>116</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>163</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2021</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>71</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191"/>
+      <c r="N191" t="s">
+        <v>72</v>
+      </c>
+      <c r="O191" t="s">
+        <v>986</v>
+      </c>
+      <c r="P191" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>988</v>
+      </c>
+      <c r="B192" t="s">
+        <v>989</v>
+      </c>
+      <c r="C192" t="s">
+        <v>69</v>
+      </c>
+      <c r="D192" t="s">
+        <v>100</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>163</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2021</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>71</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192"/>
+      <c r="N192" t="s">
+        <v>36</v>
+      </c>
+      <c r="O192" t="s">
+        <v>990</v>
+      </c>
+      <c r="P192" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>992</v>
+      </c>
+      <c r="B193" t="s">
+        <v>993</v>
+      </c>
+      <c r="C193" t="s">
+        <v>69</v>
+      </c>
+      <c r="D193" t="s">
+        <v>44</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>163</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2021</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>71</v>
+      </c>
+      <c r="K193" t="s">
+        <v>63</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193"/>
+      <c r="N193" t="s">
+        <v>72</v>
+      </c>
+      <c r="O193" t="s">
+        <v>994</v>
+      </c>
+      <c r="P193" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>995</v>
+      </c>
+      <c r="B194" t="s">
+        <v>996</v>
+      </c>
+      <c r="C194" t="s">
+        <v>355</v>
+      </c>
+      <c r="D194" t="s">
+        <v>997</v>
+      </c>
+      <c r="E194" t="s">
+        <v>53</v>
+      </c>
+      <c r="F194" t="s">
+        <v>54</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2013</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>337</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>998</v>
+      </c>
+      <c r="M194" t="s">
+        <v>999</v>
+      </c>
+      <c r="N194" t="s">
+        <v>36</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D195" t="s">
+        <v>511</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>163</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
         <v>2011</v>
       </c>
-      <c r="H186"/>
-[...329 lines deleted...]
-      <c r="H194">
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>801</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N195" t="s">
+        <v>36</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>541</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2007</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>801</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N196" t="s">
+        <v>36</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D197" t="s">
+        <v>349</v>
+      </c>
+      <c r="E197" t="s">
+        <v>53</v>
+      </c>
+      <c r="F197" t="s">
+        <v>33</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2007</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>908</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N197" t="s">
+        <v>36</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D198" t="s">
+        <v>727</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>163</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2007</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>801</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N198" t="s">
+        <v>36</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E199" t="s">
+        <v>53</v>
+      </c>
+      <c r="F199" t="s">
+        <v>33</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2009</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>908</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1026</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N199" t="s">
+        <v>36</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1027</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D200" t="s">
+        <v>519</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>163</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2009</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>801</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1026</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N200" t="s">
+        <v>36</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C201" t="s">
+        <v>51</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E201" t="s">
+        <v>53</v>
+      </c>
+      <c r="F201" t="s">
+        <v>163</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
         <v>2014</v>
       </c>
-      <c r="I194" t="s">
-[...40 lines deleted...]
-      <c r="H195">
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>77</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201"/>
+      <c r="N201" t="s">
+        <v>36</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C202" t="s">
+        <v>124</v>
+      </c>
+      <c r="D202" t="s">
+        <v>413</v>
+      </c>
+      <c r="E202" t="s">
+        <v>53</v>
+      </c>
+      <c r="F202" t="s">
+        <v>163</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2013</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>77</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202"/>
+      <c r="N202" t="s">
+        <v>36</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1039</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C203" t="s">
+        <v>355</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E203" t="s">
+        <v>53</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2007</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K203" t="s">
+        <v>1046</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N203" t="s">
+        <v>1049</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1050</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C204" t="s">
+        <v>355</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E204" t="s">
+        <v>53</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2009</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K204" t="s">
+        <v>1046</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N204" t="s">
+        <v>1049</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1056</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C205" t="s">
+        <v>355</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E205" t="s">
+        <v>53</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
         <v>2014</v>
       </c>
-      <c r="I195" t="s">
-[...433 lines deleted...]
-      </c>
+      <c r="I205"/>
       <c r="J205" t="s">
-        <v>29</v>
+        <v>1045</v>
       </c>
       <c r="K205" t="s">
-        <v>662</v>
+        <v>1046</v>
       </c>
       <c r="L205" t="s">
-        <v>635</v>
+        <v>1061</v>
       </c>
       <c r="M205" t="s">
-        <v>24</v>
+        <v>1048</v>
       </c>
       <c r="N205" t="s">
-        <v>663</v>
-[...5378 lines deleted...]
-      <c r="N332" t="s">
         <v>1049</v>
       </c>
-    </row>
-[...199 lines deleted...]
-      <c r="K337" t="s">
+      <c r="O205" t="s">
         <v>1062</v>
       </c>
-      <c r="L337" t="s">
-[...5 lines deleted...]
-      <c r="N337" t="s">
+      <c r="P205" t="s">
         <v>1063</v>
       </c>
     </row>
-    <row r="338" spans="1:14">
-[...4850 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>