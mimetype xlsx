--- v1 (2025-12-05)
+++ v2 (2026-02-05)
@@ -1006,65 +1006,50 @@
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
     <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...13 lines deleted...]
-  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>insulation</t>
   </si>
   <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>Natural gas and LPG boilers</t>
   </si>
   <si>
     <t>Gas, Oil</t>
@@ -1461,50 +1446,53 @@
   <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
     <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12848/</t>
   </si>
   <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
     <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
@@ -1554,51 +1542,51 @@
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -2292,50 +2280,62 @@
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
     <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
   </si>
   <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
     <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
     <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
@@ -3140,51 +3140,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
@@ -3681,51 +3681,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -6466,4468 +6466,4468 @@
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
         <v>308</v>
       </c>
       <c r="N61" t="s">
         <v>36</v>
       </c>
       <c r="O61" t="s">
         <v>314</v>
       </c>
       <c r="P61" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>316</v>
       </c>
       <c r="B62" t="s">
         <v>317</v>
       </c>
       <c r="C62" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="D62" t="s">
         <v>318</v>
       </c>
       <c r="E62" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F62" t="s">
-        <v>163</v>
+        <v>54</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>43</v>
       </c>
       <c r="K62" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L62"/>
+        <v>44</v>
+      </c>
+      <c r="L62" t="s">
+        <v>273</v>
+      </c>
       <c r="M62" t="s">
-        <v>46</v>
+        <v>319</v>
       </c>
       <c r="N62" t="s">
         <v>36</v>
       </c>
       <c r="O62" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="P62" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B63" t="s">
-        <v>322</v>
+        <v>42</v>
       </c>
       <c r="C63" t="s">
         <v>69</v>
       </c>
       <c r="D63" t="s">
-        <v>323</v>
+        <v>42</v>
       </c>
       <c r="E63" t="s">
         <v>53</v>
       </c>
       <c r="F63" t="s">
         <v>54</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>43</v>
       </c>
       <c r="K63" t="s">
         <v>44</v>
       </c>
       <c r="L63" t="s">
         <v>273</v>
       </c>
       <c r="M63" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="N63" t="s">
         <v>36</v>
       </c>
       <c r="O63" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="P63" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B64" t="s">
-        <v>42</v>
+        <v>323</v>
       </c>
       <c r="C64" t="s">
         <v>69</v>
       </c>
       <c r="D64" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E64" t="s">
         <v>53</v>
       </c>
       <c r="F64" t="s">
         <v>54</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>43</v>
       </c>
       <c r="K64" t="s">
-        <v>44</v>
+        <v>324</v>
       </c>
       <c r="L64" t="s">
         <v>273</v>
       </c>
       <c r="M64" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="N64" t="s">
         <v>36</v>
       </c>
       <c r="O64" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="P64" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B65" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C65" t="s">
         <v>69</v>
       </c>
       <c r="D65" t="s">
-        <v>52</v>
+        <v>327</v>
       </c>
       <c r="E65" t="s">
         <v>53</v>
       </c>
       <c r="F65" t="s">
         <v>54</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2015</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>43</v>
       </c>
       <c r="K65" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="N65" t="s">
         <v>36</v>
       </c>
       <c r="O65" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="P65" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="B66" t="s">
+        <v>330</v>
+      </c>
+      <c r="C66" t="s">
         <v>331</v>
       </c>
-      <c r="C66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" t="s">
-        <v>332</v>
+        <v>52</v>
       </c>
       <c r="E66" t="s">
         <v>53</v>
       </c>
       <c r="F66" t="s">
         <v>54</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>43</v>
+        <v>332</v>
       </c>
       <c r="K66" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L66"/>
+        <v>324</v>
+      </c>
+      <c r="L66" t="s">
+        <v>333</v>
+      </c>
       <c r="M66" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="N66" t="s">
         <v>36</v>
       </c>
       <c r="O66" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="P66" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B67" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C67" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D67" t="s">
-        <v>52</v>
+        <v>327</v>
       </c>
       <c r="E67" t="s">
         <v>53</v>
       </c>
       <c r="F67" t="s">
         <v>54</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2016</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K67" t="s">
-        <v>329</v>
+        <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M67" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="N67" t="s">
         <v>36</v>
       </c>
       <c r="O67" t="s">
         <v>340</v>
       </c>
       <c r="P67" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>342</v>
       </c>
       <c r="B68" t="s">
         <v>343</v>
       </c>
       <c r="C68" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D68" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E68" t="s">
         <v>53</v>
       </c>
       <c r="F68" t="s">
         <v>54</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I68"/>
+        <v>2007</v>
+      </c>
+      <c r="I68">
+        <v>2008</v>
+      </c>
       <c r="J68" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="M68" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="N68" t="s">
         <v>36</v>
       </c>
       <c r="O68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B69" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C69" t="s">
-        <v>336</v>
+        <v>350</v>
       </c>
       <c r="D69" t="s">
-        <v>349</v>
+        <v>42</v>
       </c>
       <c r="E69" t="s">
         <v>53</v>
       </c>
       <c r="F69" t="s">
         <v>54</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K69" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="L69" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M69" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="N69" t="s">
         <v>36</v>
       </c>
       <c r="O69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B70" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C70" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D70" t="s">
-        <v>42</v>
+        <v>356</v>
       </c>
       <c r="E70" t="s">
         <v>53</v>
       </c>
       <c r="F70" t="s">
         <v>54</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I70"/>
+        <v>2001</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
       <c r="J70" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K70" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="M70" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="N70" t="s">
         <v>36</v>
       </c>
       <c r="O70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B71" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C71" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D71" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E71" t="s">
         <v>53</v>
       </c>
       <c r="F71" t="s">
         <v>54</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M71" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="N71" t="s">
         <v>36</v>
       </c>
       <c r="O71" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P71" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C72" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D72" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="E72" t="s">
         <v>53</v>
       </c>
       <c r="F72" t="s">
         <v>54</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I72"/>
+        <v>2001</v>
+      </c>
+      <c r="I72">
+        <v>2018</v>
+      </c>
       <c r="J72" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>368</v>
       </c>
       <c r="M72" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="N72" t="s">
         <v>36</v>
       </c>
       <c r="O72" t="s">
         <v>369</v>
       </c>
       <c r="P72" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>371</v>
       </c>
       <c r="B73" t="s">
         <v>372</v>
       </c>
       <c r="C73" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D73" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="E73" t="s">
         <v>53</v>
       </c>
       <c r="F73" t="s">
         <v>54</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M73" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="N73" t="s">
         <v>36</v>
       </c>
       <c r="O73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P73" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B74" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C74" t="s">
-        <v>336</v>
+        <v>379</v>
       </c>
       <c r="D74" t="s">
-        <v>378</v>
+        <v>344</v>
       </c>
       <c r="E74" t="s">
         <v>53</v>
       </c>
       <c r="F74" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>337</v>
+        <v>380</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
-      <c r="L74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>339</v>
+        <v>381</v>
       </c>
       <c r="N74" t="s">
         <v>36</v>
       </c>
       <c r="O74" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="P74" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B75" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C75" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D75" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="E75" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>163</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
-      <c r="M75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M75"/>
       <c r="N75" t="s">
         <v>36</v>
       </c>
       <c r="O75" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P75" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B76" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C76" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="D76" t="s">
-        <v>349</v>
+        <v>264</v>
       </c>
       <c r="E76" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F76" t="s">
         <v>163</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2014</v>
+        <v>1985</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
+        <v>380</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
         <v>392</v>
       </c>
-      <c r="K76" t="s">
-[...3 lines deleted...]
-      <c r="M76"/>
+      <c r="M76" t="s">
+        <v>381</v>
+      </c>
       <c r="N76" t="s">
         <v>36</v>
       </c>
       <c r="O76" t="s">
         <v>393</v>
       </c>
       <c r="P76" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>395</v>
       </c>
       <c r="B77" t="s">
         <v>396</v>
       </c>
       <c r="C77" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D77" t="s">
-        <v>264</v>
+        <v>397</v>
       </c>
       <c r="E77" t="s">
         <v>53</v>
       </c>
       <c r="F77" t="s">
         <v>163</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M77" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N77" t="s">
         <v>36</v>
       </c>
       <c r="O77" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P77" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B78" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C78" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D78" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E78" t="s">
         <v>53</v>
       </c>
       <c r="F78" t="s">
         <v>163</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>385</v>
+        <v>332</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
-      <c r="L78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N78" t="s">
         <v>36</v>
       </c>
       <c r="O78" t="s">
         <v>404</v>
       </c>
       <c r="P78" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>406</v>
       </c>
       <c r="B79" t="s">
         <v>407</v>
       </c>
       <c r="C79" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D79" t="s">
         <v>408</v>
       </c>
       <c r="E79" t="s">
         <v>53</v>
       </c>
       <c r="F79" t="s">
         <v>163</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1989</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>337</v>
+        <v>380</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N79" t="s">
         <v>36</v>
       </c>
       <c r="O79" t="s">
         <v>409</v>
       </c>
       <c r="P79" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>411</v>
       </c>
       <c r="B80" t="s">
         <v>412</v>
       </c>
       <c r="C80" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D80" t="s">
         <v>413</v>
       </c>
       <c r="E80" t="s">
         <v>53</v>
       </c>
       <c r="F80" t="s">
         <v>163</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>1989</v>
+        <v>1984</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
-      <c r="L80"/>
+      <c r="L80" t="s">
+        <v>414</v>
+      </c>
       <c r="M80" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N80" t="s">
         <v>36</v>
       </c>
       <c r="O80" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P80" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B81" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C81" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D81" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E81" t="s">
         <v>53</v>
       </c>
       <c r="F81" t="s">
         <v>163</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
-      <c r="L81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N81" t="s">
         <v>36</v>
       </c>
       <c r="O81" t="s">
         <v>420</v>
       </c>
       <c r="P81" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>422</v>
       </c>
       <c r="B82" t="s">
         <v>423</v>
       </c>
       <c r="C82" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D82" t="s">
-        <v>424</v>
+        <v>408</v>
       </c>
       <c r="E82" t="s">
         <v>53</v>
       </c>
       <c r="F82" t="s">
         <v>163</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N82" t="s">
         <v>36</v>
       </c>
       <c r="O82" t="s">
+        <v>424</v>
+      </c>
+      <c r="P82" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
+        <v>426</v>
+      </c>
+      <c r="B83" t="s">
         <v>427</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
+        <v>379</v>
+      </c>
+      <c r="D83" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
       <c r="E83" t="s">
         <v>53</v>
       </c>
       <c r="F83" t="s">
         <v>163</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>1989</v>
+        <v>1983</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
-      <c r="L83"/>
+      <c r="L83" t="s">
+        <v>429</v>
+      </c>
       <c r="M83" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N83" t="s">
         <v>36</v>
       </c>
       <c r="O83" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P83" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B84" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C84" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D84" t="s">
-        <v>433</v>
+        <v>52</v>
       </c>
       <c r="E84" t="s">
         <v>53</v>
       </c>
       <c r="F84" t="s">
         <v>163</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>1983</v>
+        <v>2011</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K84" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L84" t="s">
         <v>434</v>
       </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N84" t="s">
         <v>36</v>
       </c>
       <c r="O84" t="s">
         <v>435</v>
       </c>
       <c r="P84" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>437</v>
       </c>
       <c r="B85" t="s">
         <v>438</v>
       </c>
       <c r="C85" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D85" t="s">
-        <v>52</v>
+        <v>403</v>
       </c>
       <c r="E85" t="s">
         <v>53</v>
       </c>
       <c r="F85" t="s">
         <v>163</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2011</v>
+        <v>1987</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>385</v>
+        <v>332</v>
       </c>
       <c r="K85" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N85" t="s">
         <v>36</v>
       </c>
       <c r="O85" t="s">
+        <v>439</v>
+      </c>
+      <c r="P85" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
+        <v>441</v>
+      </c>
+      <c r="B86" t="s">
         <v>442</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
+        <v>379</v>
+      </c>
+      <c r="D86" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
       <c r="E86" t="s">
         <v>53</v>
       </c>
       <c r="F86" t="s">
         <v>163</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>1987</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>337</v>
+        <v>380</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N86" t="s">
         <v>36</v>
       </c>
       <c r="O86" t="s">
         <v>444</v>
       </c>
       <c r="P86" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>446</v>
       </c>
       <c r="B87" t="s">
         <v>447</v>
       </c>
       <c r="C87" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D87" t="s">
         <v>448</v>
       </c>
       <c r="E87" t="s">
         <v>53</v>
       </c>
       <c r="F87" t="s">
         <v>163</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>1987</v>
+        <v>1986</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N87" t="s">
         <v>36</v>
       </c>
       <c r="O87" t="s">
         <v>449</v>
       </c>
       <c r="P87" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>451</v>
       </c>
       <c r="B88" t="s">
         <v>452</v>
       </c>
       <c r="C88" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D88" t="s">
         <v>453</v>
       </c>
       <c r="E88" t="s">
         <v>53</v>
       </c>
       <c r="F88" t="s">
         <v>163</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>1986</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
-      <c r="L88"/>
+      <c r="L88" t="s">
+        <v>454</v>
+      </c>
       <c r="M88" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="N88" t="s">
         <v>36</v>
       </c>
       <c r="O88" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P88" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B89" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C89" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D89" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E89" t="s">
         <v>53</v>
       </c>
       <c r="F89" t="s">
         <v>163</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M89" t="s">
-        <v>386</v>
+        <v>461</v>
       </c>
       <c r="N89" t="s">
         <v>36</v>
       </c>
       <c r="O89" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="P89" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B90" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C90" t="s">
-        <v>384</v>
+        <v>466</v>
       </c>
       <c r="D90" t="s">
-        <v>318</v>
+        <v>467</v>
       </c>
       <c r="E90" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>1984</v>
+        <v>2022</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>385</v>
+        <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
-      <c r="L90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="N90" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="P90" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B91" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C91" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="D91" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>23</v>
+        <v>475</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
-      <c r="L91"/>
+      <c r="L91" t="s">
+        <v>476</v>
+      </c>
       <c r="M91" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="N91" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O91" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="P91" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="B92" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C92" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="D92" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>33</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
-      <c r="L92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="N92" t="s">
         <v>36</v>
       </c>
       <c r="O92" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="P92" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B93" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="C93" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D93" t="s">
-        <v>487</v>
+        <v>459</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>33</v>
+        <v>163</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2016</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="N93" t="s">
         <v>36</v>
       </c>
       <c r="O93" t="s">
         <v>490</v>
       </c>
       <c r="P93" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>492</v>
       </c>
       <c r="B94" t="s">
         <v>493</v>
       </c>
       <c r="C94" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D94" t="s">
-        <v>318</v>
+        <v>459</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>163</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2016</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="N94" t="s">
         <v>36</v>
       </c>
       <c r="O94" t="s">
         <v>494</v>
       </c>
       <c r="P94" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>496</v>
       </c>
       <c r="B95" t="s">
         <v>497</v>
       </c>
       <c r="C95" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D95" t="s">
-        <v>318</v>
+        <v>459</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>163</v>
+        <v>33</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2016</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="N95" t="s">
         <v>36</v>
       </c>
       <c r="O95" t="s">
         <v>498</v>
       </c>
       <c r="P95" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>500</v>
       </c>
       <c r="B96" t="s">
         <v>501</v>
       </c>
       <c r="C96" t="s">
-        <v>486</v>
+        <v>41</v>
       </c>
       <c r="D96" t="s">
-        <v>318</v>
+        <v>248</v>
       </c>
       <c r="E96" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F96" t="s">
         <v>33</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>488</v>
+        <v>475</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
-      <c r="L96"/>
+      <c r="L96" t="s">
+        <v>502</v>
+      </c>
       <c r="M96" t="s">
-        <v>489</v>
+        <v>46</v>
       </c>
       <c r="N96" t="s">
         <v>36</v>
       </c>
       <c r="O96" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="P96" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B97" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C97" t="s">
-        <v>41</v>
+        <v>386</v>
       </c>
       <c r="D97" t="s">
-        <v>248</v>
+        <v>507</v>
       </c>
       <c r="E97" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>33</v>
+        <v>163</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>479</v>
+        <v>508</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="M97" t="s">
-        <v>46</v>
+        <v>510</v>
       </c>
       <c r="N97" t="s">
         <v>36</v>
       </c>
       <c r="O97" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="P97" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="B98" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C98" t="s">
-        <v>391</v>
+        <v>514</v>
       </c>
       <c r="D98" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>163</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
-      <c r="L98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L98"/>
       <c r="M98" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="N98" t="s">
         <v>36</v>
       </c>
       <c r="O98" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="P98" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B99" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="C99" t="s">
-        <v>518</v>
+        <v>379</v>
       </c>
       <c r="D99" t="s">
-        <v>519</v>
+        <v>344</v>
       </c>
       <c r="E99" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F99" t="s">
-        <v>163</v>
+        <v>33</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>512</v>
+        <v>380</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>520</v>
+        <v>461</v>
       </c>
       <c r="N99" t="s">
         <v>36</v>
       </c>
       <c r="O99" t="s">
         <v>521</v>
       </c>
       <c r="P99" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>523</v>
       </c>
       <c r="B100" t="s">
         <v>524</v>
       </c>
       <c r="C100" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D100" t="s">
-        <v>349</v>
+        <v>525</v>
       </c>
       <c r="E100" t="s">
         <v>53</v>
       </c>
       <c r="F100" t="s">
         <v>33</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="K100" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L100"/>
+        <v>63</v>
+      </c>
+      <c r="L100" t="s">
+        <v>526</v>
+      </c>
       <c r="M100" t="s">
-        <v>465</v>
+        <v>527</v>
       </c>
       <c r="N100" t="s">
         <v>36</v>
       </c>
       <c r="O100" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="P100" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B101" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C101" t="s">
-        <v>384</v>
+        <v>473</v>
       </c>
       <c r="D101" t="s">
-        <v>529</v>
+        <v>344</v>
       </c>
       <c r="E101" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>33</v>
+        <v>163</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>385</v>
+        <v>475</v>
       </c>
       <c r="K101" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
         <v>531</v>
       </c>
       <c r="N101" t="s">
         <v>36</v>
       </c>
       <c r="O101" t="s">
         <v>532</v>
       </c>
       <c r="P101" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B102" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C102" t="s">
-        <v>477</v>
+        <v>536</v>
       </c>
       <c r="D102" t="s">
-        <v>349</v>
+        <v>139</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>163</v>
+        <v>537</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>479</v>
+        <v>538</v>
       </c>
       <c r="K102" t="s">
-        <v>24</v>
+        <v>539</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="N102" t="s">
         <v>36</v>
       </c>
       <c r="O102" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="P102" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B103" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="C103" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D103" t="s">
-        <v>139</v>
+        <v>545</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="K103" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="L103"/>
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>546</v>
+      </c>
       <c r="M103" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N103" t="s">
         <v>36</v>
       </c>
       <c r="O103" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="P103" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B104" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C104" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D104" t="s">
-        <v>549</v>
+        <v>507</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>541</v>
+        <v>163</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="M104" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N104" t="s">
         <v>36</v>
       </c>
       <c r="O104" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="P104" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="B105" t="s">
         <v>554</v>
       </c>
+      <c r="B105"/>
       <c r="C105" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D105" t="s">
-        <v>511</v>
+        <v>139</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>163</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2018</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
+        <v>551</v>
+      </c>
+      <c r="K105" t="s">
         <v>555</v>
       </c>
-      <c r="K105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L105" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="M105" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N105" t="s">
         <v>36</v>
       </c>
       <c r="O105" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="P105" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>558</v>
-[...1 lines deleted...]
-      <c r="B106"/>
+        <v>559</v>
+      </c>
+      <c r="B106" t="s">
+        <v>560</v>
+      </c>
       <c r="C106" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D106" t="s">
-        <v>139</v>
+        <v>561</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>163</v>
       </c>
       <c r="G106" t="s">
-        <v>22</v>
+        <v>562</v>
       </c>
       <c r="H106">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
       <c r="K106" t="s">
-        <v>559</v>
+        <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="M106" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N106" t="s">
         <v>36</v>
       </c>
       <c r="O106" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="P106" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B107" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C107" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D107" t="s">
-        <v>565</v>
+        <v>483</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>163</v>
       </c>
       <c r="G107" t="s">
-        <v>566</v>
+        <v>22</v>
       </c>
       <c r="H107">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="M107" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N107" t="s">
         <v>36</v>
       </c>
       <c r="O107" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P107" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B108" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C108" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D108" t="s">
-        <v>487</v>
+        <v>573</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>163</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2021</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
-      <c r="L108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>544</v>
+        <v>574</v>
       </c>
       <c r="N108" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="O108" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="P108" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B109" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C109" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D109" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>163</v>
+        <v>537</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>562</v>
       </c>
       <c r="H109">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
-      <c r="L109"/>
+      <c r="L109" t="s">
+        <v>580</v>
+      </c>
       <c r="M109" t="s">
-        <v>578</v>
+        <v>540</v>
       </c>
       <c r="N109" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="O109" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="P109" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B110" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C110" t="s">
-        <v>540</v>
+        <v>585</v>
       </c>
       <c r="D110" t="s">
-        <v>583</v>
+        <v>443</v>
       </c>
       <c r="E110" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F110" t="s">
-        <v>541</v>
+        <v>54</v>
       </c>
       <c r="G110" t="s">
-        <v>566</v>
+        <v>22</v>
       </c>
       <c r="H110">
-        <v>2025</v>
+        <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>542</v>
+        <v>586</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
-      <c r="L110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>544</v>
+        <v>587</v>
       </c>
       <c r="N110" t="s">
         <v>36</v>
       </c>
       <c r="O110" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="P110" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B111" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C111" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D111" t="s">
-        <v>448</v>
+        <v>591</v>
       </c>
       <c r="E111" t="s">
         <v>53</v>
       </c>
       <c r="F111" t="s">
         <v>54</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2014</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K111" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="N111" t="s">
         <v>36</v>
       </c>
       <c r="O111" t="s">
         <v>592</v>
       </c>
       <c r="P111" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B112" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="C112" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D112" t="s">
-        <v>595</v>
+        <v>507</v>
       </c>
       <c r="E112" t="s">
         <v>53</v>
       </c>
       <c r="F112" t="s">
         <v>54</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2014</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K112" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="N112" t="s">
         <v>36</v>
       </c>
       <c r="O112" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="P112" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B113" t="s">
+        <v>596</v>
+      </c>
+      <c r="C113" t="s">
+        <v>585</v>
+      </c>
+      <c r="D113" t="s">
         <v>597</v>
-      </c>
-[...4 lines deleted...]
-        <v>511</v>
       </c>
       <c r="E113" t="s">
         <v>53</v>
       </c>
       <c r="F113" t="s">
         <v>54</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2014</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K113" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L113"/>
+        <v>598</v>
+      </c>
+      <c r="L113" t="s">
+        <v>599</v>
+      </c>
       <c r="M113" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="N113" t="s">
         <v>36</v>
       </c>
       <c r="O113" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="P113" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B114" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C114" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D114" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E114" t="s">
         <v>53</v>
       </c>
       <c r="F114" t="s">
         <v>54</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K114" t="s">
-        <v>602</v>
+        <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="M114" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="N114" t="s">
         <v>36</v>
       </c>
       <c r="O114" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P114" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B115" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C115" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D115" t="s">
-        <v>607</v>
+        <v>154</v>
       </c>
       <c r="E115" t="s">
         <v>53</v>
       </c>
       <c r="F115" t="s">
         <v>54</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="M115" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="N115" t="s">
         <v>36</v>
       </c>
       <c r="O115" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P115" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B116" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C116" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D116" t="s">
-        <v>154</v>
+        <v>614</v>
       </c>
       <c r="E116" t="s">
         <v>53</v>
       </c>
       <c r="F116" t="s">
         <v>54</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2014</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K116" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="L116" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="M116" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="N116" t="s">
         <v>36</v>
       </c>
       <c r="O116" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P116" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B117" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C117" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D117" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="E117" t="s">
         <v>53</v>
       </c>
       <c r="F117" t="s">
         <v>54</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K117" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="M117" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="N117" t="s">
         <v>36</v>
       </c>
       <c r="O117" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="P117" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B118" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C118" t="s">
-        <v>589</v>
+        <v>626</v>
       </c>
       <c r="D118" t="s">
-        <v>624</v>
+        <v>344</v>
       </c>
       <c r="E118" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>590</v>
+        <v>508</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="M118" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
       <c r="N118" t="s">
         <v>36</v>
       </c>
       <c r="O118" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="P118" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B119" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C119" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D119" t="s">
-        <v>349</v>
+        <v>474</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>163</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
-      <c r="L119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L119"/>
       <c r="M119" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="N119" t="s">
         <v>36</v>
       </c>
       <c r="O119" t="s">
         <v>633</v>
       </c>
       <c r="P119" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>635</v>
       </c>
       <c r="B120" t="s">
         <v>636</v>
       </c>
       <c r="C120" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D120" t="s">
-        <v>478</v>
+        <v>344</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>163</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
-      <c r="L120"/>
+      <c r="L120" t="s">
+        <v>637</v>
+      </c>
       <c r="M120" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="N120" t="s">
         <v>36</v>
       </c>
       <c r="O120" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="P120" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B121" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C121" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D121" t="s">
-        <v>349</v>
+        <v>642</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>163</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>512</v>
+        <v>34</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="M121" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="N121" t="s">
         <v>36</v>
       </c>
       <c r="O121" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="P121" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B122" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C122" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D122" t="s">
-        <v>646</v>
+        <v>507</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>163</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>34</v>
+        <v>508</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M122" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="N122" t="s">
         <v>36</v>
       </c>
       <c r="O122" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P122" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B123" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C123" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D123" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>163</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
-      <c r="L123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L123"/>
       <c r="M123" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="N123" t="s">
         <v>36</v>
       </c>
       <c r="O123" t="s">
         <v>653</v>
       </c>
       <c r="P123" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>655</v>
       </c>
       <c r="B124" t="s">
         <v>656</v>
       </c>
       <c r="C124" t="s">
-        <v>630</v>
+        <v>473</v>
       </c>
       <c r="D124" t="s">
-        <v>519</v>
+        <v>657</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>163</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>512</v>
+        <v>658</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
-      <c r="L124"/>
+      <c r="L124" t="s">
+        <v>659</v>
+      </c>
       <c r="M124" t="s">
-        <v>632</v>
+        <v>531</v>
       </c>
       <c r="N124" t="s">
         <v>36</v>
       </c>
       <c r="O124" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="P124" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="B125" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C125" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="D125" t="s">
-        <v>661</v>
+        <v>19</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2022</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>662</v>
+        <v>23</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
-      <c r="L125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L125"/>
       <c r="M125" t="s">
-        <v>535</v>
+        <v>664</v>
       </c>
       <c r="N125" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="O125" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="P125" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B126" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C126" t="s">
-        <v>470</v>
+        <v>669</v>
       </c>
       <c r="D126" t="s">
-        <v>19</v>
+        <v>515</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>23</v>
+        <v>387</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
-      <c r="L126"/>
+      <c r="L126" t="s">
+        <v>670</v>
+      </c>
       <c r="M126" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="N126" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O126" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="P126" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B127" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C127" t="s">
-        <v>673</v>
+        <v>473</v>
       </c>
       <c r="D127" t="s">
-        <v>519</v>
+        <v>248</v>
       </c>
       <c r="E127" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F127" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2011</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>392</v>
+        <v>475</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="M127" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="N127" t="s">
         <v>36</v>
       </c>
       <c r="O127" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="P127" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B128" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C128" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="D128" t="s">
-        <v>248</v>
+        <v>483</v>
       </c>
       <c r="E128" t="s">
         <v>53</v>
       </c>
       <c r="F128" t="s">
         <v>54</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
-      <c r="L128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="N128" t="s">
         <v>36</v>
       </c>
       <c r="O128" t="s">
         <v>682</v>
       </c>
       <c r="P128" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
+        <v>683</v>
+      </c>
+      <c r="B129" t="s">
         <v>684</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
+        <v>473</v>
+      </c>
+      <c r="D129" t="s">
         <v>685</v>
-      </c>
-[...4 lines deleted...]
-        <v>487</v>
       </c>
       <c r="E129" t="s">
         <v>53</v>
       </c>
       <c r="F129" t="s">
         <v>54</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
-      <c r="L129"/>
+      <c r="L129" t="s">
+        <v>686</v>
+      </c>
       <c r="M129" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="N129" t="s">
         <v>36</v>
       </c>
       <c r="O129" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="P129" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B130" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C130" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="D130" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E130" t="s">
         <v>53</v>
       </c>
       <c r="F130" t="s">
         <v>54</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K130" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>692</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="N130" t="s">
-        <v>36</v>
+        <v>693</v>
       </c>
       <c r="O130" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="P130" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B131" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="C131" t="s">
-        <v>477</v>
+        <v>41</v>
       </c>
       <c r="D131" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="E131" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K131" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="L131"/>
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>697</v>
+      </c>
       <c r="M131" t="s">
-        <v>681</v>
+        <v>46</v>
       </c>
       <c r="N131" t="s">
-        <v>697</v>
+        <v>36</v>
       </c>
       <c r="O131" t="s">
         <v>698</v>
       </c>
       <c r="P131" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B132" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C132" t="s">
         <v>41</v>
       </c>
       <c r="D132" t="s">
-        <v>689</v>
+        <v>413</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>33</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2016</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="M132" t="s">
         <v>46</v>
       </c>
       <c r="N132" t="s">
         <v>36</v>
       </c>
       <c r="O132" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="P132" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B133" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C133" t="s">
         <v>41</v>
       </c>
       <c r="D133" t="s">
-        <v>418</v>
+        <v>707</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>33</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="M133" t="s">
         <v>46</v>
       </c>
       <c r="N133" t="s">
         <v>36</v>
       </c>
       <c r="O133" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="P133" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B134" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C134" t="s">
         <v>41</v>
       </c>
       <c r="D134" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>33</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2015</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="M134" t="s">
         <v>46</v>
       </c>
       <c r="N134" t="s">
         <v>36</v>
       </c>
       <c r="O134" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="P134" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B135" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C135" t="s">
-        <v>41</v>
+        <v>386</v>
       </c>
       <c r="D135" t="s">
-        <v>717</v>
+        <v>483</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>33</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>479</v>
+        <v>387</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
-      <c r="L135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
-        <v>46</v>
+        <v>510</v>
       </c>
       <c r="N135" t="s">
         <v>36</v>
       </c>
       <c r="O135" t="s">
         <v>719</v>
       </c>
       <c r="P135" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
         <v>721</v>
       </c>
       <c r="B136" t="s">
         <v>722</v>
       </c>
       <c r="C136" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="D136" t="s">
-        <v>487</v>
+        <v>723</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>33</v>
+        <v>537</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>392</v>
+        <v>508</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
-      <c r="L136"/>
+      <c r="L136" t="s">
+        <v>724</v>
+      </c>
       <c r="M136" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="N136" t="s">
         <v>36</v>
       </c>
       <c r="O136" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="P136" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B137" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C137" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="D137" t="s">
-        <v>727</v>
+        <v>515</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>512</v>
+        <v>387</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="M137" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="N137" t="s">
         <v>36</v>
       </c>
       <c r="O137" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="P137" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B138" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C138" t="s">
-        <v>391</v>
+        <v>41</v>
       </c>
       <c r="D138" t="s">
-        <v>519</v>
+        <v>459</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>541</v>
+        <v>163</v>
       </c>
       <c r="G138" t="s">
-        <v>22</v>
+        <v>562</v>
       </c>
       <c r="H138">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>392</v>
+        <v>43</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
-      <c r="L138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L138"/>
       <c r="M138" t="s">
-        <v>514</v>
+        <v>46</v>
       </c>
       <c r="N138" t="s">
         <v>36</v>
       </c>
       <c r="O138" t="s">
         <v>734</v>
       </c>
       <c r="P138" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
         <v>736</v>
       </c>
       <c r="B139" t="s">
         <v>737</v>
       </c>
       <c r="C139" t="s">
         <v>41</v>
       </c>
       <c r="D139" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>33</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2019</v>
       </c>
       <c r="I139">
         <v>2020</v>
       </c>
       <c r="J139" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
         <v>738</v>
       </c>
       <c r="M139" t="s">
         <v>46</v>
       </c>
       <c r="N139" t="s">
         <v>36</v>
       </c>
       <c r="O139" t="s">
         <v>739</v>
       </c>
       <c r="P139" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
         <v>741</v>
       </c>
       <c r="B140" t="s">
         <v>742</v>
       </c>
       <c r="C140" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D140" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>33</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2007</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
         <v>743</v>
       </c>
       <c r="M140" t="s">
         <v>744</v>
       </c>
       <c r="N140" t="s">
         <v>36</v>
       </c>
       <c r="O140" t="s">
         <v>745</v>
       </c>
       <c r="P140" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
         <v>747</v>
       </c>
       <c r="B141" t="s">
         <v>748</v>
       </c>
       <c r="C141" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D141" t="s">
         <v>291</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>33</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2011</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
         <v>749</v>
       </c>
       <c r="M141" t="s">
         <v>744</v>
       </c>
       <c r="N141" t="s">
         <v>36</v>
       </c>
       <c r="O141" t="s">
         <v>750</v>
       </c>
       <c r="P141" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
         <v>752</v>
       </c>
       <c r="B142" t="s">
         <v>753</v>
       </c>
       <c r="C142" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D142" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>163</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2018</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
         <v>754</v>
       </c>
       <c r="M142" t="s">
         <v>744</v>
       </c>
       <c r="N142" t="s">
         <v>36</v>
       </c>
       <c r="O142" t="s">
         <v>755</v>
       </c>
       <c r="P142" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
         <v>757</v>
       </c>
       <c r="B143" t="s">
         <v>758</v>
       </c>
       <c r="C143" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D143" t="s">
         <v>759</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>33</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2017</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K143" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="L143" t="s">
         <v>760</v>
       </c>
       <c r="M143" t="s">
         <v>744</v>
       </c>
       <c r="N143" t="s">
         <v>36</v>
       </c>
       <c r="O143" t="s">
         <v>761</v>
       </c>
       <c r="P143" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
         <v>763</v>
       </c>
       <c r="B144" t="s">
         <v>764</v>
       </c>
       <c r="C144" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D144" t="s">
         <v>214</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>33</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2017</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
         <v>765</v>
       </c>
       <c r="M144" t="s">
         <v>744</v>
       </c>
       <c r="N144" t="s">
         <v>36</v>
       </c>
       <c r="O144" t="s">
         <v>766</v>
       </c>
       <c r="P144" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
         <v>768</v>
       </c>
       <c r="B145" t="s">
         <v>769</v>
       </c>
       <c r="C145" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D145" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>33</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2014</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K145" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="L145" t="s">
         <v>770</v>
       </c>
       <c r="M145" t="s">
         <v>744</v>
       </c>
       <c r="N145" t="s">
         <v>36</v>
       </c>
       <c r="O145" t="s">
         <v>771</v>
       </c>
       <c r="P145" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
         <v>773</v>
       </c>
       <c r="B146" t="s">
         <v>774</v>
       </c>
       <c r="C146" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D146" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>33</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2017</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
         <v>775</v>
       </c>
       <c r="M146" t="s">
         <v>744</v>
       </c>
       <c r="N146" t="s">
         <v>36</v>
       </c>
       <c r="O146" t="s">
         <v>776</v>
       </c>
       <c r="P146" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
         <v>778</v>
       </c>
       <c r="B147" t="s">
         <v>779</v>
       </c>
       <c r="C147" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D147" t="s">
-        <v>318</v>
+        <v>459</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>33</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2015</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>780</v>
       </c>
       <c r="M147" t="s">
         <v>744</v>
       </c>
       <c r="N147" t="s">
         <v>36</v>
       </c>
       <c r="O147" t="s">
         <v>781</v>
       </c>
       <c r="P147" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
         <v>783</v>
       </c>
       <c r="B148" t="s">
         <v>784</v>
       </c>
       <c r="C148" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D148" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>33</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2011</v>
       </c>
       <c r="I148">
         <v>2015</v>
       </c>
       <c r="J148" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
         <v>785</v>
       </c>
       <c r="M148" t="s">
         <v>744</v>
       </c>
       <c r="N148" t="s">
         <v>36</v>
       </c>
       <c r="O148" t="s">
         <v>786</v>
       </c>
       <c r="P148" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
         <v>788</v>
       </c>
       <c r="B149" t="s">
         <v>789</v>
       </c>
       <c r="C149" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D149" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>163</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2015</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
         <v>790</v>
       </c>
       <c r="M149" t="s">
         <v>744</v>
       </c>
       <c r="N149" t="s">
         <v>36</v>
       </c>
       <c r="O149" t="s">
         <v>791</v>
       </c>
       <c r="P149" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
         <v>793</v>
       </c>
       <c r="B150" t="s">
         <v>794</v>
       </c>
       <c r="C150" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D150" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>33</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2017</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
         <v>795</v>
       </c>
       <c r="M150" t="s">
         <v>744</v>
       </c>
       <c r="N150" t="s">
         <v>36</v>
       </c>
       <c r="O150" t="s">
         <v>796</v>
       </c>
       <c r="P150" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
         <v>798</v>
       </c>
       <c r="B151" t="s">
         <v>799</v>
       </c>
       <c r="C151" t="s">
         <v>800</v>
       </c>
       <c r="D151" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2019</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>801</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
         <v>802</v>
       </c>
       <c r="M151" t="s">
         <v>803</v>
       </c>
       <c r="N151" t="s">
         <v>36</v>
       </c>
       <c r="O151" t="s">
         <v>804</v>
       </c>
       <c r="P151" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
         <v>806</v>
       </c>
       <c r="B152" t="s">
         <v>807</v>
       </c>
       <c r="C152" t="s">
         <v>800</v>
       </c>
       <c r="D152" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2019</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
         <v>801</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
         <v>808</v>
       </c>
       <c r="M152" t="s">
         <v>803</v>
       </c>
       <c r="N152" t="s">
         <v>36</v>
       </c>
       <c r="O152" t="s">
         <v>809</v>
       </c>
       <c r="P152" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
         <v>810</v>
       </c>
       <c r="B153" t="s">
         <v>811</v>
       </c>
       <c r="C153" t="s">
         <v>800</v>
       </c>
       <c r="D153" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2019</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
         <v>801</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
         <v>812</v>
       </c>
       <c r="M153" t="s">
         <v>803</v>
       </c>
       <c r="N153" t="s">
         <v>36</v>
       </c>
       <c r="O153" t="s">
         <v>813</v>
       </c>
       <c r="P153" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
         <v>814</v>
       </c>
       <c r="B154" t="s">
         <v>815</v>
       </c>
       <c r="C154" t="s">
         <v>800</v>
       </c>
       <c r="D154" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2019</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
         <v>801</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154" t="s">
         <v>816</v>
       </c>
       <c r="M154" t="s">
         <v>803</v>
       </c>
       <c r="N154" t="s">
         <v>36</v>
       </c>
       <c r="O154" t="s">
         <v>817</v>
       </c>
       <c r="P154" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
         <v>818</v>
       </c>
       <c r="B155" t="s">
         <v>819</v>
       </c>
       <c r="C155" t="s">
         <v>800</v>
       </c>
       <c r="D155" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2019</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
         <v>801</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155" t="s">
         <v>820</v>
       </c>
       <c r="M155" t="s">
         <v>803</v>
       </c>
       <c r="N155" t="s">
         <v>36</v>
       </c>
       <c r="O155" t="s">
         <v>821</v>
@@ -10941,1174 +10941,1174 @@
         <v>823</v>
       </c>
       <c r="B156" t="s">
         <v>824</v>
       </c>
       <c r="C156" t="s">
         <v>825</v>
       </c>
       <c r="D156" t="s">
         <v>826</v>
       </c>
       <c r="E156" t="s">
         <v>53</v>
       </c>
       <c r="F156" t="s">
         <v>33</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2014</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
         <v>827</v>
       </c>
       <c r="N156" t="s">
         <v>36</v>
       </c>
       <c r="O156" t="s">
         <v>828</v>
       </c>
       <c r="P156" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
         <v>830</v>
       </c>
       <c r="B157" t="s">
         <v>831</v>
       </c>
       <c r="C157" t="s">
         <v>41</v>
       </c>
       <c r="D157" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2014</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
         <v>43</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
         <v>46</v>
       </c>
       <c r="N157" t="s">
         <v>36</v>
       </c>
       <c r="O157" t="s">
         <v>832</v>
       </c>
       <c r="P157" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
         <v>834</v>
       </c>
       <c r="B158" t="s">
         <v>835</v>
       </c>
       <c r="C158" t="s">
         <v>836</v>
       </c>
       <c r="D158" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2015</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
         <v>801</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
         <v>837</v>
       </c>
       <c r="N158" t="s">
         <v>36</v>
       </c>
       <c r="O158" t="s">
         <v>838</v>
       </c>
       <c r="P158" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
         <v>840</v>
       </c>
       <c r="B159" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C159" t="s">
         <v>836</v>
       </c>
       <c r="D159" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>163</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2015</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
         <v>801</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>837</v>
       </c>
       <c r="N159" t="s">
         <v>36</v>
       </c>
       <c r="O159" t="s">
         <v>841</v>
       </c>
       <c r="P159" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
         <v>843</v>
       </c>
       <c r="B160" t="s">
         <v>844</v>
       </c>
       <c r="C160" t="s">
         <v>836</v>
       </c>
       <c r="D160" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2014</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
         <v>801</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
         <v>837</v>
       </c>
       <c r="N160" t="s">
         <v>36</v>
       </c>
       <c r="O160" t="s">
         <v>845</v>
       </c>
       <c r="P160" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
         <v>843</v>
       </c>
       <c r="B161" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C161" t="s">
         <v>836</v>
       </c>
       <c r="D161" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2014</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>801</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
         <v>837</v>
       </c>
       <c r="N161" t="s">
         <v>36</v>
       </c>
       <c r="O161" t="s">
         <v>847</v>
       </c>
       <c r="P161" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
         <v>848</v>
       </c>
       <c r="B162" t="s">
         <v>849</v>
       </c>
       <c r="C162" t="s">
         <v>850</v>
       </c>
       <c r="D162" t="s">
         <v>851</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
         <v>2019</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>801</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
         <v>852</v>
       </c>
       <c r="N162" t="s">
         <v>36</v>
       </c>
       <c r="O162" t="s">
         <v>853</v>
       </c>
       <c r="P162" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
         <v>855</v>
       </c>
       <c r="B163" t="s">
         <v>856</v>
       </c>
       <c r="C163" t="s">
         <v>850</v>
       </c>
       <c r="D163" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>2019</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>801</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
         <v>852</v>
       </c>
       <c r="N163" t="s">
         <v>36</v>
       </c>
       <c r="O163" t="s">
         <v>857</v>
       </c>
       <c r="P163" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
         <v>859</v>
       </c>
       <c r="B164" t="s">
         <v>860</v>
       </c>
       <c r="C164" t="s">
         <v>850</v>
       </c>
       <c r="D164" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2019</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
         <v>801</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
         <v>852</v>
       </c>
       <c r="N164" t="s">
         <v>36</v>
       </c>
       <c r="O164" t="s">
         <v>861</v>
       </c>
       <c r="P164" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
         <v>863</v>
       </c>
       <c r="B165" t="s">
         <v>864</v>
       </c>
       <c r="C165" t="s">
         <v>850</v>
       </c>
       <c r="D165" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2019</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>801</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
         <v>852</v>
       </c>
       <c r="N165" t="s">
         <v>36</v>
       </c>
       <c r="O165" t="s">
         <v>865</v>
       </c>
       <c r="P165" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
         <v>867</v>
       </c>
       <c r="B166" t="s">
         <v>868</v>
       </c>
       <c r="C166" t="s">
         <v>850</v>
       </c>
       <c r="D166" t="s">
         <v>869</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2019</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
         <v>801</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
         <v>852</v>
       </c>
       <c r="N166" t="s">
         <v>36</v>
       </c>
       <c r="O166" t="s">
         <v>870</v>
       </c>
       <c r="P166" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
         <v>872</v>
       </c>
       <c r="B167" t="s">
         <v>873</v>
       </c>
       <c r="C167" t="s">
         <v>850</v>
       </c>
       <c r="D167" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2019</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
         <v>801</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
         <v>852</v>
       </c>
       <c r="N167" t="s">
         <v>36</v>
       </c>
       <c r="O167" t="s">
         <v>874</v>
       </c>
       <c r="P167" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
         <v>876</v>
       </c>
       <c r="B168" t="s">
         <v>877</v>
       </c>
       <c r="C168" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D168" t="s">
         <v>878</v>
       </c>
       <c r="E168" t="s">
         <v>53</v>
       </c>
       <c r="F168" t="s">
         <v>54</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2011</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
         <v>879</v>
       </c>
       <c r="M168" t="s">
         <v>880</v>
       </c>
       <c r="N168" t="s">
         <v>36</v>
       </c>
       <c r="O168" t="s">
         <v>881</v>
       </c>
       <c r="P168" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
         <v>883</v>
       </c>
       <c r="B169" t="s">
         <v>884</v>
       </c>
       <c r="C169" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D169" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="E169" t="s">
         <v>53</v>
       </c>
       <c r="F169" t="s">
         <v>54</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2015</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
         <v>885</v>
       </c>
       <c r="M169" t="s">
         <v>886</v>
       </c>
       <c r="N169" t="s">
         <v>36</v>
       </c>
       <c r="O169" t="s">
         <v>887</v>
       </c>
       <c r="P169"/>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
         <v>888</v>
       </c>
       <c r="B170" t="s">
         <v>889</v>
       </c>
       <c r="C170" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D170" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="E170" t="s">
         <v>53</v>
       </c>
       <c r="F170" t="s">
         <v>54</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2013</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
         <v>890</v>
       </c>
       <c r="M170" t="s">
         <v>886</v>
       </c>
       <c r="N170" t="s">
         <v>36</v>
       </c>
       <c r="O170" t="s">
         <v>891</v>
       </c>
       <c r="P170"/>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
         <v>892</v>
       </c>
       <c r="B171" t="s">
         <v>893</v>
       </c>
       <c r="C171" t="s">
         <v>894</v>
       </c>
       <c r="D171" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2011</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
         <v>895</v>
       </c>
       <c r="N171" t="s">
         <v>36</v>
       </c>
       <c r="O171" t="s">
         <v>896</v>
       </c>
       <c r="P171" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
         <v>898</v>
       </c>
       <c r="B172" t="s">
         <v>899</v>
       </c>
       <c r="C172" t="s">
         <v>894</v>
       </c>
       <c r="D172" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>163</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2011</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>34</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
         <v>895</v>
       </c>
       <c r="N172" t="s">
         <v>36</v>
       </c>
       <c r="O172" t="s">
         <v>900</v>
       </c>
       <c r="P172" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
         <v>902</v>
       </c>
       <c r="B173" t="s">
         <v>903</v>
       </c>
       <c r="C173" t="s">
         <v>894</v>
       </c>
       <c r="D173" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>163</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2016</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>34</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
         <v>895</v>
       </c>
       <c r="N173" t="s">
         <v>36</v>
       </c>
       <c r="O173" t="s">
         <v>904</v>
       </c>
       <c r="P173" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
         <v>906</v>
       </c>
       <c r="B174" t="s">
         <v>907</v>
       </c>
       <c r="C174" t="s">
         <v>894</v>
       </c>
       <c r="D174" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E174" t="s">
         <v>53</v>
       </c>
       <c r="F174" t="s">
         <v>33</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>2015</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>908</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
         <v>909</v>
       </c>
       <c r="N174" t="s">
         <v>36</v>
       </c>
       <c r="O174" t="s">
         <v>910</v>
       </c>
       <c r="P174" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
         <v>911</v>
       </c>
       <c r="B175" t="s">
         <v>912</v>
       </c>
       <c r="C175" t="s">
         <v>894</v>
       </c>
       <c r="D175" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>163</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
         <v>2016</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
         <v>895</v>
       </c>
       <c r="N175" t="s">
         <v>36</v>
       </c>
       <c r="O175" t="s">
         <v>913</v>
       </c>
       <c r="P175" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
         <v>915</v>
       </c>
       <c r="B176" t="s">
         <v>916</v>
       </c>
       <c r="C176" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D176" t="s">
         <v>139</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176">
         <v>2011</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K176" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="L176" t="s">
         <v>917</v>
       </c>
       <c r="M176" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N176" t="s">
         <v>36</v>
       </c>
       <c r="O176" t="s">
         <v>918</v>
       </c>
       <c r="P176" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
         <v>920</v>
       </c>
       <c r="B177" t="s">
         <v>921</v>
       </c>
       <c r="C177" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D177" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
         <v>2012</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177" t="s">
         <v>922</v>
       </c>
       <c r="M177" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N177" t="s">
         <v>36</v>
       </c>
       <c r="O177" t="s">
         <v>923</v>
       </c>
       <c r="P177" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
         <v>925</v>
       </c>
       <c r="B178" t="s">
         <v>926</v>
       </c>
       <c r="C178" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D178" t="s">
         <v>256</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>2013</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="K178" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="L178" t="s">
         <v>927</v>
       </c>
       <c r="M178" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N178" t="s">
         <v>36</v>
       </c>
       <c r="O178" t="s">
         <v>928</v>
       </c>
       <c r="P178" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
         <v>930</v>
       </c>
       <c r="B179" t="s">
         <v>931</v>
       </c>
       <c r="C179" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D179" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>163</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>2012</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179" t="s">
         <v>932</v>
       </c>
       <c r="M179" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N179" t="s">
         <v>36</v>
       </c>
       <c r="O179" t="s">
         <v>933</v>
       </c>
       <c r="P179" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
         <v>935</v>
       </c>
       <c r="B180" t="s">
         <v>936</v>
       </c>
       <c r="C180" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D180" t="s">
         <v>291</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180">
         <v>2014</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180" t="s">
         <v>937</v>
       </c>
       <c r="M180" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="N180" t="s">
         <v>36</v>
       </c>
       <c r="O180" t="s">
         <v>938</v>
       </c>
       <c r="P180" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
         <v>940</v>
       </c>
       <c r="B181" t="s">
         <v>941</v>
       </c>
       <c r="C181" t="s">
         <v>942</v>
       </c>
       <c r="D181" t="s">
         <v>943</v>
       </c>
       <c r="E181" t="s">
@@ -12219,63 +12219,63 @@
       <c r="J183" t="s">
         <v>34</v>
       </c>
       <c r="K183" t="s">
         <v>44</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
         <v>955</v>
       </c>
       <c r="N183" t="s">
         <v>36</v>
       </c>
       <c r="O183" t="s">
         <v>956</v>
       </c>
       <c r="P183" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
         <v>958</v>
       </c>
       <c r="B184" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C184" t="s">
         <v>836</v>
       </c>
       <c r="D184" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>2010</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>801</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
         <v>837</v>
       </c>
       <c r="N184" t="s">
         <v>36</v>
       </c>
       <c r="O184" t="s">
         <v>959</v>
       </c>
       <c r="P184" t="s">
@@ -12447,51 +12447,51 @@
         <v>24</v>
       </c>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188" t="s">
         <v>72</v>
       </c>
       <c r="O188" t="s">
         <v>975</v>
       </c>
       <c r="P188" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
         <v>976</v>
       </c>
       <c r="B189" t="s">
         <v>977</v>
       </c>
       <c r="C189" t="s">
         <v>69</v>
       </c>
       <c r="D189" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>163</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
         <v>2021</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>71</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189" t="s">
         <v>36</v>
       </c>
@@ -12664,102 +12664,102 @@
         <v>71</v>
       </c>
       <c r="K193" t="s">
         <v>63</v>
       </c>
       <c r="L193"/>
       <c r="M193"/>
       <c r="N193" t="s">
         <v>72</v>
       </c>
       <c r="O193" t="s">
         <v>994</v>
       </c>
       <c r="P193" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
         <v>995</v>
       </c>
       <c r="B194" t="s">
         <v>996</v>
       </c>
       <c r="C194" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D194" t="s">
         <v>997</v>
       </c>
       <c r="E194" t="s">
         <v>53</v>
       </c>
       <c r="F194" t="s">
         <v>54</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2013</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194" t="s">
         <v>998</v>
       </c>
       <c r="M194" t="s">
         <v>999</v>
       </c>
       <c r="N194" t="s">
         <v>36</v>
       </c>
       <c r="O194" t="s">
         <v>1000</v>
       </c>
       <c r="P194" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
         <v>1002</v>
       </c>
       <c r="B195" t="s">
         <v>1003</v>
       </c>
       <c r="C195" t="s">
         <v>1004</v>
       </c>
       <c r="D195" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>163</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2011</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
         <v>801</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195" t="s">
         <v>1005</v>
       </c>
       <c r="M195" t="s">
         <v>1006</v>
@@ -12769,141 +12769,141 @@
       </c>
       <c r="O195" t="s">
         <v>1007</v>
       </c>
       <c r="P195" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
         <v>1009</v>
       </c>
       <c r="B196" t="s">
         <v>1010</v>
       </c>
       <c r="C196" t="s">
         <v>1004</v>
       </c>
       <c r="D196" t="s">
         <v>1011</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>2007</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>801</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196" t="s">
         <v>1012</v>
       </c>
       <c r="M196" t="s">
         <v>1006</v>
       </c>
       <c r="N196" t="s">
         <v>36</v>
       </c>
       <c r="O196" t="s">
         <v>1013</v>
       </c>
       <c r="P196" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
         <v>1015</v>
       </c>
       <c r="B197" t="s">
         <v>1016</v>
       </c>
       <c r="C197" t="s">
         <v>1004</v>
       </c>
       <c r="D197" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="E197" t="s">
         <v>53</v>
       </c>
       <c r="F197" t="s">
         <v>33</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
         <v>2007</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
         <v>908</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197" t="s">
         <v>1017</v>
       </c>
       <c r="M197" t="s">
         <v>1006</v>
       </c>
       <c r="N197" t="s">
         <v>36</v>
       </c>
       <c r="O197" t="s">
         <v>1018</v>
       </c>
       <c r="P197" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
         <v>1020</v>
       </c>
       <c r="B198" t="s">
         <v>1021</v>
       </c>
       <c r="C198" t="s">
         <v>1004</v>
       </c>
       <c r="D198" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>163</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>2007</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
         <v>801</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198" t="s">
         <v>1017</v>
       </c>
       <c r="M198" t="s">
         <v>1006</v>
@@ -12955,51 +12955,51 @@
       </c>
       <c r="M199" t="s">
         <v>1006</v>
       </c>
       <c r="N199" t="s">
         <v>36</v>
       </c>
       <c r="O199" t="s">
         <v>1027</v>
       </c>
       <c r="P199" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
         <v>1029</v>
       </c>
       <c r="B200" t="s">
         <v>1030</v>
       </c>
       <c r="C200" t="s">
         <v>1004</v>
       </c>
       <c r="D200" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>163</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
         <v>2009</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
         <v>801</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200" t="s">
         <v>1026</v>
       </c>
       <c r="M200" t="s">
         <v>1006</v>
@@ -13047,188 +13047,188 @@
         <v>24</v>
       </c>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201" t="s">
         <v>36</v>
       </c>
       <c r="O201" t="s">
         <v>1035</v>
       </c>
       <c r="P201" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
         <v>1037</v>
       </c>
       <c r="B202" t="s">
         <v>1038</v>
       </c>
       <c r="C202" t="s">
         <v>124</v>
       </c>
       <c r="D202" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="E202" t="s">
         <v>53</v>
       </c>
       <c r="F202" t="s">
         <v>163</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2013</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
         <v>77</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202"/>
       <c r="M202"/>
       <c r="N202" t="s">
         <v>36</v>
       </c>
       <c r="O202" t="s">
         <v>1039</v>
       </c>
       <c r="P202" t="s">
         <v>1040</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
         <v>1041</v>
       </c>
       <c r="B203" t="s">
         <v>1042</v>
       </c>
       <c r="C203" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D203" t="s">
         <v>1043</v>
       </c>
       <c r="E203" t="s">
         <v>53</v>
       </c>
       <c r="F203" t="s">
         <v>1044</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2007</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
         <v>1045</v>
       </c>
       <c r="K203" t="s">
         <v>1046</v>
       </c>
       <c r="L203" t="s">
         <v>1047</v>
       </c>
       <c r="M203" t="s">
         <v>1048</v>
       </c>
       <c r="N203" t="s">
         <v>1049</v>
       </c>
       <c r="O203" t="s">
         <v>1050</v>
       </c>
       <c r="P203" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
         <v>1052</v>
       </c>
       <c r="B204" t="s">
         <v>1053</v>
       </c>
       <c r="C204" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D204" t="s">
         <v>1054</v>
       </c>
       <c r="E204" t="s">
         <v>53</v>
       </c>
       <c r="F204" t="s">
         <v>1044</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>2009</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
         <v>1045</v>
       </c>
       <c r="K204" t="s">
         <v>1046</v>
       </c>
       <c r="L204" t="s">
         <v>1055</v>
       </c>
       <c r="M204" t="s">
         <v>1048</v>
       </c>
       <c r="N204" t="s">
         <v>1049</v>
       </c>
       <c r="O204" t="s">
         <v>1056</v>
       </c>
       <c r="P204" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
         <v>1058</v>
       </c>
       <c r="B205" t="s">
         <v>1059</v>
       </c>
       <c r="C205" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D205" t="s">
         <v>1060</v>
       </c>
       <c r="E205" t="s">
         <v>53</v>
       </c>
       <c r="F205" t="s">
         <v>1044</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>2014</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
         <v>1045</v>
       </c>
       <c r="K205" t="s">
         <v>1046</v>
       </c>
       <c r="L205" t="s">
         <v>1061</v>