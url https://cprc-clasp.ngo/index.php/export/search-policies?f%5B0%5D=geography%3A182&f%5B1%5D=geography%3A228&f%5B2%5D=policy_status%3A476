--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,51 +12,169 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +476,225 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>