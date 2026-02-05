--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3340">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -4296,75 +4296,78 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
@@ -4881,50 +4884,87 @@
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
 (a) single-phase;
 (b) non-ducted;
 (c) single-split wall mounted;
 (d) vapor compression air conditioners; and
 (e) with a cooling capacity of up to 7.1 kW</t>
   </si>
@@ -6114,50 +6154,76 @@
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
     <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
     <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
   </si>
   <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
@@ -6761,57 +6827,57 @@
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
@@ -7050,114 +7116,114 @@
   <si>
     <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
     <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
     <t>Transformers smaller than 1500kVA</t>
   </si>
@@ -7607,93 +7673,84 @@
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
     <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
     <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>January 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
     <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
   </si>
   <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...1 lines deleted...]
-  <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
   <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
@@ -10718,51 +10775,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P672"/>
+  <dimension ref="A1:P674"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -23398,20660 +23455,20758 @@
       </c>
       <c r="P254" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
         <v>1392</v>
       </c>
       <c r="B255" t="s">
         <v>1393</v>
       </c>
       <c r="C255" t="s">
         <v>130</v>
       </c>
       <c r="D255" t="s">
         <v>510</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>21</v>
       </c>
       <c r="G255" t="s">
-        <v>22</v>
+        <v>1394</v>
       </c>
       <c r="H255">
         <v>2007</v>
       </c>
       <c r="I255">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J255" t="s">
         <v>174</v>
       </c>
       <c r="K255" t="s">
         <v>34</v>
       </c>
       <c r="L255" t="s">
         <v>511</v>
       </c>
       <c r="M255" t="s">
         <v>155</v>
       </c>
       <c r="N255" t="s">
         <v>36</v>
       </c>
       <c r="O255" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="P255" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="B256" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="C256" t="s">
         <v>130</v>
       </c>
       <c r="D256" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
         <v>8</v>
       </c>
       <c r="H256">
         <v>2007</v>
       </c>
       <c r="I256">
         <v>2025</v>
       </c>
       <c r="J256" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="K256" t="s">
         <v>34</v>
       </c>
       <c r="L256" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="M256" t="s">
         <v>1313</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="P256" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B257" t="s">
         <v>364</v>
       </c>
       <c r="C257" t="s">
         <v>130</v>
       </c>
       <c r="D257" t="s">
         <v>152</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
         <v>2008</v>
       </c>
       <c r="I257">
         <v>2008</v>
       </c>
       <c r="J257" t="s">
         <v>174</v>
       </c>
       <c r="K257" t="s">
         <v>34</v>
       </c>
       <c r="L257" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="M257" t="s">
         <v>155</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="P257" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B258" t="s">
         <v>341</v>
       </c>
       <c r="C258" t="s">
         <v>130</v>
       </c>
       <c r="D258" t="s">
         <v>204</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>1989</v>
       </c>
       <c r="I258">
         <v>2020</v>
       </c>
       <c r="J258" t="s">
         <v>160</v>
       </c>
       <c r="K258" t="s">
         <v>34</v>
       </c>
       <c r="L258" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="M258" t="s">
         <v>1313</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="P258" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B259" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C259" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D259" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2008</v>
       </c>
       <c r="I259">
         <v>2024</v>
       </c>
       <c r="J259" t="s">
         <v>1323</v>
       </c>
       <c r="K259" t="s">
         <v>34</v>
       </c>
       <c r="L259" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="M259" t="s">
         <v>1325</v>
       </c>
       <c r="N259" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="O259" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="P259" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B260" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C260" t="s">
         <v>130</v>
       </c>
       <c r="D260" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2008</v>
       </c>
       <c r="I260">
         <v>2008</v>
       </c>
       <c r="J260" t="s">
         <v>174</v>
       </c>
       <c r="K260" t="s">
         <v>34</v>
       </c>
       <c r="L260" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="M260" t="s">
         <v>155</v>
       </c>
       <c r="N260" t="s">
         <v>36</v>
       </c>
       <c r="O260" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="P260" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B261" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C261" t="s">
         <v>130</v>
       </c>
       <c r="D261" t="s">
         <v>220</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2008</v>
       </c>
       <c r="I261">
         <v>2011</v>
       </c>
       <c r="J261" t="s">
         <v>174</v>
       </c>
       <c r="K261" t="s">
         <v>34</v>
       </c>
       <c r="L261" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="M261" t="s">
         <v>155</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="P261" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B262" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="C262" t="s">
         <v>130</v>
       </c>
       <c r="D262" t="s">
         <v>437</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262">
         <v>2008</v>
       </c>
       <c r="I262">
         <v>2016</v>
       </c>
       <c r="J262" t="s">
         <v>174</v>
       </c>
       <c r="K262" t="s">
         <v>34</v>
       </c>
       <c r="L262" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="M262" t="s">
         <v>155</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="P262" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B263" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="C263" t="s">
         <v>130</v>
       </c>
       <c r="D263" t="s">
         <v>262</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>21</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
         <v>2010</v>
       </c>
       <c r="I263">
         <v>2015</v>
       </c>
       <c r="J263" t="s">
         <v>174</v>
       </c>
       <c r="K263" t="s">
         <v>34</v>
       </c>
       <c r="L263" t="s">
         <v>263</v>
       </c>
       <c r="M263" t="s">
         <v>155</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="P263" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B264" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C264" t="s">
         <v>130</v>
       </c>
       <c r="D264" t="s">
         <v>138</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>1989</v>
       </c>
       <c r="I264">
         <v>2016</v>
       </c>
       <c r="J264" t="s">
         <v>174</v>
       </c>
       <c r="K264" t="s">
         <v>34</v>
       </c>
       <c r="L264" t="s">
         <v>139</v>
       </c>
       <c r="M264" t="s">
         <v>155</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="P264" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B265" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="C265" t="s">
         <v>130</v>
       </c>
       <c r="D265" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2010</v>
       </c>
       <c r="I265">
         <v>2021</v>
       </c>
       <c r="J265" t="s">
         <v>70</v>
       </c>
       <c r="K265" t="s">
         <v>34</v>
       </c>
       <c r="L265" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="M265" t="s">
         <v>1313</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="P265" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B266" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="C266" t="s">
         <v>130</v>
       </c>
       <c r="D266" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>21</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2011</v>
       </c>
       <c r="I266">
         <v>2020</v>
       </c>
       <c r="J266" t="s">
         <v>174</v>
       </c>
       <c r="K266" t="s">
         <v>562</v>
       </c>
       <c r="L266" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="M266" t="s">
         <v>1384</v>
       </c>
       <c r="N266" t="s">
         <v>564</v>
       </c>
       <c r="O266" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="P266" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B267" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C267" t="s">
         <v>130</v>
       </c>
       <c r="D267" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2010</v>
       </c>
       <c r="I267">
         <v>2017</v>
       </c>
       <c r="J267" t="s">
         <v>174</v>
       </c>
       <c r="K267" t="s">
         <v>562</v>
       </c>
       <c r="L267" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="M267" t="s">
         <v>1384</v>
       </c>
       <c r="N267" t="s">
         <v>564</v>
       </c>
       <c r="O267" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="P267" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B268" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="C268" t="s">
         <v>130</v>
       </c>
       <c r="D268" t="s">
         <v>1235</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268">
         <v>2011</v>
       </c>
       <c r="I268">
         <v>2016</v>
       </c>
       <c r="J268" t="s">
         <v>174</v>
       </c>
       <c r="K268" t="s">
         <v>34</v>
       </c>
       <c r="L268" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="M268" t="s">
         <v>155</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="P268" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B269" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C269" t="s">
         <v>130</v>
       </c>
       <c r="D269" t="s">
         <v>78</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269">
         <v>2011</v>
       </c>
       <c r="I269">
         <v>2012</v>
       </c>
       <c r="J269" t="s">
         <v>174</v>
       </c>
       <c r="K269" t="s">
         <v>34</v>
       </c>
       <c r="L269" t="s">
         <v>233</v>
       </c>
       <c r="M269" t="s">
         <v>155</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="P269" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B270" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C270" t="s">
         <v>130</v>
       </c>
       <c r="D270" t="s">
         <v>78</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>22</v>
       </c>
       <c r="H270">
         <v>2011</v>
       </c>
       <c r="I270">
         <v>2017</v>
       </c>
       <c r="J270" t="s">
         <v>174</v>
       </c>
       <c r="K270" t="s">
         <v>34</v>
       </c>
       <c r="L270" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="M270" t="s">
         <v>155</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="P270" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B271" t="s">
         <v>219</v>
       </c>
       <c r="C271" t="s">
         <v>130</v>
       </c>
       <c r="D271" t="s">
         <v>220</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>1311</v>
       </c>
       <c r="H271">
         <v>2011</v>
       </c>
       <c r="I271">
         <v>2012</v>
       </c>
       <c r="J271" t="s">
         <v>1323</v>
       </c>
       <c r="K271" t="s">
         <v>221</v>
       </c>
       <c r="L271" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="M271" t="s">
         <v>155</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="P271" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B272" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C272" t="s">
         <v>130</v>
       </c>
       <c r="D272" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>21</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2012</v>
       </c>
       <c r="I272">
         <v>2020</v>
       </c>
       <c r="J272" t="s">
         <v>174</v>
       </c>
       <c r="K272" t="s">
         <v>562</v>
       </c>
       <c r="L272" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="M272" t="s">
         <v>1384</v>
       </c>
       <c r="N272" t="s">
         <v>564</v>
       </c>
       <c r="O272" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="P272" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="B273" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="C273" t="s">
         <v>130</v>
       </c>
       <c r="D273" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>2013</v>
       </c>
       <c r="I273">
         <v>2020</v>
       </c>
       <c r="J273" t="s">
         <v>174</v>
       </c>
       <c r="K273" t="s">
         <v>562</v>
       </c>
       <c r="L273" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="M273" t="s">
         <v>1384</v>
       </c>
       <c r="N273" t="s">
         <v>564</v>
       </c>
       <c r="O273" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="P273" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B274" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C274" t="s">
         <v>130</v>
       </c>
       <c r="D274" t="s">
         <v>227</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274">
         <v>2012</v>
       </c>
       <c r="I274">
         <v>2016</v>
       </c>
       <c r="J274" t="s">
         <v>174</v>
       </c>
       <c r="K274" t="s">
         <v>34</v>
       </c>
       <c r="L274" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="M274" t="s">
         <v>155</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="P274" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="B275" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="C275" t="s">
         <v>130</v>
       </c>
       <c r="D275" t="s">
         <v>244</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2003</v>
       </c>
       <c r="I275">
         <v>2013</v>
       </c>
       <c r="J275" t="s">
         <v>174</v>
       </c>
       <c r="K275" t="s">
         <v>34</v>
       </c>
       <c r="L275" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="M275" t="s">
         <v>155</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="P275" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B276" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C276" t="s">
         <v>130</v>
       </c>
       <c r="D276" t="s">
         <v>1005</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276" t="s">
         <v>22</v>
       </c>
       <c r="H276">
         <v>2003</v>
       </c>
       <c r="I276">
         <v>2013</v>
       </c>
       <c r="J276" t="s">
         <v>174</v>
       </c>
       <c r="K276" t="s">
         <v>34</v>
       </c>
       <c r="L276" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="M276" t="s">
         <v>155</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="P276" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B277" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="C277" t="s">
         <v>130</v>
       </c>
       <c r="D277" t="s">
         <v>220</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>21</v>
       </c>
       <c r="G277" t="s">
         <v>22</v>
       </c>
       <c r="H277">
         <v>2008</v>
       </c>
       <c r="I277">
         <v>2013</v>
       </c>
       <c r="J277" t="s">
         <v>174</v>
       </c>
       <c r="K277" t="s">
         <v>34</v>
       </c>
       <c r="L277" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="M277" t="s">
         <v>155</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="P277" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B278" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="C278" t="s">
         <v>130</v>
       </c>
       <c r="D278" t="s">
         <v>244</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>21</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278">
         <v>2013</v>
       </c>
       <c r="I278">
         <v>2020</v>
       </c>
       <c r="J278" t="s">
         <v>174</v>
       </c>
       <c r="K278" t="s">
         <v>34</v>
       </c>
       <c r="L278" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="M278" t="s">
         <v>155</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="P278" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B279" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C279" t="s">
         <v>130</v>
       </c>
       <c r="D279" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>21</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279">
         <v>2014</v>
       </c>
       <c r="I279">
         <v>2020</v>
       </c>
       <c r="J279" t="s">
         <v>174</v>
       </c>
       <c r="K279" t="s">
         <v>562</v>
       </c>
       <c r="L279" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="M279" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="N279" t="s">
         <v>564</v>
       </c>
       <c r="O279" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="P279" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B280" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="C280" t="s">
         <v>130</v>
       </c>
       <c r="D280" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280" t="s">
         <v>1311</v>
       </c>
       <c r="H280">
         <v>2008</v>
       </c>
       <c r="I280">
         <v>2015</v>
       </c>
       <c r="J280" t="s">
         <v>1323</v>
       </c>
       <c r="K280" t="s">
         <v>167</v>
       </c>
       <c r="L280" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="M280" t="s">
         <v>155</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="P280" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B281" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C281" t="s">
         <v>130</v>
       </c>
       <c r="D281" t="s">
         <v>390</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>21</v>
       </c>
       <c r="G281" t="s">
         <v>22</v>
       </c>
       <c r="H281">
         <v>2008</v>
       </c>
       <c r="I281">
         <v>2015</v>
       </c>
       <c r="J281" t="s">
         <v>174</v>
       </c>
       <c r="K281" t="s">
         <v>34</v>
       </c>
       <c r="L281" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="M281" t="s">
         <v>155</v>
       </c>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="P281" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="B282" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="C282" t="s">
         <v>130</v>
       </c>
       <c r="D282" t="s">
         <v>244</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>21</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>2005</v>
       </c>
       <c r="I282">
         <v>2015</v>
       </c>
       <c r="J282" t="s">
         <v>174</v>
       </c>
       <c r="K282" t="s">
         <v>34</v>
       </c>
       <c r="L282" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="M282" t="s">
         <v>155</v>
       </c>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="P282" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B283" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="C283" t="s">
         <v>130</v>
       </c>
       <c r="D283" t="s">
         <v>325</v>
       </c>
       <c r="E283" t="s">
         <v>61</v>
       </c>
       <c r="F283" t="s">
         <v>21</v>
       </c>
       <c r="G283" t="s">
         <v>22</v>
       </c>
       <c r="H283">
         <v>2005</v>
       </c>
       <c r="I283">
         <v>2016</v>
       </c>
       <c r="J283" t="s">
         <v>174</v>
       </c>
       <c r="K283" t="s">
         <v>34</v>
       </c>
       <c r="L283" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="M283" t="s">
         <v>1384</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="P283" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="B284" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="C284" t="s">
         <v>130</v>
       </c>
       <c r="D284" t="s">
         <v>325</v>
       </c>
       <c r="E284" t="s">
         <v>61</v>
       </c>
       <c r="F284" t="s">
         <v>21</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284">
         <v>2005</v>
       </c>
       <c r="I284">
         <v>2016</v>
       </c>
       <c r="J284" t="s">
         <v>174</v>
       </c>
       <c r="K284" t="s">
         <v>34</v>
       </c>
       <c r="L284" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="M284" t="s">
         <v>1384</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="P284" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="B285" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="C285" t="s">
         <v>130</v>
       </c>
       <c r="D285" t="s">
         <v>325</v>
       </c>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
         <v>21</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285">
         <v>2005</v>
       </c>
       <c r="I285">
         <v>2016</v>
       </c>
       <c r="J285" t="s">
         <v>174</v>
       </c>
       <c r="K285" t="s">
         <v>34</v>
       </c>
       <c r="L285" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="M285" t="s">
         <v>1384</v>
       </c>
       <c r="N285" t="s">
         <v>36</v>
       </c>
       <c r="O285" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="P285" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B286" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C286" t="s">
         <v>130</v>
       </c>
       <c r="D286" t="s">
         <v>325</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>21</v>
       </c>
       <c r="G286" t="s">
         <v>22</v>
       </c>
       <c r="H286">
         <v>2005</v>
       </c>
       <c r="I286">
         <v>2017</v>
       </c>
       <c r="J286" t="s">
         <v>174</v>
       </c>
       <c r="K286" t="s">
         <v>34</v>
       </c>
       <c r="L286" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="M286" t="s">
         <v>1384</v>
       </c>
       <c r="N286" t="s">
         <v>36</v>
       </c>
       <c r="O286" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="P286" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B287" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="C287" t="s">
         <v>130</v>
       </c>
       <c r="D287" t="s">
         <v>575</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>21</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287">
         <v>2017</v>
       </c>
       <c r="I287">
         <v>2021</v>
       </c>
       <c r="J287" t="s">
         <v>70</v>
       </c>
       <c r="K287" t="s">
         <v>562</v>
       </c>
       <c r="L287" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="M287" t="s">
         <v>1313</v>
       </c>
       <c r="N287" t="s">
         <v>564</v>
       </c>
       <c r="O287" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="P287" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B288" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C288" t="s">
         <v>130</v>
       </c>
       <c r="D288" t="s">
         <v>610</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
         <v>21</v>
       </c>
       <c r="G288" t="s">
         <v>22</v>
       </c>
       <c r="H288">
         <v>2018</v>
       </c>
       <c r="I288">
         <v>2024</v>
       </c>
       <c r="J288" t="s">
         <v>1323</v>
       </c>
       <c r="K288" t="s">
         <v>34</v>
       </c>
       <c r="L288" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="M288" t="s">
         <v>1325</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="P288" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B289" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="C289" t="s">
         <v>130</v>
       </c>
       <c r="D289" t="s">
         <v>550</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289" t="s">
         <v>8</v>
       </c>
       <c r="H289">
         <v>1989</v>
       </c>
       <c r="I289">
         <v>2025</v>
       </c>
       <c r="J289" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="K289" t="s">
         <v>34</v>
       </c>
       <c r="L289" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="M289" t="s">
         <v>1325</v>
       </c>
       <c r="N289" t="s">
         <v>27</v>
       </c>
       <c r="O289" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="P289" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="B290" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="C290" t="s">
         <v>130</v>
       </c>
       <c r="D290" t="s">
         <v>849</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>8</v>
       </c>
       <c r="H290">
         <v>2019</v>
       </c>
       <c r="I290">
         <v>2025</v>
       </c>
       <c r="J290" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="K290" t="s">
         <v>34</v>
       </c>
       <c r="L290" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="M290" t="s">
         <v>1325</v>
       </c>
       <c r="N290" t="s">
         <v>1052</v>
       </c>
       <c r="O290" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="P290" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B291" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="C291" t="s">
         <v>130</v>
       </c>
       <c r="D291" t="s">
-        <v>544</v>
+        <v>1580</v>
       </c>
       <c r="E291" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F291" t="s">
-        <v>21</v>
+        <v>1581</v>
       </c>
       <c r="G291" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H291">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I291">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J291" t="s">
-        <v>174</v>
+        <v>1582</v>
       </c>
       <c r="K291" t="s">
         <v>34</v>
       </c>
-      <c r="L291" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L291"/>
       <c r="M291" t="s">
-        <v>155</v>
+        <v>1583</v>
       </c>
       <c r="N291" t="s">
-        <v>27</v>
+        <v>1052</v>
       </c>
       <c r="O291" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="P291" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="B292" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="C292" t="s">
-        <v>1584</v>
+        <v>130</v>
       </c>
       <c r="D292" t="s">
-        <v>1585</v>
+        <v>544</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
+        <v>2003</v>
+      </c>
+      <c r="I292">
         <v>2013</v>
       </c>
-      <c r="I292"/>
       <c r="J292" t="s">
-        <v>1586</v>
+        <v>174</v>
       </c>
       <c r="K292" t="s">
         <v>34</v>
       </c>
       <c r="L292" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="M292" t="s">
-        <v>1588</v>
+        <v>155</v>
       </c>
       <c r="N292" t="s">
         <v>27</v>
       </c>
       <c r="O292" t="s">
         <v>1589</v>
       </c>
       <c r="P292" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
         <v>1591</v>
       </c>
       <c r="B293" t="s">
         <v>1592</v>
       </c>
       <c r="C293" t="s">
         <v>1593</v>
       </c>
       <c r="D293" t="s">
-        <v>1322</v>
+        <v>1594</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>43</v>
       </c>
       <c r="G293" t="s">
         <v>22</v>
       </c>
       <c r="H293">
         <v>2013</v>
       </c>
-      <c r="I293">
-[...1 lines deleted...]
-      </c>
+      <c r="I293"/>
       <c r="J293" t="s">
-        <v>1293</v>
+        <v>1595</v>
       </c>
       <c r="K293" t="s">
         <v>34</v>
       </c>
       <c r="L293" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="M293" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N293" t="s">
         <v>27</v>
       </c>
       <c r="O293" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="P293" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="B294" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="C294" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="D294" t="s">
-        <v>268</v>
+        <v>1322</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>43</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
         <v>2013</v>
       </c>
       <c r="I294">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J294" t="s">
-        <v>1586</v>
+        <v>1293</v>
       </c>
       <c r="K294" t="s">
         <v>34</v>
       </c>
       <c r="L294" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="M294" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N294" t="s">
         <v>27</v>
       </c>
       <c r="O294" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="P294" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C295" t="s">
         <v>1602</v>
       </c>
-      <c r="B295" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D295" t="s">
-        <v>1604</v>
+        <v>268</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>43</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>2013</v>
       </c>
       <c r="I295">
         <v>2024</v>
       </c>
       <c r="J295" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="K295" t="s">
         <v>34</v>
       </c>
       <c r="L295" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="M295" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N295" t="s">
         <v>27</v>
       </c>
       <c r="O295" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="P295" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="B296" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="C296" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="D296" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>43</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I296">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J296" t="s">
-        <v>1293</v>
+        <v>1595</v>
       </c>
       <c r="K296" t="s">
         <v>34</v>
       </c>
       <c r="L296" t="s">
+        <v>1614</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1597</v>
+      </c>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1615</v>
+      </c>
+      <c r="P296" t="s">
         <v>1610</v>
-      </c>
-[...10 lines deleted...]
-        <v>1596</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
       <c r="B297" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="C297" t="s">
-        <v>1584</v>
+        <v>1602</v>
       </c>
       <c r="D297" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>43</v>
       </c>
       <c r="G297" t="s">
         <v>22</v>
       </c>
       <c r="H297">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I297">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J297" t="s">
-        <v>1586</v>
+        <v>1293</v>
       </c>
       <c r="K297" t="s">
         <v>34</v>
       </c>
       <c r="L297" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="M297" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N297" t="s">
         <v>27</v>
       </c>
       <c r="O297" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="P297" t="s">
-        <v>1616</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="B298" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="C298" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="D298" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>43</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2013</v>
       </c>
       <c r="I298">
         <v>2024</v>
       </c>
       <c r="J298" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="K298" t="s">
         <v>34</v>
       </c>
       <c r="L298" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="M298" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N298" t="s">
         <v>27</v>
       </c>
       <c r="O298" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="P298" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="B299" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="C299" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="D299" t="s">
-        <v>192</v>
+        <v>1628</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>43</v>
       </c>
       <c r="G299" t="s">
         <v>22</v>
       </c>
       <c r="H299">
         <v>2013</v>
       </c>
       <c r="I299">
         <v>2024</v>
       </c>
       <c r="J299" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="K299" t="s">
         <v>34</v>
       </c>
       <c r="L299" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="M299" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
+        <v>1630</v>
+      </c>
+      <c r="P299" t="s">
         <v>1625</v>
-      </c>
-[...1 lines deleted...]
-        <v>1616</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="B300" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="C300" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="D300" t="s">
-        <v>138</v>
+        <v>192</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>43</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I300">
         <v>2024</v>
       </c>
       <c r="J300" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="K300" t="s">
         <v>34</v>
       </c>
       <c r="L300" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="M300" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="P300" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="B301" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="C301" t="s">
         <v>1593</v>
       </c>
       <c r="D301" t="s">
-        <v>238</v>
+        <v>138</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>43</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I301">
         <v>2024</v>
       </c>
       <c r="J301" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="K301" t="s">
         <v>34</v>
       </c>
       <c r="L301" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="M301" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="P301" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="B302" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="C302" t="s">
-        <v>876</v>
+        <v>1602</v>
       </c>
       <c r="D302" t="s">
-        <v>111</v>
+        <v>238</v>
       </c>
       <c r="E302" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F302" t="s">
-        <v>288</v>
+        <v>43</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I302">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="J302" t="s">
-        <v>33</v>
+        <v>1595</v>
       </c>
       <c r="K302" t="s">
         <v>34</v>
       </c>
       <c r="L302" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="M302" t="s">
-        <v>1637</v>
+        <v>1597</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="P302" t="s">
-        <v>1639</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="B303" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="C303" t="s">
-        <v>1642</v>
+        <v>876</v>
       </c>
       <c r="D303" t="s">
-        <v>1643</v>
+        <v>111</v>
       </c>
       <c r="E303" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F303" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="G303" t="s">
         <v>22</v>
       </c>
       <c r="H303">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="I303">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J303" t="s">
-        <v>884</v>
+        <v>33</v>
       </c>
       <c r="K303" t="s">
         <v>34</v>
       </c>
       <c r="L303" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="M303" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="P303" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B304" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="C304" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D304" t="s">
-        <v>111</v>
+        <v>1652</v>
       </c>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>43</v>
       </c>
       <c r="G304" t="s">
         <v>22</v>
       </c>
       <c r="H304">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="I304">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J304" t="s">
         <v>884</v>
       </c>
       <c r="K304" t="s">
         <v>34</v>
       </c>
       <c r="L304" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="M304" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="P304" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="B305" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="C305" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D305" t="s">
-        <v>238</v>
+        <v>111</v>
       </c>
       <c r="E305" t="s">
         <v>20</v>
       </c>
       <c r="F305" t="s">
         <v>43</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I305">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J305" t="s">
         <v>884</v>
       </c>
       <c r="K305" t="s">
         <v>34</v>
       </c>
       <c r="L305" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="M305" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="P305" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="B306" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="C306" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D306" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="I306">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J306" t="s">
         <v>884</v>
       </c>
       <c r="K306" t="s">
         <v>34</v>
       </c>
       <c r="L306" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="M306" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="P306" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="B307" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="C307" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D307" t="s">
-        <v>437</v>
+        <v>227</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G307" t="s">
         <v>22</v>
       </c>
       <c r="H307">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="I307">
         <v>2014</v>
       </c>
       <c r="J307" t="s">
         <v>884</v>
       </c>
       <c r="K307" t="s">
         <v>34</v>
       </c>
       <c r="L307" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="M307" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="P307" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
         <v>1667</v>
       </c>
       <c r="B308" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="C308" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D308" t="s">
-        <v>1235</v>
+        <v>437</v>
       </c>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G308" t="s">
         <v>22</v>
       </c>
       <c r="H308">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I308">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J308" t="s">
         <v>884</v>
       </c>
       <c r="K308" t="s">
         <v>34</v>
       </c>
       <c r="L308" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="M308" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="P308" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="B309" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="C309" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D309" t="s">
-        <v>849</v>
+        <v>1235</v>
       </c>
       <c r="E309" t="s">
         <v>20</v>
       </c>
       <c r="F309" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G309" t="s">
         <v>22</v>
       </c>
       <c r="H309">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I309">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J309" t="s">
         <v>884</v>
       </c>
       <c r="K309" t="s">
         <v>34</v>
       </c>
       <c r="L309" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="M309" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="P309" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="B310" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="C310" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D310" t="s">
-        <v>544</v>
+        <v>849</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G310" t="s">
         <v>22</v>
       </c>
       <c r="H310">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I310">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J310" t="s">
         <v>884</v>
       </c>
       <c r="K310" t="s">
         <v>34</v>
       </c>
       <c r="L310" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="M310" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="P310" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="B311" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="C311" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D311" t="s">
-        <v>220</v>
+        <v>544</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>21</v>
       </c>
       <c r="G311" t="s">
         <v>22</v>
       </c>
       <c r="H311">
-        <v>1989</v>
+        <v>2004</v>
       </c>
       <c r="I311">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J311" t="s">
         <v>884</v>
       </c>
       <c r="K311" t="s">
         <v>34</v>
       </c>
       <c r="L311" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="M311" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="P311" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="B312" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="C312" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D312" t="s">
-        <v>510</v>
+        <v>220</v>
       </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>21</v>
       </c>
       <c r="G312" t="s">
         <v>22</v>
       </c>
       <c r="H312">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="I312">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J312" t="s">
-        <v>1689</v>
+        <v>884</v>
       </c>
       <c r="K312" t="s">
         <v>34</v>
       </c>
       <c r="L312" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="M312" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="P312" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="B313" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="C313" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D313" t="s">
-        <v>166</v>
+        <v>510</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
         <v>21</v>
       </c>
       <c r="G313" t="s">
         <v>22</v>
       </c>
       <c r="H313">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="I313">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J313" t="s">
-        <v>884</v>
+        <v>1698</v>
       </c>
       <c r="K313" t="s">
-        <v>1695</v>
+        <v>34</v>
       </c>
       <c r="L313" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="M313" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="P313" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="B314" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C314" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D314" t="s">
-        <v>220</v>
+        <v>166</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>21</v>
       </c>
       <c r="G314" t="s">
         <v>22</v>
       </c>
       <c r="H314">
         <v>1989</v>
       </c>
       <c r="I314">
         <v>2017</v>
       </c>
       <c r="J314" t="s">
         <v>884</v>
       </c>
       <c r="K314" t="s">
-        <v>1695</v>
+        <v>1704</v>
       </c>
       <c r="L314" t="s">
-        <v>1696</v>
+        <v>1705</v>
       </c>
       <c r="M314" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="P314" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
         <v>1702</v>
       </c>
       <c r="B315" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="C315" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D315" t="s">
-        <v>1704</v>
+        <v>220</v>
       </c>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G315" t="s">
         <v>22</v>
       </c>
       <c r="H315">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="I315">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J315" t="s">
         <v>884</v>
       </c>
       <c r="K315" t="s">
-        <v>34</v>
+        <v>1704</v>
       </c>
       <c r="L315" t="s">
         <v>1705</v>
       </c>
       <c r="M315" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="P315" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="B316" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="C316" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D316" t="s">
-        <v>93</v>
+        <v>1713</v>
       </c>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G316" t="s">
         <v>22</v>
       </c>
       <c r="H316">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I316">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="J316" t="s">
         <v>884</v>
       </c>
       <c r="K316" t="s">
         <v>34</v>
       </c>
       <c r="L316" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="M316" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="P316" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="B317" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="C317" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D317" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>21</v>
       </c>
       <c r="G317" t="s">
         <v>22</v>
       </c>
       <c r="H317">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I317">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="J317" t="s">
-        <v>1689</v>
+        <v>884</v>
       </c>
       <c r="K317" t="s">
         <v>34</v>
       </c>
       <c r="L317" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="M317" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="P317" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="B318" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="C318" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D318" t="s">
-        <v>662</v>
+        <v>78</v>
       </c>
       <c r="E318" t="s">
         <v>20</v>
       </c>
       <c r="F318" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G318" t="s">
         <v>22</v>
       </c>
       <c r="H318">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I318">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J318" t="s">
-        <v>884</v>
+        <v>1698</v>
       </c>
       <c r="K318" t="s">
         <v>34</v>
       </c>
       <c r="L318" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="M318" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="P318" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="B319" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="C319" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D319" t="s">
-        <v>1725</v>
+        <v>662</v>
       </c>
       <c r="E319" t="s">
         <v>20</v>
       </c>
       <c r="F319" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G319" t="s">
         <v>22</v>
       </c>
       <c r="H319">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="I319">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J319" t="s">
         <v>884</v>
       </c>
       <c r="K319" t="s">
         <v>34</v>
       </c>
       <c r="L319" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="M319" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="P319" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B320" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C320" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D320" t="s">
-        <v>138</v>
+        <v>1734</v>
       </c>
       <c r="E320" t="s">
         <v>20</v>
       </c>
       <c r="F320" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G320" t="s">
         <v>22</v>
       </c>
       <c r="H320">
         <v>2009</v>
       </c>
       <c r="I320">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J320" t="s">
         <v>884</v>
       </c>
       <c r="K320" t="s">
         <v>34</v>
       </c>
       <c r="L320" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="M320" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="P320" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="B321" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="C321" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D321" t="s">
-        <v>105</v>
+        <v>138</v>
       </c>
       <c r="E321" t="s">
         <v>20</v>
       </c>
       <c r="F321" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G321" t="s">
         <v>22</v>
       </c>
       <c r="H321">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="I321">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J321" t="s">
-        <v>1689</v>
+        <v>884</v>
       </c>
       <c r="K321" t="s">
         <v>34</v>
       </c>
       <c r="L321" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="M321" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N321" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="P321" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="B322" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="C322" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="D322" t="s">
-        <v>479</v>
+        <v>105</v>
       </c>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
         <v>21</v>
       </c>
       <c r="G322" t="s">
         <v>22</v>
       </c>
       <c r="H322">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="I322">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J322" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="K322" t="s">
         <v>34</v>
       </c>
       <c r="L322" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="M322" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N322" t="s">
         <v>36</v>
       </c>
       <c r="O322" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="P322" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="B323" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="C323" t="s">
-        <v>280</v>
+        <v>1651</v>
       </c>
       <c r="D323" t="s">
-        <v>227</v>
+        <v>479</v>
       </c>
       <c r="E323" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F323" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G323" t="s">
         <v>22</v>
       </c>
       <c r="H323">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="I323">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J323" t="s">
-        <v>87</v>
+        <v>1698</v>
       </c>
       <c r="K323" t="s">
         <v>34</v>
       </c>
       <c r="L323" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="M323" t="s">
-        <v>282</v>
+        <v>1654</v>
       </c>
       <c r="N323" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O323" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="P323" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="B324" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="C324" t="s">
         <v>280</v>
       </c>
       <c r="D324" t="s">
         <v>227</v>
       </c>
       <c r="E324" t="s">
         <v>61</v>
       </c>
       <c r="F324" t="s">
         <v>288</v>
       </c>
       <c r="G324" t="s">
         <v>22</v>
       </c>
       <c r="H324">
         <v>2000</v>
       </c>
       <c r="I324">
         <v>2013</v>
       </c>
       <c r="J324" t="s">
         <v>87</v>
       </c>
       <c r="K324" t="s">
         <v>34</v>
       </c>
-      <c r="L324"/>
+      <c r="L324" t="s">
+        <v>1755</v>
+      </c>
       <c r="M324" t="s">
         <v>282</v>
       </c>
       <c r="N324" t="s">
         <v>27</v>
       </c>
       <c r="O324" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="P324" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="B325" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="C325" t="s">
         <v>280</v>
       </c>
       <c r="D325" t="s">
         <v>227</v>
       </c>
       <c r="E325" t="s">
         <v>61</v>
       </c>
       <c r="F325" t="s">
         <v>288</v>
       </c>
       <c r="G325" t="s">
         <v>22</v>
       </c>
       <c r="H325">
         <v>2000</v>
       </c>
       <c r="I325">
         <v>2013</v>
       </c>
       <c r="J325" t="s">
         <v>87</v>
       </c>
       <c r="K325" t="s">
         <v>34</v>
       </c>
-      <c r="L325" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L325"/>
       <c r="M325" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N325" t="s">
         <v>27</v>
       </c>
       <c r="O325" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="P325" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="B326" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="C326" t="s">
         <v>280</v>
       </c>
       <c r="D326" t="s">
-        <v>479</v>
+        <v>227</v>
       </c>
       <c r="E326" t="s">
         <v>61</v>
       </c>
       <c r="F326" t="s">
         <v>288</v>
       </c>
       <c r="G326" t="s">
         <v>22</v>
       </c>
       <c r="H326">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="I326">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J326" t="s">
         <v>87</v>
       </c>
       <c r="K326" t="s">
         <v>34</v>
       </c>
       <c r="L326" t="s">
-        <v>1757</v>
+        <v>1755</v>
       </c>
       <c r="M326" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N326" t="s">
         <v>27</v>
       </c>
       <c r="O326" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="P326" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="B327" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="C327" t="s">
         <v>280</v>
       </c>
       <c r="D327" t="s">
-        <v>220</v>
+        <v>479</v>
       </c>
       <c r="E327" t="s">
         <v>61</v>
       </c>
       <c r="F327" t="s">
         <v>288</v>
       </c>
       <c r="G327" t="s">
         <v>22</v>
       </c>
       <c r="H327">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I327">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J327" t="s">
         <v>87</v>
       </c>
       <c r="K327" t="s">
         <v>34</v>
       </c>
       <c r="L327" t="s">
-        <v>281</v>
+        <v>1766</v>
       </c>
       <c r="M327" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="P327" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="B328" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="C328" t="s">
         <v>280</v>
       </c>
       <c r="D328" t="s">
-        <v>173</v>
+        <v>220</v>
       </c>
       <c r="E328" t="s">
         <v>61</v>
       </c>
       <c r="F328" t="s">
         <v>288</v>
       </c>
       <c r="G328" t="s">
         <v>22</v>
       </c>
       <c r="H328">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I328">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J328" t="s">
         <v>87</v>
       </c>
       <c r="K328" t="s">
         <v>34</v>
       </c>
-      <c r="L328"/>
+      <c r="L328" t="s">
+        <v>281</v>
+      </c>
       <c r="M328" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="P328" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="B329" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="C329" t="s">
         <v>280</v>
       </c>
       <c r="D329" t="s">
-        <v>256</v>
+        <v>173</v>
       </c>
       <c r="E329" t="s">
         <v>61</v>
       </c>
       <c r="F329" t="s">
         <v>288</v>
       </c>
       <c r="G329" t="s">
         <v>22</v>
       </c>
       <c r="H329">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I329">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="J329" t="s">
         <v>87</v>
       </c>
       <c r="K329" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L329"/>
       <c r="M329" t="s">
         <v>282</v>
       </c>
       <c r="N329" t="s">
         <v>27</v>
       </c>
       <c r="O329" t="s">
-        <v>1771</v>
-[...1 lines deleted...]
-      <c r="P329"/>
+        <v>1776</v>
+      </c>
+      <c r="P329" t="s">
+        <v>1777</v>
+      </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="B330" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="C330" t="s">
         <v>280</v>
       </c>
       <c r="D330" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="E330" t="s">
         <v>61</v>
       </c>
       <c r="F330" t="s">
         <v>288</v>
       </c>
       <c r="G330" t="s">
         <v>22</v>
       </c>
       <c r="H330">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I330">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="J330" t="s">
         <v>87</v>
       </c>
       <c r="K330" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L330"/>
       <c r="M330" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N330" t="s">
         <v>27</v>
       </c>
       <c r="O330" t="s">
-        <v>1774</v>
-[...3 lines deleted...]
-      </c>
+        <v>1780</v>
+      </c>
+      <c r="P330"/>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="B331" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="C331" t="s">
         <v>280</v>
       </c>
       <c r="D331" t="s">
-        <v>1778</v>
+        <v>220</v>
       </c>
       <c r="E331" t="s">
         <v>61</v>
       </c>
       <c r="F331" t="s">
         <v>288</v>
       </c>
       <c r="G331" t="s">
         <v>22</v>
       </c>
       <c r="H331">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I331">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J331" t="s">
         <v>87</v>
       </c>
       <c r="K331" t="s">
         <v>34</v>
       </c>
       <c r="L331"/>
       <c r="M331" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N331" t="s">
         <v>27</v>
       </c>
       <c r="O331" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
       <c r="P331" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
       <c r="B332" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="C332" t="s">
         <v>280</v>
       </c>
       <c r="D332" t="s">
-        <v>256</v>
+        <v>1787</v>
       </c>
       <c r="E332" t="s">
         <v>61</v>
       </c>
       <c r="F332" t="s">
         <v>288</v>
       </c>
       <c r="G332" t="s">
         <v>22</v>
       </c>
       <c r="H332">
+        <v>2011</v>
+      </c>
+      <c r="I332">
         <v>2013</v>
-      </c>
-[...1 lines deleted...]
-        <v>2014</v>
       </c>
       <c r="J332" t="s">
         <v>87</v>
       </c>
       <c r="K332" t="s">
         <v>34</v>
       </c>
       <c r="L332"/>
       <c r="M332" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="P332" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="B333" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="C333" t="s">
         <v>280</v>
       </c>
       <c r="D333" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="E333" t="s">
         <v>61</v>
       </c>
       <c r="F333" t="s">
         <v>288</v>
       </c>
       <c r="G333" t="s">
         <v>22</v>
       </c>
       <c r="H333">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I333">
         <v>2014</v>
       </c>
       <c r="J333" t="s">
         <v>87</v>
       </c>
       <c r="K333" t="s">
         <v>34</v>
       </c>
       <c r="L333"/>
       <c r="M333" t="s">
         <v>707</v>
       </c>
       <c r="N333" t="s">
         <v>27</v>
       </c>
       <c r="O333" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="P333" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="B334" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="C334" t="s">
         <v>280</v>
       </c>
       <c r="D334" t="s">
-        <v>1252</v>
+        <v>220</v>
       </c>
       <c r="E334" t="s">
         <v>61</v>
       </c>
       <c r="F334" t="s">
         <v>288</v>
       </c>
       <c r="G334" t="s">
         <v>22</v>
       </c>
       <c r="H334">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I334">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J334" t="s">
         <v>87</v>
       </c>
       <c r="K334" t="s">
         <v>34</v>
       </c>
-      <c r="L334" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L334"/>
       <c r="M334" t="s">
         <v>707</v>
       </c>
       <c r="N334" t="s">
         <v>27</v>
       </c>
       <c r="O334" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="P334" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="B335" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="C335" t="s">
         <v>280</v>
       </c>
       <c r="D335" t="s">
-        <v>268</v>
+        <v>1252</v>
       </c>
       <c r="E335" t="s">
         <v>61</v>
       </c>
       <c r="F335" t="s">
         <v>288</v>
       </c>
       <c r="G335" t="s">
         <v>22</v>
       </c>
       <c r="H335">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="I335">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J335" t="s">
         <v>87</v>
       </c>
       <c r="K335" t="s">
         <v>34</v>
       </c>
-      <c r="L335"/>
+      <c r="L335" t="s">
+        <v>1798</v>
+      </c>
       <c r="M335" t="s">
         <v>707</v>
       </c>
       <c r="N335" t="s">
         <v>27</v>
       </c>
       <c r="O335" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="P335" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="B336" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="C336" t="s">
         <v>280</v>
       </c>
       <c r="D336" t="s">
-        <v>437</v>
+        <v>268</v>
       </c>
       <c r="E336" t="s">
         <v>61</v>
       </c>
       <c r="F336" t="s">
         <v>288</v>
       </c>
       <c r="G336" t="s">
         <v>22</v>
       </c>
       <c r="H336">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="I336">
         <v>2016</v>
       </c>
       <c r="J336" t="s">
         <v>87</v>
       </c>
       <c r="K336" t="s">
         <v>34</v>
       </c>
       <c r="L336"/>
       <c r="M336" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N336" t="s">
         <v>27</v>
       </c>
       <c r="O336" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="P336" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="B337" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="C337" t="s">
         <v>280</v>
       </c>
       <c r="D337" t="s">
         <v>437</v>
       </c>
       <c r="E337" t="s">
         <v>61</v>
       </c>
       <c r="F337" t="s">
         <v>288</v>
       </c>
       <c r="G337" t="s">
         <v>22</v>
       </c>
       <c r="H337">
         <v>2000</v>
       </c>
       <c r="I337">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J337" t="s">
         <v>87</v>
       </c>
       <c r="K337" t="s">
         <v>34</v>
       </c>
       <c r="L337"/>
       <c r="M337" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N337" t="s">
         <v>27</v>
       </c>
       <c r="O337" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="P337" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="B338" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="C338" t="s">
         <v>280</v>
       </c>
       <c r="D338" t="s">
-        <v>262</v>
+        <v>437</v>
       </c>
       <c r="E338" t="s">
         <v>61</v>
       </c>
       <c r="F338" t="s">
         <v>288</v>
       </c>
       <c r="G338" t="s">
         <v>22</v>
       </c>
       <c r="H338">
         <v>2000</v>
       </c>
       <c r="I338">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J338" t="s">
         <v>87</v>
       </c>
       <c r="K338" t="s">
         <v>34</v>
       </c>
-      <c r="L338" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L338"/>
       <c r="M338" t="s">
         <v>707</v>
       </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="P338" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="B339" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
       <c r="C339" t="s">
         <v>280</v>
       </c>
       <c r="D339" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="E339" t="s">
         <v>61</v>
       </c>
       <c r="F339" t="s">
         <v>288</v>
       </c>
       <c r="G339" t="s">
         <v>22</v>
       </c>
       <c r="H339">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I339">
         <v>2013</v>
       </c>
       <c r="J339" t="s">
         <v>87</v>
       </c>
       <c r="K339" t="s">
         <v>34</v>
       </c>
-      <c r="L339"/>
+      <c r="L339" t="s">
+        <v>1755</v>
+      </c>
       <c r="M339" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N339" t="s">
         <v>27</v>
       </c>
       <c r="O339" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="P339" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="B340" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="C340" t="s">
         <v>280</v>
       </c>
       <c r="D340" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="E340" t="s">
         <v>61</v>
       </c>
       <c r="F340" t="s">
         <v>288</v>
       </c>
       <c r="G340" t="s">
         <v>22</v>
       </c>
       <c r="H340">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I340">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J340" t="s">
         <v>87</v>
       </c>
       <c r="K340" t="s">
         <v>34</v>
       </c>
-      <c r="L340" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L340"/>
       <c r="M340" t="s">
         <v>282</v>
       </c>
       <c r="N340" t="s">
         <v>27</v>
       </c>
       <c r="O340" t="s">
-        <v>1816</v>
+        <v>1820</v>
       </c>
       <c r="P340" t="s">
-        <v>1817</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="B341" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="C341" t="s">
         <v>280</v>
       </c>
       <c r="D341" t="s">
-        <v>99</v>
+        <v>238</v>
       </c>
       <c r="E341" t="s">
         <v>61</v>
       </c>
       <c r="F341" t="s">
         <v>288</v>
       </c>
       <c r="G341" t="s">
         <v>22</v>
       </c>
       <c r="H341">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="I341">
         <v>2014</v>
       </c>
       <c r="J341" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="K341" t="s">
         <v>34</v>
       </c>
       <c r="L341" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="M341" t="s">
         <v>282</v>
       </c>
       <c r="N341" t="s">
         <v>27</v>
       </c>
       <c r="O341" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="P341" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="B342" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="C342" t="s">
         <v>280</v>
       </c>
       <c r="D342" t="s">
-        <v>204</v>
+        <v>99</v>
       </c>
       <c r="E342" t="s">
         <v>61</v>
       </c>
       <c r="F342" t="s">
         <v>288</v>
       </c>
       <c r="G342" t="s">
         <v>22</v>
       </c>
       <c r="H342">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="I342">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J342" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
       <c r="K342" t="s">
         <v>34</v>
       </c>
       <c r="L342" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="M342" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N342" t="s">
         <v>27</v>
       </c>
       <c r="O342" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="P342" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="B343" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="C343" t="s">
         <v>280</v>
       </c>
       <c r="D343" t="s">
-        <v>544</v>
+        <v>204</v>
       </c>
       <c r="E343" t="s">
         <v>61</v>
       </c>
       <c r="F343" t="s">
         <v>288</v>
       </c>
       <c r="G343" t="s">
         <v>22</v>
       </c>
       <c r="H343">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="I343">
         <v>2013</v>
       </c>
       <c r="J343" t="s">
         <v>87</v>
       </c>
       <c r="K343" t="s">
         <v>34</v>
       </c>
-      <c r="L343"/>
+      <c r="L343" t="s">
+        <v>1834</v>
+      </c>
       <c r="M343" t="s">
         <v>707</v>
       </c>
       <c r="N343" t="s">
         <v>27</v>
       </c>
       <c r="O343" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="P343" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="B344" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="C344" t="s">
         <v>280</v>
       </c>
       <c r="D344" t="s">
-        <v>262</v>
+        <v>544</v>
       </c>
       <c r="E344" t="s">
         <v>61</v>
       </c>
       <c r="F344" t="s">
         <v>288</v>
       </c>
       <c r="G344" t="s">
         <v>22</v>
       </c>
       <c r="H344">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I344">
         <v>2013</v>
       </c>
       <c r="J344" t="s">
         <v>87</v>
       </c>
       <c r="K344" t="s">
         <v>34</v>
       </c>
-      <c r="L344" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L344"/>
       <c r="M344" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
-        <v>1835</v>
-[...1 lines deleted...]
-      <c r="P344"/>
+        <v>1839</v>
+      </c>
+      <c r="P344" t="s">
+        <v>1840</v>
+      </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="B345" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="C345" t="s">
         <v>280</v>
       </c>
       <c r="D345" t="s">
-        <v>616</v>
+        <v>262</v>
       </c>
       <c r="E345" t="s">
         <v>61</v>
       </c>
       <c r="F345" t="s">
         <v>288</v>
       </c>
       <c r="G345" t="s">
         <v>22</v>
       </c>
       <c r="H345">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="I345">
         <v>2013</v>
       </c>
       <c r="J345" t="s">
         <v>87</v>
       </c>
       <c r="K345" t="s">
         <v>34</v>
       </c>
-      <c r="L345"/>
+      <c r="L345" t="s">
+        <v>1843</v>
+      </c>
       <c r="M345" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N345" t="s">
         <v>27</v>
       </c>
       <c r="O345" t="s">
-        <v>1838</v>
-[...3 lines deleted...]
-      </c>
+        <v>1844</v>
+      </c>
+      <c r="P345"/>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="B346" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="C346" t="s">
         <v>280</v>
       </c>
       <c r="D346" t="s">
-        <v>166</v>
+        <v>616</v>
       </c>
       <c r="E346" t="s">
         <v>61</v>
       </c>
       <c r="F346" t="s">
         <v>288</v>
       </c>
       <c r="G346" t="s">
         <v>22</v>
       </c>
       <c r="H346">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="I346">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J346" t="s">
         <v>87</v>
       </c>
       <c r="K346" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L346"/>
       <c r="M346" t="s">
         <v>707</v>
       </c>
       <c r="N346" t="s">
         <v>27</v>
       </c>
       <c r="O346" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="P346" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="B347" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="C347" t="s">
         <v>280</v>
       </c>
       <c r="D347" t="s">
-        <v>220</v>
+        <v>166</v>
       </c>
       <c r="E347" t="s">
         <v>61</v>
       </c>
       <c r="F347" t="s">
         <v>288</v>
       </c>
       <c r="G347" t="s">
         <v>22</v>
       </c>
       <c r="H347">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="I347">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J347" t="s">
         <v>87</v>
       </c>
       <c r="K347" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="L347"/>
       <c r="M347" t="s">
         <v>707</v>
       </c>
       <c r="N347" t="s">
         <v>27</v>
       </c>
       <c r="O347" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="P347" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="B348" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="C348" t="s">
         <v>280</v>
       </c>
       <c r="D348" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="E348" t="s">
         <v>61</v>
       </c>
       <c r="F348" t="s">
         <v>288</v>
       </c>
       <c r="G348" t="s">
         <v>22</v>
       </c>
       <c r="H348">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="I348">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J348" t="s">
         <v>87</v>
       </c>
       <c r="K348" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L348"/>
+        <v>221</v>
+      </c>
+      <c r="L348" t="s">
+        <v>1855</v>
+      </c>
       <c r="M348" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N348" t="s">
         <v>27</v>
       </c>
       <c r="O348" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="P348" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="B349" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="C349" t="s">
         <v>280</v>
       </c>
       <c r="D349" t="s">
-        <v>138</v>
+        <v>227</v>
       </c>
       <c r="E349" t="s">
         <v>61</v>
       </c>
       <c r="F349" t="s">
         <v>288</v>
       </c>
       <c r="G349" t="s">
         <v>22</v>
       </c>
       <c r="H349">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I349">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J349" t="s">
         <v>87</v>
       </c>
       <c r="K349" t="s">
         <v>34</v>
       </c>
-      <c r="L349" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L349"/>
       <c r="M349" t="s">
         <v>282</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
       <c r="P349" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="B350" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
       <c r="C350" t="s">
         <v>280</v>
       </c>
       <c r="D350" t="s">
-        <v>227</v>
+        <v>138</v>
       </c>
       <c r="E350" t="s">
         <v>61</v>
       </c>
       <c r="F350" t="s">
         <v>288</v>
       </c>
       <c r="G350" t="s">
         <v>22</v>
       </c>
       <c r="H350">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I350">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J350" t="s">
         <v>87</v>
       </c>
       <c r="K350" t="s">
         <v>34</v>
       </c>
-      <c r="L350"/>
+      <c r="L350" t="s">
+        <v>1864</v>
+      </c>
       <c r="M350" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="P350" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="B351" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="C351" t="s">
         <v>280</v>
       </c>
       <c r="D351" t="s">
-        <v>690</v>
+        <v>227</v>
       </c>
       <c r="E351" t="s">
         <v>61</v>
       </c>
       <c r="F351" t="s">
         <v>288</v>
       </c>
       <c r="G351" t="s">
         <v>22</v>
       </c>
       <c r="H351">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I351">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J351" t="s">
         <v>87</v>
       </c>
       <c r="K351" t="s">
         <v>34</v>
       </c>
       <c r="L351"/>
       <c r="M351" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N351" t="s">
         <v>27</v>
       </c>
       <c r="O351" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="P351" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="B352" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="C352" t="s">
         <v>280</v>
       </c>
       <c r="D352" t="s">
-        <v>268</v>
+        <v>690</v>
       </c>
       <c r="E352" t="s">
         <v>61</v>
       </c>
       <c r="F352" t="s">
         <v>288</v>
       </c>
       <c r="G352" t="s">
         <v>22</v>
       </c>
       <c r="H352">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="I352">
         <v>2013</v>
       </c>
       <c r="J352" t="s">
         <v>87</v>
       </c>
       <c r="K352" t="s">
         <v>34</v>
       </c>
       <c r="L352"/>
       <c r="M352" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="P352" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="B353" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="C353" t="s">
         <v>280</v>
       </c>
       <c r="D353" t="s">
-        <v>662</v>
+        <v>268</v>
       </c>
       <c r="E353" t="s">
         <v>61</v>
       </c>
       <c r="F353" t="s">
         <v>288</v>
       </c>
       <c r="G353" t="s">
         <v>22</v>
       </c>
       <c r="H353">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="I353">
         <v>2013</v>
       </c>
       <c r="J353" t="s">
         <v>87</v>
       </c>
       <c r="K353" t="s">
         <v>34</v>
       </c>
       <c r="L353"/>
       <c r="M353" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N353" t="s">
         <v>27</v>
       </c>
       <c r="O353" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="P353" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="B354" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="C354" t="s">
         <v>280</v>
       </c>
       <c r="D354" t="s">
-        <v>256</v>
+        <v>662</v>
       </c>
       <c r="E354" t="s">
         <v>61</v>
       </c>
       <c r="F354" t="s">
         <v>288</v>
       </c>
       <c r="G354" t="s">
         <v>22</v>
       </c>
       <c r="H354">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="I354">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J354" t="s">
         <v>87</v>
       </c>
       <c r="K354" t="s">
         <v>34</v>
       </c>
-      <c r="L354" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L354"/>
       <c r="M354" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N354" t="s">
         <v>27</v>
       </c>
       <c r="O354" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="P354" t="s">
-        <v>1878</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="355" spans="1:16">
       <c r="A355" t="s">
-        <v>1879</v>
+        <v>1883</v>
       </c>
       <c r="B355" t="s">
-        <v>1880</v>
+        <v>1884</v>
       </c>
       <c r="C355" t="s">
         <v>280</v>
       </c>
       <c r="D355" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E355" t="s">
         <v>61</v>
       </c>
       <c r="F355" t="s">
         <v>288</v>
       </c>
       <c r="G355" t="s">
         <v>22</v>
       </c>
       <c r="H355">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="I355">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="J355" t="s">
         <v>87</v>
       </c>
       <c r="K355" t="s">
         <v>34</v>
       </c>
       <c r="L355" t="s">
-        <v>1041</v>
+        <v>1885</v>
       </c>
       <c r="M355" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N355" t="s">
         <v>27</v>
       </c>
       <c r="O355" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="P355" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="356" spans="1:16">
       <c r="A356" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="B356" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="C356" t="s">
         <v>280</v>
       </c>
       <c r="D356" t="s">
         <v>262</v>
       </c>
       <c r="E356" t="s">
         <v>61</v>
       </c>
       <c r="F356" t="s">
         <v>288</v>
       </c>
       <c r="G356" t="s">
         <v>22</v>
       </c>
       <c r="H356">
         <v>2000</v>
       </c>
       <c r="I356">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J356" t="s">
         <v>87</v>
       </c>
       <c r="K356" t="s">
         <v>34</v>
       </c>
-      <c r="L356"/>
+      <c r="L356" t="s">
+        <v>1041</v>
+      </c>
       <c r="M356" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N356" t="s">
         <v>27</v>
       </c>
       <c r="O356" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="P356" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="357" spans="1:16">
       <c r="A357" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="B357" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="C357" t="s">
-        <v>1593</v>
+        <v>280</v>
       </c>
       <c r="D357" t="s">
-        <v>204</v>
+        <v>262</v>
       </c>
       <c r="E357" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F357" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="G357" t="s">
-        <v>1889</v>
+        <v>22</v>
       </c>
       <c r="H357">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="I357">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J357" t="s">
-        <v>1890</v>
+        <v>87</v>
       </c>
       <c r="K357" t="s">
         <v>34</v>
       </c>
-      <c r="L357" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L357"/>
       <c r="M357" t="s">
-        <v>1588</v>
+        <v>707</v>
       </c>
       <c r="N357" t="s">
         <v>27</v>
       </c>
       <c r="O357" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="P357" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="358" spans="1:16">
       <c r="A358" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="B358" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="C358" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="D358" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="E358" t="s">
         <v>20</v>
       </c>
       <c r="F358" t="s">
         <v>43</v>
       </c>
       <c r="G358" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
       <c r="H358">
         <v>2015</v>
       </c>
       <c r="I358">
         <v>2018</v>
       </c>
       <c r="J358" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="K358" t="s">
         <v>34</v>
       </c>
       <c r="L358" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="M358" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N358" t="s">
         <v>27</v>
       </c>
       <c r="O358" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="P358" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="359" spans="1:16">
       <c r="A359" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="B359" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
       <c r="C359" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="D359" t="s">
-        <v>138</v>
+        <v>192</v>
       </c>
       <c r="E359" t="s">
         <v>20</v>
       </c>
       <c r="F359" t="s">
         <v>43</v>
       </c>
       <c r="G359" t="s">
-        <v>1901</v>
+        <v>1898</v>
       </c>
       <c r="H359">
         <v>2015</v>
       </c>
       <c r="I359">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J359" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="K359" t="s">
         <v>34</v>
       </c>
       <c r="L359" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="M359" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="P359" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="360" spans="1:16">
       <c r="A360" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="B360" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="C360" t="s">
-        <v>811</v>
+        <v>1602</v>
       </c>
       <c r="D360" t="s">
-        <v>318</v>
+        <v>138</v>
       </c>
       <c r="E360" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F360" t="s">
-        <v>288</v>
+        <v>43</v>
       </c>
       <c r="G360" t="s">
-        <v>22</v>
+        <v>1910</v>
       </c>
       <c r="H360">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="I360">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J360" t="s">
-        <v>818</v>
+        <v>1899</v>
       </c>
       <c r="K360" t="s">
-        <v>1907</v>
-[...1 lines deleted...]
-      <c r="L360"/>
+        <v>34</v>
+      </c>
+      <c r="L360" t="s">
+        <v>1911</v>
+      </c>
       <c r="M360" t="s">
-        <v>813</v>
+        <v>1597</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
-        <v>1908</v>
+        <v>1912</v>
       </c>
       <c r="P360" t="s">
-        <v>1909</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="361" spans="1:16">
       <c r="A361" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B361" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
       <c r="C361" t="s">
         <v>811</v>
       </c>
       <c r="D361" t="s">
         <v>318</v>
       </c>
       <c r="E361" t="s">
         <v>61</v>
       </c>
       <c r="F361" t="s">
         <v>288</v>
       </c>
       <c r="G361" t="s">
         <v>22</v>
       </c>
       <c r="H361">
         <v>1996</v>
       </c>
       <c r="I361">
         <v>2012</v>
       </c>
       <c r="J361" t="s">
         <v>818</v>
       </c>
       <c r="K361" t="s">
-        <v>1907</v>
+        <v>1916</v>
       </c>
       <c r="L361"/>
       <c r="M361" t="s">
         <v>813</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
-        <v>1911</v>
+        <v>1917</v>
       </c>
       <c r="P361" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="362" spans="1:16">
       <c r="A362" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B362" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
       <c r="C362" t="s">
         <v>811</v>
       </c>
       <c r="D362" t="s">
-        <v>93</v>
+        <v>318</v>
       </c>
       <c r="E362" t="s">
         <v>61</v>
       </c>
       <c r="F362" t="s">
         <v>288</v>
       </c>
       <c r="G362" t="s">
         <v>22</v>
       </c>
       <c r="H362">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="I362">
         <v>2012</v>
       </c>
       <c r="J362" t="s">
-        <v>79</v>
+        <v>818</v>
       </c>
       <c r="K362" t="s">
-        <v>34</v>
+        <v>1916</v>
       </c>
       <c r="L362"/>
       <c r="M362" t="s">
         <v>813</v>
       </c>
       <c r="N362" t="s">
         <v>27</v>
       </c>
       <c r="O362" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="P362" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="363" spans="1:16">
       <c r="A363" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B363" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
       <c r="C363" t="s">
         <v>811</v>
       </c>
       <c r="D363" t="s">
-        <v>244</v>
+        <v>93</v>
       </c>
       <c r="E363" t="s">
         <v>61</v>
       </c>
       <c r="F363" t="s">
         <v>288</v>
       </c>
       <c r="G363" t="s">
         <v>22</v>
       </c>
       <c r="H363">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I363">
         <v>2012</v>
       </c>
       <c r="J363" t="s">
         <v>79</v>
       </c>
       <c r="K363" t="s">
         <v>34</v>
       </c>
       <c r="L363"/>
       <c r="M363" t="s">
         <v>813</v>
       </c>
       <c r="N363" t="s">
         <v>27</v>
       </c>
       <c r="O363" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="P363" t="s">
-        <v>1914</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="364" spans="1:16">
       <c r="A364" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B364" t="s">
-        <v>1917</v>
+        <v>1924</v>
       </c>
       <c r="C364" t="s">
         <v>811</v>
       </c>
       <c r="D364" t="s">
-        <v>550</v>
+        <v>244</v>
       </c>
       <c r="E364" t="s">
         <v>61</v>
       </c>
       <c r="F364" t="s">
         <v>288</v>
       </c>
       <c r="G364" t="s">
         <v>22</v>
       </c>
       <c r="H364">
         <v>2012</v>
       </c>
       <c r="I364">
         <v>2012</v>
       </c>
       <c r="J364" t="s">
         <v>79</v>
       </c>
       <c r="K364" t="s">
         <v>34</v>
       </c>
       <c r="L364"/>
       <c r="M364" t="s">
         <v>813</v>
       </c>
       <c r="N364" t="s">
         <v>27</v>
       </c>
       <c r="O364" t="s">
-        <v>1918</v>
+        <v>1925</v>
       </c>
       <c r="P364" t="s">
-        <v>1914</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="365" spans="1:16">
       <c r="A365" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B365" t="s">
-        <v>1919</v>
+        <v>1926</v>
       </c>
       <c r="C365" t="s">
         <v>811</v>
       </c>
       <c r="D365" t="s">
-        <v>1920</v>
+        <v>550</v>
       </c>
       <c r="E365" t="s">
         <v>61</v>
       </c>
       <c r="F365" t="s">
         <v>288</v>
       </c>
       <c r="G365" t="s">
         <v>22</v>
       </c>
       <c r="H365">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I365">
         <v>2012</v>
       </c>
       <c r="J365" t="s">
-        <v>818</v>
+        <v>79</v>
       </c>
       <c r="K365" t="s">
         <v>34</v>
       </c>
       <c r="L365"/>
       <c r="M365" t="s">
         <v>813</v>
       </c>
       <c r="N365" t="s">
         <v>27</v>
       </c>
       <c r="O365" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="P365" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="366" spans="1:16">
       <c r="A366" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B366" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="C366" t="s">
         <v>811</v>
       </c>
       <c r="D366" t="s">
-        <v>479</v>
+        <v>1929</v>
       </c>
       <c r="E366" t="s">
         <v>61</v>
       </c>
       <c r="F366" t="s">
         <v>288</v>
       </c>
       <c r="G366" t="s">
         <v>22</v>
       </c>
       <c r="H366">
         <v>1996</v>
       </c>
       <c r="I366">
         <v>2012</v>
       </c>
       <c r="J366" t="s">
         <v>818</v>
       </c>
       <c r="K366" t="s">
         <v>34</v>
       </c>
       <c r="L366"/>
       <c r="M366" t="s">
         <v>813</v>
       </c>
       <c r="N366" t="s">
         <v>27</v>
       </c>
       <c r="O366" t="s">
-        <v>1923</v>
+        <v>1930</v>
       </c>
       <c r="P366" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="367" spans="1:16">
       <c r="A367" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B367" t="s">
-        <v>1924</v>
+        <v>1931</v>
       </c>
       <c r="C367" t="s">
         <v>811</v>
       </c>
       <c r="D367" t="s">
-        <v>198</v>
+        <v>479</v>
       </c>
       <c r="E367" t="s">
         <v>61</v>
       </c>
       <c r="F367" t="s">
         <v>288</v>
       </c>
       <c r="G367" t="s">
         <v>22</v>
       </c>
       <c r="H367">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="I367">
         <v>2012</v>
       </c>
       <c r="J367" t="s">
-        <v>79</v>
+        <v>818</v>
       </c>
       <c r="K367" t="s">
         <v>34</v>
       </c>
       <c r="L367"/>
       <c r="M367" t="s">
         <v>813</v>
       </c>
       <c r="N367" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O367" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="P367" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="368" spans="1:16">
       <c r="A368" t="s">
-        <v>1926</v>
+        <v>1914</v>
       </c>
       <c r="B368" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="C368" t="s">
         <v>811</v>
       </c>
       <c r="D368" t="s">
-        <v>105</v>
+        <v>198</v>
       </c>
       <c r="E368" t="s">
         <v>61</v>
       </c>
       <c r="F368" t="s">
         <v>288</v>
       </c>
       <c r="G368" t="s">
         <v>22</v>
       </c>
       <c r="H368">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I368">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J368" t="s">
-        <v>818</v>
+        <v>79</v>
       </c>
       <c r="K368" t="s">
         <v>34</v>
       </c>
       <c r="L368"/>
       <c r="M368" t="s">
         <v>813</v>
       </c>
       <c r="N368" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O368" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
       <c r="P368" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="369" spans="1:16">
       <c r="A369" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="B369" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="C369" t="s">
         <v>811</v>
       </c>
       <c r="D369" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="E369" t="s">
         <v>61</v>
       </c>
       <c r="F369" t="s">
         <v>288</v>
       </c>
       <c r="G369" t="s">
         <v>22</v>
       </c>
       <c r="H369">
         <v>1996</v>
       </c>
       <c r="I369">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J369" t="s">
         <v>818</v>
       </c>
       <c r="K369" t="s">
         <v>34</v>
       </c>
-      <c r="L369" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L369"/>
       <c r="M369" t="s">
         <v>813</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="P369" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="B370" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="C370" t="s">
         <v>811</v>
       </c>
       <c r="D370" t="s">
-        <v>318</v>
+        <v>111</v>
       </c>
       <c r="E370" t="s">
         <v>61</v>
       </c>
       <c r="F370" t="s">
         <v>288</v>
       </c>
       <c r="G370" t="s">
         <v>22</v>
       </c>
       <c r="H370">
         <v>1996</v>
       </c>
       <c r="I370">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J370" t="s">
         <v>818</v>
       </c>
       <c r="K370" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="L370"/>
+        <v>34</v>
+      </c>
+      <c r="L370" t="s">
+        <v>1940</v>
+      </c>
       <c r="M370" t="s">
         <v>813</v>
       </c>
       <c r="N370" t="s">
         <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="P370" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="371" spans="1:16">
       <c r="A371" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="B371" t="s">
-        <v>1937</v>
+        <v>1943</v>
       </c>
       <c r="C371" t="s">
         <v>811</v>
       </c>
       <c r="D371" t="s">
-        <v>1938</v>
+        <v>318</v>
       </c>
       <c r="E371" t="s">
         <v>61</v>
       </c>
       <c r="F371" t="s">
         <v>288</v>
       </c>
       <c r="G371" t="s">
         <v>22</v>
       </c>
       <c r="H371">
         <v>1996</v>
       </c>
       <c r="I371">
         <v>2010</v>
       </c>
       <c r="J371" t="s">
         <v>818</v>
       </c>
       <c r="K371" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L371"/>
       <c r="M371" t="s">
         <v>813</v>
       </c>
       <c r="N371" t="s">
         <v>27</v>
       </c>
       <c r="O371" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="P371" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="372" spans="1:16">
       <c r="A372" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="B372" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="C372" t="s">
         <v>811</v>
       </c>
       <c r="D372" t="s">
-        <v>318</v>
+        <v>1947</v>
       </c>
       <c r="E372" t="s">
         <v>61</v>
       </c>
       <c r="F372" t="s">
         <v>288</v>
       </c>
       <c r="G372" t="s">
         <v>22</v>
       </c>
       <c r="H372">
         <v>1996</v>
       </c>
       <c r="I372">
         <v>2010</v>
       </c>
       <c r="J372" t="s">
         <v>818</v>
       </c>
       <c r="K372" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L372"/>
       <c r="M372" t="s">
         <v>813</v>
       </c>
       <c r="N372" t="s">
         <v>27</v>
       </c>
       <c r="O372" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="P372" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="373" spans="1:16">
       <c r="A373" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="B373" t="s">
-        <v>1944</v>
+        <v>1950</v>
       </c>
       <c r="C373" t="s">
         <v>811</v>
       </c>
       <c r="D373" t="s">
-        <v>93</v>
+        <v>318</v>
       </c>
       <c r="E373" t="s">
         <v>61</v>
       </c>
       <c r="F373" t="s">
         <v>288</v>
       </c>
       <c r="G373" t="s">
         <v>22</v>
       </c>
       <c r="H373">
         <v>1996</v>
       </c>
       <c r="I373">
         <v>2010</v>
       </c>
       <c r="J373" t="s">
-        <v>79</v>
+        <v>818</v>
       </c>
       <c r="K373" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L373"/>
       <c r="M373" t="s">
         <v>813</v>
       </c>
       <c r="N373" t="s">
         <v>27</v>
       </c>
       <c r="O373" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
       <c r="P373" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="374" spans="1:16">
       <c r="A374" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
       <c r="B374" t="s">
-        <v>1946</v>
+        <v>1953</v>
       </c>
       <c r="C374" t="s">
         <v>811</v>
       </c>
       <c r="D374" t="s">
-        <v>325</v>
+        <v>93</v>
       </c>
       <c r="E374" t="s">
         <v>61</v>
       </c>
       <c r="F374" t="s">
         <v>288</v>
       </c>
       <c r="G374" t="s">
         <v>22</v>
       </c>
       <c r="H374">
         <v>1996</v>
       </c>
       <c r="I374">
         <v>2010</v>
       </c>
       <c r="J374" t="s">
-        <v>818</v>
+        <v>79</v>
       </c>
       <c r="K374" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L374"/>
       <c r="M374" t="s">
         <v>813</v>
       </c>
       <c r="N374" t="s">
         <v>27</v>
       </c>
       <c r="O374" t="s">
-        <v>1947</v>
+        <v>1954</v>
       </c>
       <c r="P374" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="375" spans="1:16">
       <c r="A375" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="B375" t="s">
-        <v>1949</v>
+        <v>1955</v>
       </c>
       <c r="C375" t="s">
         <v>811</v>
       </c>
       <c r="D375" t="s">
-        <v>1950</v>
+        <v>325</v>
       </c>
       <c r="E375" t="s">
         <v>61</v>
       </c>
       <c r="F375" t="s">
         <v>288</v>
       </c>
       <c r="G375" t="s">
         <v>22</v>
       </c>
       <c r="H375">
         <v>1996</v>
       </c>
       <c r="I375">
         <v>2010</v>
       </c>
       <c r="J375" t="s">
         <v>818</v>
       </c>
       <c r="K375" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L375"/>
       <c r="M375" t="s">
         <v>813</v>
       </c>
       <c r="N375" t="s">
         <v>27</v>
       </c>
       <c r="O375" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="P375" t="s">
-        <v>1909</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="376" spans="1:16">
       <c r="A376" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="B376" t="s">
-        <v>550</v>
+        <v>1958</v>
       </c>
       <c r="C376" t="s">
         <v>811</v>
       </c>
       <c r="D376" t="s">
-        <v>550</v>
+        <v>1959</v>
       </c>
       <c r="E376" t="s">
         <v>61</v>
       </c>
       <c r="F376" t="s">
         <v>288</v>
       </c>
       <c r="G376" t="s">
         <v>22</v>
       </c>
       <c r="H376">
         <v>1996</v>
       </c>
       <c r="I376">
         <v>2010</v>
       </c>
       <c r="J376" t="s">
-        <v>117</v>
+        <v>818</v>
       </c>
       <c r="K376" t="s">
         <v>34</v>
       </c>
       <c r="L376"/>
       <c r="M376" t="s">
         <v>813</v>
       </c>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376" t="s">
-        <v>1953</v>
+        <v>1960</v>
       </c>
       <c r="P376" t="s">
-        <v>1954</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="377" spans="1:16">
       <c r="A377" t="s">
-        <v>1955</v>
+        <v>1961</v>
       </c>
       <c r="B377" t="s">
-        <v>1956</v>
+        <v>550</v>
       </c>
       <c r="C377" t="s">
         <v>811</v>
       </c>
       <c r="D377" t="s">
-        <v>1252</v>
+        <v>550</v>
       </c>
       <c r="E377" t="s">
         <v>61</v>
       </c>
       <c r="F377" t="s">
         <v>288</v>
       </c>
       <c r="G377" t="s">
         <v>22</v>
       </c>
       <c r="H377">
         <v>1996</v>
       </c>
       <c r="I377">
         <v>2010</v>
       </c>
       <c r="J377" t="s">
-        <v>818</v>
+        <v>117</v>
       </c>
       <c r="K377" t="s">
         <v>34</v>
       </c>
       <c r="L377"/>
       <c r="M377" t="s">
         <v>813</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="P377" t="s">
-        <v>1909</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="378" spans="1:16">
       <c r="A378" t="s">
-        <v>1958</v>
+        <v>1964</v>
       </c>
       <c r="B378" t="s">
-        <v>1959</v>
+        <v>1965</v>
       </c>
       <c r="C378" t="s">
-        <v>280</v>
+        <v>811</v>
       </c>
       <c r="D378" t="s">
-        <v>244</v>
+        <v>1252</v>
       </c>
       <c r="E378" t="s">
         <v>61</v>
       </c>
       <c r="F378" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="G378" t="s">
         <v>22</v>
       </c>
       <c r="H378">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="I378">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J378" t="s">
-        <v>87</v>
+        <v>818</v>
       </c>
       <c r="K378" t="s">
         <v>34</v>
       </c>
-      <c r="L378" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L378"/>
       <c r="M378" t="s">
-        <v>707</v>
+        <v>813</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="P378" t="s">
-        <v>284</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="379" spans="1:16">
       <c r="A379" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="B379" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="C379" t="s">
-        <v>287</v>
+        <v>1969</v>
       </c>
       <c r="D379" t="s">
-        <v>244</v>
+        <v>1594</v>
       </c>
       <c r="E379" t="s">
         <v>20</v>
       </c>
       <c r="F379" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="G379" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H379">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="I379">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="J379" t="s">
-        <v>1964</v>
+        <v>1582</v>
       </c>
       <c r="K379" t="s">
         <v>34</v>
       </c>
-      <c r="L379"/>
+      <c r="L379" t="s">
+        <v>1970</v>
+      </c>
       <c r="M379" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="P379" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="380" spans="1:16">
       <c r="A380" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="B380" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="C380" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="D380" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="E380" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F380" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G380" t="s">
         <v>22</v>
       </c>
       <c r="H380">
-        <v>1984</v>
+        <v>2012</v>
       </c>
       <c r="I380">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J380" t="s">
-        <v>1964</v>
+        <v>87</v>
       </c>
       <c r="K380" t="s">
         <v>34</v>
       </c>
       <c r="L380" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="M380" t="s">
-        <v>1965</v>
+        <v>707</v>
       </c>
       <c r="N380" t="s">
         <v>27</v>
       </c>
       <c r="O380" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="P380" t="s">
-        <v>1972</v>
+        <v>284</v>
       </c>
     </row>
     <row r="381" spans="1:16">
       <c r="A381" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="B381" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="C381" t="s">
         <v>287</v>
       </c>
       <c r="D381" t="s">
-        <v>204</v>
+        <v>244</v>
       </c>
       <c r="E381" t="s">
         <v>20</v>
       </c>
       <c r="F381" t="s">
         <v>52</v>
       </c>
       <c r="G381" t="s">
         <v>22</v>
       </c>
       <c r="H381">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="I381">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="J381" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K381" t="s">
         <v>34</v>
       </c>
-      <c r="L381" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L381"/>
       <c r="M381" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="P381" t="s">
-        <v>1977</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="382" spans="1:16">
       <c r="A382" t="s">
-        <v>1978</v>
+        <v>1984</v>
       </c>
       <c r="B382" t="s">
-        <v>1979</v>
+        <v>1985</v>
       </c>
       <c r="C382" t="s">
         <v>287</v>
       </c>
       <c r="D382" t="s">
-        <v>268</v>
+        <v>238</v>
       </c>
       <c r="E382" t="s">
         <v>20</v>
       </c>
       <c r="F382" t="s">
         <v>52</v>
       </c>
       <c r="G382" t="s">
         <v>22</v>
       </c>
       <c r="H382">
-        <v>2008</v>
+        <v>1984</v>
       </c>
       <c r="I382">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J382" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K382" t="s">
         <v>34</v>
       </c>
       <c r="L382" t="s">
-        <v>1980</v>
+        <v>1986</v>
       </c>
       <c r="M382" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
-        <v>1981</v>
+        <v>1987</v>
       </c>
       <c r="P382" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="B383" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="C383" t="s">
         <v>287</v>
       </c>
       <c r="D383" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="E383" t="s">
         <v>20</v>
       </c>
       <c r="F383" t="s">
         <v>52</v>
       </c>
       <c r="G383" t="s">
         <v>22</v>
       </c>
       <c r="H383">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I383">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J383" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K383" t="s">
         <v>34</v>
       </c>
       <c r="L383" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="M383" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N383" t="s">
         <v>27</v>
       </c>
       <c r="O383" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="P383" t="s">
-        <v>1987</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="384" spans="1:16">
       <c r="A384" t="s">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="B384" t="s">
-        <v>1989</v>
+        <v>1995</v>
       </c>
       <c r="C384" t="s">
         <v>287</v>
       </c>
       <c r="D384" t="s">
-        <v>1990</v>
+        <v>268</v>
       </c>
       <c r="E384" t="s">
         <v>20</v>
       </c>
       <c r="F384" t="s">
         <v>52</v>
       </c>
       <c r="G384" t="s">
         <v>22</v>
       </c>
       <c r="H384">
         <v>2008</v>
       </c>
       <c r="I384">
         <v>2021</v>
       </c>
       <c r="J384" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K384" t="s">
         <v>34</v>
       </c>
       <c r="L384" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="M384" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N384" t="s">
         <v>27</v>
       </c>
       <c r="O384" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="P384" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="385" spans="1:16">
       <c r="A385" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="B385" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="C385" t="s">
         <v>287</v>
       </c>
       <c r="D385" t="s">
-        <v>325</v>
+        <v>214</v>
       </c>
       <c r="E385" t="s">
         <v>20</v>
       </c>
       <c r="F385" t="s">
         <v>52</v>
       </c>
       <c r="G385" t="s">
         <v>22</v>
       </c>
       <c r="H385">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I385">
         <v>2021</v>
       </c>
       <c r="J385" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K385" t="s">
         <v>34</v>
       </c>
       <c r="L385" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="M385" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N385" t="s">
         <v>27</v>
       </c>
       <c r="O385" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="P385" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="386" spans="1:16">
       <c r="A386" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="B386" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C386" t="s">
         <v>287</v>
       </c>
       <c r="D386" t="s">
-        <v>99</v>
+        <v>2006</v>
       </c>
       <c r="E386" t="s">
         <v>20</v>
       </c>
       <c r="F386" t="s">
         <v>52</v>
       </c>
       <c r="G386" t="s">
         <v>22</v>
       </c>
       <c r="H386">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="I386">
         <v>2021</v>
       </c>
       <c r="J386" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K386" t="s">
         <v>34</v>
       </c>
       <c r="L386" t="s">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="M386" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N386" t="s">
         <v>27</v>
       </c>
       <c r="O386" t="s">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="P386" t="s">
-        <v>2003</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="387" spans="1:16">
       <c r="A387" t="s">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="B387" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="C387" t="s">
         <v>287</v>
       </c>
       <c r="D387" t="s">
-        <v>138</v>
+        <v>325</v>
       </c>
       <c r="E387" t="s">
         <v>20</v>
       </c>
       <c r="F387" t="s">
         <v>52</v>
       </c>
       <c r="G387" t="s">
         <v>22</v>
       </c>
       <c r="H387">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I387">
         <v>2021</v>
       </c>
       <c r="J387" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K387" t="s">
         <v>34</v>
       </c>
       <c r="L387" t="s">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="M387" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N387" t="s">
         <v>27</v>
       </c>
       <c r="O387" t="s">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="P387" t="s">
-        <v>2008</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="388" spans="1:16">
       <c r="A388" t="s">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="B388" t="s">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="C388" t="s">
         <v>287</v>
       </c>
       <c r="D388" t="s">
-        <v>2011</v>
+        <v>99</v>
       </c>
       <c r="E388" t="s">
         <v>20</v>
       </c>
       <c r="F388" t="s">
         <v>52</v>
       </c>
       <c r="G388" t="s">
         <v>22</v>
       </c>
       <c r="H388">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="I388">
         <v>2021</v>
       </c>
       <c r="J388" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K388" t="s">
         <v>34</v>
       </c>
       <c r="L388" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="M388" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N388" t="s">
         <v>27</v>
       </c>
       <c r="O388" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="P388" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="389" spans="1:16">
       <c r="A389" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="B389" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="C389" t="s">
         <v>287</v>
       </c>
       <c r="D389" t="s">
-        <v>220</v>
+        <v>138</v>
       </c>
       <c r="E389" t="s">
         <v>20</v>
       </c>
       <c r="F389" t="s">
         <v>52</v>
       </c>
       <c r="G389" t="s">
         <v>22</v>
       </c>
       <c r="H389">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I389">
         <v>2021</v>
       </c>
       <c r="J389" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K389" t="s">
-        <v>221</v>
+        <v>34</v>
       </c>
       <c r="L389" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="M389" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N389" t="s">
-        <v>2018</v>
+        <v>27</v>
       </c>
       <c r="O389" t="s">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="P389" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="390" spans="1:16">
       <c r="A390" t="s">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B390" t="s">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="C390" t="s">
         <v>287</v>
       </c>
       <c r="D390" t="s">
-        <v>244</v>
+        <v>2027</v>
       </c>
       <c r="E390" t="s">
         <v>20</v>
       </c>
       <c r="F390" t="s">
         <v>52</v>
       </c>
       <c r="G390" t="s">
         <v>22</v>
       </c>
       <c r="H390">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I390">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J390" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K390" t="s">
         <v>34</v>
       </c>
       <c r="L390" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="M390" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N390" t="s">
         <v>27</v>
       </c>
       <c r="O390" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="P390" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="391" spans="1:16">
       <c r="A391" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="B391" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="C391" t="s">
         <v>287</v>
       </c>
       <c r="D391" t="s">
-        <v>268</v>
+        <v>220</v>
       </c>
       <c r="E391" t="s">
         <v>20</v>
       </c>
       <c r="F391" t="s">
         <v>52</v>
       </c>
       <c r="G391" t="s">
         <v>22</v>
       </c>
       <c r="H391">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I391">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J391" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K391" t="s">
-        <v>167</v>
+        <v>221</v>
       </c>
       <c r="L391" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="M391" t="s">
-        <v>1965</v>
+        <v>1981</v>
       </c>
       <c r="N391" t="s">
-        <v>27</v>
+        <v>2034</v>
       </c>
       <c r="O391" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="P391" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="392" spans="1:16">
       <c r="A392" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="B392" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="C392" t="s">
-        <v>2033</v>
+        <v>287</v>
       </c>
       <c r="D392" t="s">
-        <v>192</v>
+        <v>244</v>
       </c>
       <c r="E392" t="s">
         <v>20</v>
       </c>
       <c r="F392" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G392" t="s">
         <v>22</v>
       </c>
       <c r="H392">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="I392">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J392" t="s">
-        <v>1274</v>
+        <v>1980</v>
       </c>
       <c r="K392" t="s">
         <v>34</v>
       </c>
-      <c r="L392"/>
+      <c r="L392" t="s">
+        <v>2039</v>
+      </c>
       <c r="M392" t="s">
-        <v>2034</v>
+        <v>1981</v>
       </c>
       <c r="N392" t="s">
         <v>27</v>
       </c>
       <c r="O392" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="P392" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="393" spans="1:16">
       <c r="A393" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="B393" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="C393" t="s">
-        <v>2033</v>
+        <v>287</v>
       </c>
       <c r="D393" t="s">
-        <v>192</v>
+        <v>268</v>
       </c>
       <c r="E393" t="s">
         <v>20</v>
       </c>
       <c r="F393" t="s">
         <v>52</v>
       </c>
       <c r="G393" t="s">
         <v>22</v>
       </c>
       <c r="H393">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="I393">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J393" t="s">
-        <v>1274</v>
+        <v>1980</v>
       </c>
       <c r="K393" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L393"/>
+        <v>167</v>
+      </c>
+      <c r="L393" t="s">
+        <v>2044</v>
+      </c>
       <c r="M393" t="s">
-        <v>2034</v>
+        <v>1981</v>
       </c>
       <c r="N393" t="s">
         <v>27</v>
       </c>
       <c r="O393" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
       <c r="P393" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="394" spans="1:16">
       <c r="A394" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="B394" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="C394" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D394" t="s">
-        <v>99</v>
+        <v>192</v>
       </c>
       <c r="E394" t="s">
         <v>20</v>
       </c>
       <c r="F394" t="s">
         <v>21</v>
       </c>
       <c r="G394" t="s">
         <v>22</v>
       </c>
       <c r="H394">
         <v>2001</v>
       </c>
       <c r="I394">
         <v>2015</v>
       </c>
       <c r="J394" t="s">
         <v>1274</v>
       </c>
       <c r="K394" t="s">
         <v>34</v>
       </c>
       <c r="L394"/>
       <c r="M394" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N394" t="s">
         <v>27</v>
       </c>
       <c r="O394" t="s">
-        <v>2043</v>
+        <v>2051</v>
       </c>
       <c r="P394" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="395" spans="1:16">
       <c r="A395" t="s">
-        <v>2045</v>
+        <v>2053</v>
       </c>
       <c r="B395" t="s">
-        <v>2046</v>
+        <v>2054</v>
       </c>
       <c r="C395" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D395" t="s">
-        <v>99</v>
+        <v>192</v>
       </c>
       <c r="E395" t="s">
         <v>20</v>
       </c>
       <c r="F395" t="s">
         <v>52</v>
       </c>
       <c r="G395" t="s">
         <v>22</v>
       </c>
       <c r="H395">
         <v>2001</v>
       </c>
       <c r="I395">
         <v>2015</v>
       </c>
       <c r="J395" t="s">
         <v>1274</v>
       </c>
       <c r="K395" t="s">
         <v>34</v>
       </c>
       <c r="L395"/>
       <c r="M395" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N395" t="s">
         <v>27</v>
       </c>
       <c r="O395" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
       <c r="P395" t="s">
-        <v>2048</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="396" spans="1:16">
       <c r="A396" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B396" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C396" t="s">
         <v>2049</v>
       </c>
-      <c r="B396" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D396" t="s">
-        <v>244</v>
+        <v>99</v>
       </c>
       <c r="E396" t="s">
         <v>20</v>
       </c>
       <c r="F396" t="s">
         <v>21</v>
       </c>
       <c r="G396" t="s">
         <v>22</v>
       </c>
       <c r="H396">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I396">
         <v>2015</v>
       </c>
       <c r="J396" t="s">
         <v>1274</v>
       </c>
       <c r="K396" t="s">
         <v>34</v>
       </c>
-      <c r="L396" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L396"/>
       <c r="M396" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N396" t="s">
         <v>27</v>
       </c>
       <c r="O396" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="P396" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="397" spans="1:16">
       <c r="A397" t="s">
-        <v>2054</v>
+        <v>2061</v>
       </c>
       <c r="B397" t="s">
-        <v>2055</v>
+        <v>2062</v>
       </c>
       <c r="C397" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D397" t="s">
-        <v>244</v>
+        <v>99</v>
       </c>
       <c r="E397" t="s">
         <v>20</v>
       </c>
       <c r="F397" t="s">
         <v>52</v>
       </c>
       <c r="G397" t="s">
         <v>22</v>
       </c>
       <c r="H397">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I397">
         <v>2015</v>
       </c>
       <c r="J397" t="s">
         <v>1274</v>
       </c>
       <c r="K397" t="s">
         <v>34</v>
       </c>
       <c r="L397"/>
       <c r="M397" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N397" t="s">
         <v>27</v>
       </c>
       <c r="O397" t="s">
-        <v>2056</v>
+        <v>2063</v>
       </c>
       <c r="P397" t="s">
-        <v>2057</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="398" spans="1:16">
       <c r="A398" t="s">
-        <v>2058</v>
+        <v>2065</v>
       </c>
       <c r="B398" t="s">
-        <v>2059</v>
+        <v>2066</v>
       </c>
       <c r="C398" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D398" t="s">
-        <v>105</v>
+        <v>244</v>
       </c>
       <c r="E398" t="s">
         <v>20</v>
       </c>
       <c r="F398" t="s">
         <v>21</v>
       </c>
       <c r="G398" t="s">
         <v>22</v>
       </c>
       <c r="H398">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="I398">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J398" t="s">
         <v>1274</v>
       </c>
       <c r="K398" t="s">
         <v>34</v>
       </c>
-      <c r="L398"/>
+      <c r="L398" t="s">
+        <v>2067</v>
+      </c>
       <c r="M398" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N398" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O398" t="s">
-        <v>2060</v>
+        <v>2068</v>
       </c>
       <c r="P398" t="s">
-        <v>2061</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="399" spans="1:16">
       <c r="A399" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="B399" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
       <c r="C399" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D399" t="s">
-        <v>105</v>
+        <v>244</v>
       </c>
       <c r="E399" t="s">
         <v>20</v>
       </c>
       <c r="F399" t="s">
         <v>52</v>
       </c>
       <c r="G399" t="s">
         <v>22</v>
       </c>
       <c r="H399">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="I399">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J399" t="s">
         <v>1274</v>
       </c>
       <c r="K399" t="s">
         <v>34</v>
       </c>
       <c r="L399"/>
       <c r="M399" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N399" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O399" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="P399" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="400" spans="1:16">
       <c r="A400" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="B400" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="C400" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D400" t="s">
-        <v>204</v>
+        <v>105</v>
       </c>
       <c r="E400" t="s">
         <v>20</v>
       </c>
       <c r="F400" t="s">
         <v>21</v>
       </c>
       <c r="G400" t="s">
         <v>22</v>
       </c>
       <c r="H400">
         <v>1996</v>
       </c>
       <c r="I400">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J400" t="s">
-        <v>62</v>
+        <v>1274</v>
       </c>
       <c r="K400" t="s">
         <v>34</v>
       </c>
-      <c r="L400" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L400"/>
       <c r="M400" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N400" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O400" t="s">
-        <v>2069</v>
+        <v>2076</v>
       </c>
       <c r="P400" t="s">
-        <v>2070</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="401" spans="1:16">
       <c r="A401" t="s">
-        <v>2071</v>
+        <v>2078</v>
       </c>
       <c r="B401" t="s">
-        <v>2072</v>
+        <v>2079</v>
       </c>
       <c r="C401" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D401" t="s">
-        <v>204</v>
+        <v>105</v>
       </c>
       <c r="E401" t="s">
         <v>20</v>
       </c>
       <c r="F401" t="s">
         <v>52</v>
       </c>
       <c r="G401" t="s">
         <v>22</v>
       </c>
       <c r="H401">
         <v>1996</v>
       </c>
       <c r="I401">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J401" t="s">
-        <v>62</v>
+        <v>1274</v>
       </c>
       <c r="K401" t="s">
         <v>34</v>
       </c>
-      <c r="L401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L401"/>
       <c r="M401" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N401" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O401" t="s">
-        <v>2073</v>
+        <v>2080</v>
       </c>
       <c r="P401" t="s">
-        <v>2074</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="402" spans="1:16">
       <c r="A402" t="s">
-        <v>2075</v>
+        <v>2082</v>
       </c>
       <c r="B402" t="s">
-        <v>2076</v>
+        <v>2083</v>
       </c>
       <c r="C402" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D402" t="s">
-        <v>2077</v>
+        <v>204</v>
       </c>
       <c r="E402" t="s">
         <v>20</v>
       </c>
       <c r="F402" t="s">
         <v>21</v>
       </c>
       <c r="G402" t="s">
         <v>22</v>
       </c>
       <c r="H402">
         <v>1996</v>
       </c>
       <c r="I402">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J402" t="s">
-        <v>1274</v>
+        <v>62</v>
       </c>
       <c r="K402" t="s">
         <v>34</v>
       </c>
       <c r="L402" t="s">
-        <v>2078</v>
+        <v>2084</v>
       </c>
       <c r="M402" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N402" t="s">
         <v>27</v>
       </c>
       <c r="O402" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
       <c r="P402" t="s">
-        <v>2080</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="403" spans="1:16">
       <c r="A403" t="s">
-        <v>2081</v>
+        <v>2087</v>
       </c>
       <c r="B403" t="s">
-        <v>2082</v>
+        <v>2088</v>
       </c>
       <c r="C403" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D403" t="s">
-        <v>2077</v>
+        <v>204</v>
       </c>
       <c r="E403" t="s">
         <v>20</v>
       </c>
       <c r="F403" t="s">
         <v>52</v>
       </c>
       <c r="G403" t="s">
         <v>22</v>
       </c>
       <c r="H403">
         <v>1996</v>
       </c>
       <c r="I403">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J403" t="s">
-        <v>1274</v>
+        <v>62</v>
       </c>
       <c r="K403" t="s">
         <v>34</v>
       </c>
-      <c r="L403"/>
+      <c r="L403" t="s">
+        <v>2084</v>
+      </c>
       <c r="M403" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N403" t="s">
         <v>27</v>
       </c>
       <c r="O403" t="s">
-        <v>2083</v>
+        <v>2089</v>
       </c>
       <c r="P403" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="404" spans="1:16">
       <c r="A404" t="s">
-        <v>2085</v>
+        <v>2091</v>
       </c>
       <c r="B404" t="s">
-        <v>2086</v>
+        <v>2092</v>
       </c>
       <c r="C404" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D404" t="s">
-        <v>550</v>
+        <v>2093</v>
       </c>
       <c r="E404" t="s">
         <v>20</v>
       </c>
       <c r="F404" t="s">
         <v>21</v>
       </c>
       <c r="G404" t="s">
         <v>22</v>
       </c>
       <c r="H404">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I404">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J404" t="s">
-        <v>62</v>
+        <v>1274</v>
       </c>
       <c r="K404" t="s">
         <v>34</v>
       </c>
-      <c r="L404"/>
+      <c r="L404" t="s">
+        <v>2094</v>
+      </c>
       <c r="M404" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N404" t="s">
         <v>27</v>
       </c>
       <c r="O404" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
       <c r="P404" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="405" spans="1:16">
       <c r="A405" t="s">
-        <v>2085</v>
+        <v>2097</v>
       </c>
       <c r="B405" t="s">
-        <v>2089</v>
+        <v>2098</v>
       </c>
       <c r="C405" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D405" t="s">
-        <v>550</v>
+        <v>2093</v>
       </c>
       <c r="E405" t="s">
         <v>20</v>
       </c>
       <c r="F405" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G405" t="s">
         <v>22</v>
       </c>
       <c r="H405">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I405">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J405" t="s">
-        <v>62</v>
+        <v>1274</v>
       </c>
       <c r="K405" t="s">
         <v>34</v>
       </c>
       <c r="L405"/>
       <c r="M405" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N405" t="s">
         <v>27</v>
       </c>
       <c r="O405" t="s">
-        <v>2090</v>
+        <v>2099</v>
       </c>
       <c r="P405" t="s">
-        <v>2091</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="406" spans="1:16">
       <c r="A406" t="s">
-        <v>2092</v>
+        <v>2101</v>
       </c>
       <c r="B406" t="s">
-        <v>2093</v>
+        <v>2102</v>
       </c>
       <c r="C406" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D406" t="s">
-        <v>244</v>
+        <v>550</v>
       </c>
       <c r="E406" t="s">
         <v>20</v>
       </c>
       <c r="F406" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G406" t="s">
         <v>22</v>
       </c>
       <c r="H406">
         <v>2016</v>
       </c>
       <c r="I406">
         <v>2020</v>
       </c>
       <c r="J406" t="s">
         <v>62</v>
       </c>
       <c r="K406" t="s">
         <v>34</v>
       </c>
       <c r="L406"/>
       <c r="M406" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N406" t="s">
         <v>27</v>
       </c>
       <c r="O406" t="s">
-        <v>2094</v>
+        <v>2103</v>
       </c>
       <c r="P406" t="s">
-        <v>2095</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="407" spans="1:16">
       <c r="A407" t="s">
-        <v>2092</v>
+        <v>2101</v>
       </c>
       <c r="B407" t="s">
-        <v>2096</v>
+        <v>2105</v>
       </c>
       <c r="C407" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D407" t="s">
-        <v>244</v>
+        <v>550</v>
       </c>
       <c r="E407" t="s">
         <v>20</v>
       </c>
       <c r="F407" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G407" t="s">
         <v>22</v>
       </c>
       <c r="H407">
         <v>2016</v>
       </c>
       <c r="I407">
         <v>2020</v>
       </c>
       <c r="J407" t="s">
         <v>62</v>
       </c>
       <c r="K407" t="s">
         <v>34</v>
       </c>
       <c r="L407"/>
       <c r="M407" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N407" t="s">
         <v>27</v>
       </c>
       <c r="O407" t="s">
-        <v>2097</v>
+        <v>2106</v>
       </c>
       <c r="P407" t="s">
-        <v>2098</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="408" spans="1:16">
       <c r="A408" t="s">
-        <v>2099</v>
+        <v>2108</v>
       </c>
       <c r="B408" t="s">
-        <v>2100</v>
+        <v>2109</v>
       </c>
       <c r="C408" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D408" t="s">
-        <v>544</v>
+        <v>244</v>
       </c>
       <c r="E408" t="s">
         <v>20</v>
       </c>
       <c r="F408" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G408" t="s">
         <v>22</v>
       </c>
       <c r="H408">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I408">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J408" t="s">
-        <v>1274</v>
+        <v>62</v>
       </c>
       <c r="K408" t="s">
         <v>34</v>
       </c>
       <c r="L408"/>
       <c r="M408" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N408" t="s">
         <v>27</v>
       </c>
       <c r="O408" t="s">
-        <v>2101</v>
+        <v>2110</v>
       </c>
       <c r="P408" t="s">
-        <v>2102</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="409" spans="1:16">
       <c r="A409" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="B409" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
       <c r="C409" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D409" t="s">
-        <v>544</v>
+        <v>244</v>
       </c>
       <c r="E409" t="s">
         <v>20</v>
       </c>
       <c r="F409" t="s">
         <v>52</v>
       </c>
       <c r="G409" t="s">
         <v>22</v>
       </c>
       <c r="H409">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I409">
         <v>2020</v>
       </c>
       <c r="J409" t="s">
         <v>62</v>
       </c>
       <c r="K409" t="s">
         <v>34</v>
       </c>
       <c r="L409"/>
       <c r="M409" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N409" t="s">
         <v>27</v>
       </c>
       <c r="O409" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
       <c r="P409" t="s">
-        <v>2106</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="410" spans="1:16">
       <c r="A410" t="s">
-        <v>2107</v>
+        <v>2115</v>
       </c>
       <c r="B410" t="s">
-        <v>2108</v>
+        <v>2116</v>
       </c>
       <c r="C410" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="D410" t="s">
         <v>544</v>
       </c>
       <c r="E410" t="s">
         <v>20</v>
       </c>
       <c r="F410" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G410" t="s">
         <v>22</v>
       </c>
       <c r="H410">
+        <v>2000</v>
+      </c>
+      <c r="I410">
         <v>2016</v>
       </c>
-      <c r="I410">
-[...1 lines deleted...]
-      </c>
       <c r="J410" t="s">
-        <v>62</v>
+        <v>1274</v>
       </c>
       <c r="K410" t="s">
         <v>34</v>
       </c>
       <c r="L410"/>
       <c r="M410" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="N410" t="s">
         <v>27</v>
       </c>
       <c r="O410" t="s">
-        <v>2109</v>
+        <v>2117</v>
       </c>
       <c r="P410" t="s">
-        <v>2110</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="411" spans="1:16">
       <c r="A411" t="s">
-        <v>2111</v>
+        <v>2119</v>
       </c>
       <c r="B411" t="s">
-        <v>2112</v>
+        <v>2120</v>
       </c>
       <c r="C411" t="s">
-        <v>2113</v>
+        <v>2049</v>
       </c>
       <c r="D411" t="s">
-        <v>2114</v>
+        <v>544</v>
       </c>
       <c r="E411" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F411" t="s">
         <v>52</v>
       </c>
       <c r="G411" t="s">
         <v>22</v>
       </c>
       <c r="H411">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I411">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="J411" t="s">
-        <v>1964</v>
+        <v>62</v>
       </c>
       <c r="K411" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L411"/>
       <c r="M411" t="s">
-        <v>2116</v>
+        <v>2050</v>
       </c>
       <c r="N411" t="s">
         <v>27</v>
       </c>
       <c r="O411" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="P411" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="412" spans="1:16">
       <c r="A412" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="B412" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="C412" t="s">
-        <v>2121</v>
+        <v>2049</v>
       </c>
       <c r="D412" t="s">
-        <v>2122</v>
+        <v>544</v>
       </c>
       <c r="E412" t="s">
         <v>20</v>
       </c>
       <c r="F412" t="s">
         <v>52</v>
       </c>
       <c r="G412" t="s">
         <v>22</v>
       </c>
       <c r="H412">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I412">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J412" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="K412" t="s">
         <v>34</v>
       </c>
-      <c r="L412" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L412"/>
       <c r="M412" t="s">
-        <v>2124</v>
+        <v>2050</v>
       </c>
       <c r="N412" t="s">
         <v>27</v>
       </c>
       <c r="O412" t="s">
         <v>2125</v>
       </c>
       <c r="P412" t="s">
         <v>2126</v>
       </c>
     </row>
     <row r="413" spans="1:16">
       <c r="A413" t="s">
         <v>2127</v>
       </c>
       <c r="B413" t="s">
-        <v>1922</v>
+        <v>2128</v>
       </c>
       <c r="C413" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
       <c r="D413" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="E413" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F413" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G413" t="s">
         <v>22</v>
       </c>
       <c r="H413">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="I413">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J413" t="s">
-        <v>79</v>
+        <v>1980</v>
       </c>
       <c r="K413" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L413"/>
+        <v>296</v>
+      </c>
+      <c r="L413" t="s">
+        <v>2131</v>
+      </c>
       <c r="M413" t="s">
-        <v>2124</v>
+        <v>2132</v>
       </c>
       <c r="N413" t="s">
         <v>27</v>
       </c>
       <c r="O413" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="P413" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="414" spans="1:16">
       <c r="A414" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="B414" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
       <c r="C414" t="s">
-        <v>811</v>
+        <v>2137</v>
       </c>
       <c r="D414" t="s">
-        <v>1480</v>
+        <v>2138</v>
       </c>
       <c r="E414" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F414" t="s">
-        <v>288</v>
+        <v>52</v>
       </c>
       <c r="G414" t="s">
         <v>22</v>
       </c>
       <c r="H414">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="I414">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J414" t="s">
-        <v>1890</v>
+        <v>79</v>
       </c>
       <c r="K414" t="s">
-        <v>562</v>
+        <v>34</v>
       </c>
       <c r="L414" t="s">
-        <v>2132</v>
+        <v>2139</v>
       </c>
       <c r="M414" t="s">
-        <v>2133</v>
+        <v>2140</v>
       </c>
       <c r="N414" t="s">
-        <v>564</v>
+        <v>27</v>
       </c>
       <c r="O414" t="s">
-        <v>2134</v>
+        <v>2141</v>
       </c>
       <c r="P414" t="s">
-        <v>2135</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="415" spans="1:16">
       <c r="A415" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B415" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C415" t="s">
         <v>2137</v>
       </c>
-      <c r="C415" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D415" t="s">
-        <v>1486</v>
+        <v>2144</v>
       </c>
       <c r="E415" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F415" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G415" t="s">
         <v>22</v>
       </c>
       <c r="H415">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I415">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J415" t="s">
-        <v>1890</v>
+        <v>79</v>
       </c>
       <c r="K415" t="s">
-        <v>562</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L415"/>
       <c r="M415" t="s">
-        <v>2133</v>
+        <v>2140</v>
       </c>
       <c r="N415" t="s">
-        <v>564</v>
+        <v>27</v>
       </c>
       <c r="O415" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="P415" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="416" spans="1:16">
       <c r="A416" t="s">
-        <v>2141</v>
+        <v>2146</v>
       </c>
       <c r="B416" t="s">
-        <v>2142</v>
+        <v>2147</v>
       </c>
       <c r="C416" t="s">
         <v>811</v>
       </c>
       <c r="D416" t="s">
-        <v>1456</v>
+        <v>1481</v>
       </c>
       <c r="E416" t="s">
         <v>61</v>
       </c>
       <c r="F416" t="s">
         <v>288</v>
       </c>
       <c r="G416" t="s">
         <v>22</v>
       </c>
       <c r="H416">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="I416">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J416" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="K416" t="s">
         <v>562</v>
       </c>
       <c r="L416" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="M416" t="s">
-        <v>2133</v>
+        <v>2149</v>
       </c>
       <c r="N416" t="s">
         <v>564</v>
       </c>
       <c r="O416" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="P416" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="417" spans="1:16">
       <c r="A417" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
       <c r="B417" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="C417" t="s">
         <v>811</v>
       </c>
       <c r="D417" t="s">
-        <v>1450</v>
+        <v>1487</v>
       </c>
       <c r="E417" t="s">
         <v>61</v>
       </c>
       <c r="F417" t="s">
         <v>288</v>
       </c>
       <c r="G417" t="s">
         <v>22</v>
       </c>
       <c r="H417">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="I417">
         <v>2012</v>
       </c>
       <c r="J417" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="K417" t="s">
         <v>562</v>
       </c>
       <c r="L417" t="s">
-        <v>2138</v>
+        <v>2154</v>
       </c>
       <c r="M417" t="s">
-        <v>2133</v>
+        <v>2149</v>
       </c>
       <c r="N417" t="s">
         <v>564</v>
       </c>
       <c r="O417" t="s">
-        <v>2148</v>
+        <v>2155</v>
       </c>
       <c r="P417" t="s">
-        <v>2149</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="418" spans="1:16">
       <c r="A418" t="s">
-        <v>2150</v>
+        <v>2157</v>
       </c>
       <c r="B418" t="s">
-        <v>2151</v>
+        <v>2158</v>
       </c>
       <c r="C418" t="s">
-        <v>2113</v>
+        <v>811</v>
       </c>
       <c r="D418" t="s">
-        <v>244</v>
+        <v>1457</v>
       </c>
       <c r="E418" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F418" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
       <c r="G418" t="s">
         <v>22</v>
       </c>
       <c r="H418">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I418">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J418" t="s">
-        <v>2152</v>
+        <v>1899</v>
       </c>
       <c r="K418" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L418"/>
+        <v>562</v>
+      </c>
+      <c r="L418" t="s">
+        <v>2159</v>
+      </c>
       <c r="M418" t="s">
-        <v>2116</v>
+        <v>2149</v>
       </c>
       <c r="N418" t="s">
-        <v>27</v>
+        <v>564</v>
       </c>
       <c r="O418" t="s">
-        <v>2153</v>
+        <v>2160</v>
       </c>
       <c r="P418" t="s">
-        <v>2154</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="419" spans="1:16">
       <c r="A419" t="s">
-        <v>2155</v>
+        <v>2162</v>
       </c>
       <c r="B419" t="s">
-        <v>2156</v>
+        <v>2163</v>
       </c>
       <c r="C419" t="s">
-        <v>280</v>
+        <v>811</v>
       </c>
       <c r="D419" t="s">
-        <v>1920</v>
+        <v>1451</v>
       </c>
       <c r="E419" t="s">
         <v>61</v>
       </c>
       <c r="F419" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="G419" t="s">
         <v>22</v>
       </c>
       <c r="H419">
-        <v>1981</v>
+        <v>1992</v>
       </c>
       <c r="I419">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J419" t="s">
-        <v>87</v>
+        <v>1899</v>
       </c>
       <c r="K419" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L419"/>
+        <v>562</v>
+      </c>
+      <c r="L419" t="s">
+        <v>2154</v>
+      </c>
       <c r="M419" t="s">
-        <v>707</v>
+        <v>2149</v>
       </c>
       <c r="N419" t="s">
-        <v>36</v>
+        <v>564</v>
       </c>
       <c r="O419" t="s">
-        <v>2157</v>
+        <v>2164</v>
       </c>
       <c r="P419" t="s">
-        <v>284</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="420" spans="1:16">
       <c r="A420" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="B420" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="C420" t="s">
-        <v>936</v>
+        <v>2129</v>
       </c>
       <c r="D420" t="s">
-        <v>2160</v>
+        <v>244</v>
       </c>
       <c r="E420" t="s">
         <v>20</v>
       </c>
       <c r="F420" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G420" t="s">
         <v>22</v>
       </c>
       <c r="H420">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I420">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J420" t="s">
-        <v>62</v>
+        <v>2168</v>
       </c>
       <c r="K420" t="s">
         <v>34</v>
       </c>
-      <c r="L420" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L420"/>
       <c r="M420" t="s">
-        <v>2162</v>
+        <v>2132</v>
       </c>
       <c r="N420" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O420" t="s">
-        <v>2163</v>
+        <v>2169</v>
       </c>
       <c r="P420" t="s">
-        <v>2164</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="421" spans="1:16">
       <c r="A421" t="s">
-        <v>2165</v>
+        <v>2171</v>
       </c>
       <c r="B421" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="C421" t="s">
-        <v>654</v>
+        <v>280</v>
       </c>
       <c r="D421" t="s">
-        <v>662</v>
+        <v>1929</v>
       </c>
       <c r="E421" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F421" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G421" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H421">
-        <v>2009</v>
+        <v>1981</v>
       </c>
       <c r="I421">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="J421" t="s">
-        <v>884</v>
+        <v>87</v>
       </c>
       <c r="K421" t="s">
         <v>34</v>
       </c>
-      <c r="L421" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L421"/>
       <c r="M421" t="s">
-        <v>2168</v>
+        <v>707</v>
       </c>
       <c r="N421" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O421" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="P421" t="s">
-        <v>2170</v>
+        <v>284</v>
       </c>
     </row>
     <row r="422" spans="1:16">
       <c r="A422" t="s">
-        <v>2171</v>
+        <v>2174</v>
       </c>
       <c r="B422" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="C422" t="s">
-        <v>654</v>
+        <v>936</v>
       </c>
       <c r="D422" t="s">
-        <v>1609</v>
+        <v>2176</v>
       </c>
       <c r="E422" t="s">
         <v>20</v>
       </c>
       <c r="F422" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="G422" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H422">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I422">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J422" t="s">
-        <v>884</v>
+        <v>62</v>
       </c>
       <c r="K422" t="s">
         <v>34</v>
       </c>
-      <c r="L422"/>
+      <c r="L422" t="s">
+        <v>2177</v>
+      </c>
       <c r="M422" t="s">
-        <v>2168</v>
+        <v>2178</v>
       </c>
       <c r="N422" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O422" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="P422" t="s">
-        <v>2170</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="423" spans="1:16">
       <c r="A423" t="s">
-        <v>2174</v>
+        <v>2181</v>
       </c>
       <c r="B423" t="s">
-        <v>2175</v>
+        <v>2182</v>
       </c>
       <c r="C423" t="s">
         <v>654</v>
       </c>
       <c r="D423" t="s">
-        <v>1609</v>
+        <v>662</v>
       </c>
       <c r="E423" t="s">
         <v>20</v>
       </c>
       <c r="F423" t="s">
         <v>52</v>
       </c>
       <c r="G423" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H423">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I423">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J423" t="s">
-        <v>1573</v>
+        <v>884</v>
       </c>
       <c r="K423" t="s">
         <v>34</v>
       </c>
-      <c r="L423"/>
+      <c r="L423" t="s">
+        <v>2183</v>
+      </c>
       <c r="M423" t="s">
-        <v>2168</v>
+        <v>2184</v>
       </c>
       <c r="N423" t="s">
         <v>27</v>
       </c>
       <c r="O423" t="s">
-        <v>2176</v>
+        <v>2185</v>
       </c>
       <c r="P423" t="s">
-        <v>2170</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="424" spans="1:16">
       <c r="A424" t="s">
-        <v>2177</v>
+        <v>2187</v>
       </c>
       <c r="B424" t="s">
-        <v>2178</v>
+        <v>2188</v>
       </c>
       <c r="C424" t="s">
         <v>654</v>
       </c>
       <c r="D424" t="s">
-        <v>204</v>
+        <v>1618</v>
       </c>
       <c r="E424" t="s">
         <v>20</v>
       </c>
       <c r="F424" t="s">
         <v>52</v>
       </c>
       <c r="G424" t="s">
-        <v>8</v>
+        <v>1898</v>
       </c>
       <c r="H424">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I424">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J424" t="s">
         <v>884</v>
       </c>
       <c r="K424" t="s">
         <v>34</v>
       </c>
-      <c r="L424" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L424"/>
       <c r="M424" t="s">
-        <v>2168</v>
+        <v>2184</v>
       </c>
       <c r="N424" t="s">
         <v>27</v>
       </c>
       <c r="O424" t="s">
-        <v>2180</v>
+        <v>2189</v>
       </c>
       <c r="P424" t="s">
-        <v>2170</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="425" spans="1:16">
       <c r="A425" t="s">
-        <v>2181</v>
+        <v>2190</v>
       </c>
       <c r="B425" t="s">
-        <v>2182</v>
+        <v>2191</v>
       </c>
       <c r="C425" t="s">
-        <v>77</v>
+        <v>654</v>
       </c>
       <c r="D425" t="s">
-        <v>138</v>
+        <v>1618</v>
       </c>
       <c r="E425" t="s">
         <v>20</v>
       </c>
       <c r="F425" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G425" t="s">
         <v>22</v>
       </c>
       <c r="H425">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I425">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J425" t="s">
-        <v>87</v>
+        <v>1574</v>
       </c>
       <c r="K425" t="s">
         <v>34</v>
       </c>
-      <c r="L425" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L425"/>
       <c r="M425" t="s">
-        <v>81</v>
+        <v>2184</v>
       </c>
       <c r="N425" t="s">
         <v>27</v>
       </c>
       <c r="O425" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="P425" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="426" spans="1:16">
       <c r="A426" t="s">
-        <v>2186</v>
+        <v>2193</v>
       </c>
       <c r="B426" t="s">
-        <v>2187</v>
+        <v>2194</v>
       </c>
       <c r="C426" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="D426" t="s">
-        <v>105</v>
+        <v>204</v>
       </c>
       <c r="E426" t="s">
         <v>20</v>
       </c>
       <c r="F426" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G426" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H426">
         <v>2008</v>
       </c>
       <c r="I426">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="J426" t="s">
-        <v>818</v>
+        <v>884</v>
       </c>
       <c r="K426" t="s">
         <v>34</v>
       </c>
-      <c r="L426"/>
+      <c r="L426" t="s">
+        <v>2195</v>
+      </c>
       <c r="M426" t="s">
-        <v>813</v>
+        <v>2184</v>
       </c>
       <c r="N426" t="s">
         <v>27</v>
       </c>
       <c r="O426" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
       <c r="P426" t="s">
-        <v>820</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="427" spans="1:16">
       <c r="A427" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="B427" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="C427" t="s">
-        <v>811</v>
+        <v>77</v>
       </c>
       <c r="D427" t="s">
-        <v>610</v>
+        <v>138</v>
       </c>
       <c r="E427" t="s">
         <v>20</v>
       </c>
       <c r="F427" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G427" t="s">
         <v>22</v>
       </c>
       <c r="H427">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I427">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="J427" t="s">
-        <v>818</v>
+        <v>87</v>
       </c>
       <c r="K427" t="s">
         <v>34</v>
       </c>
       <c r="L427" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="M427" t="s">
-        <v>813</v>
+        <v>81</v>
       </c>
       <c r="N427" t="s">
         <v>27</v>
       </c>
       <c r="O427" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="P427" t="s">
-        <v>820</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="428" spans="1:16">
       <c r="A428" t="s">
-        <v>2193</v>
+        <v>2202</v>
       </c>
       <c r="B428" t="s">
-        <v>810</v>
+        <v>2203</v>
       </c>
       <c r="C428" t="s">
         <v>811</v>
       </c>
       <c r="D428" t="s">
-        <v>204</v>
+        <v>105</v>
       </c>
       <c r="E428" t="s">
         <v>20</v>
       </c>
       <c r="F428" t="s">
         <v>21</v>
       </c>
       <c r="G428" t="s">
         <v>22</v>
       </c>
       <c r="H428">
-        <v>1993</v>
+        <v>2008</v>
       </c>
       <c r="I428">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="J428" t="s">
-        <v>79</v>
+        <v>818</v>
       </c>
       <c r="K428" t="s">
         <v>34</v>
       </c>
-      <c r="L428" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L428"/>
       <c r="M428" t="s">
         <v>813</v>
       </c>
       <c r="N428" t="s">
         <v>27</v>
       </c>
       <c r="O428" t="s">
-        <v>2194</v>
+        <v>2204</v>
       </c>
       <c r="P428" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="429" spans="1:16">
       <c r="A429" t="s">
-        <v>2195</v>
+        <v>2205</v>
       </c>
       <c r="B429" t="s">
-        <v>2196</v>
+        <v>2206</v>
       </c>
       <c r="C429" t="s">
         <v>811</v>
       </c>
       <c r="D429" t="s">
-        <v>111</v>
+        <v>610</v>
       </c>
       <c r="E429" t="s">
         <v>20</v>
       </c>
       <c r="F429" t="s">
         <v>21</v>
       </c>
       <c r="G429" t="s">
         <v>22</v>
       </c>
       <c r="H429">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="I429">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="J429" t="s">
         <v>818</v>
       </c>
       <c r="K429" t="s">
         <v>34</v>
       </c>
       <c r="L429" t="s">
-        <v>1931</v>
+        <v>2207</v>
       </c>
       <c r="M429" t="s">
         <v>813</v>
       </c>
       <c r="N429" t="s">
         <v>27</v>
       </c>
       <c r="O429" t="s">
-        <v>2197</v>
+        <v>2208</v>
       </c>
       <c r="P429" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="430" spans="1:16">
       <c r="A430" t="s">
-        <v>2198</v>
+        <v>2209</v>
       </c>
       <c r="B430" t="s">
-        <v>2199</v>
+        <v>810</v>
       </c>
       <c r="C430" t="s">
-        <v>654</v>
+        <v>811</v>
       </c>
       <c r="D430" t="s">
         <v>204</v>
       </c>
       <c r="E430" t="s">
         <v>20</v>
       </c>
       <c r="F430" t="s">
         <v>21</v>
       </c>
       <c r="G430" t="s">
         <v>22</v>
       </c>
       <c r="H430">
-        <v>2011</v>
+        <v>1993</v>
       </c>
       <c r="I430">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="J430" t="s">
-        <v>884</v>
+        <v>79</v>
       </c>
       <c r="K430" t="s">
         <v>34</v>
       </c>
       <c r="L430" t="s">
-        <v>2200</v>
+        <v>812</v>
       </c>
       <c r="M430" t="s">
-        <v>2168</v>
+        <v>813</v>
       </c>
       <c r="N430" t="s">
         <v>27</v>
       </c>
       <c r="O430" t="s">
-        <v>2201</v>
+        <v>2210</v>
       </c>
       <c r="P430" t="s">
-        <v>2202</v>
+        <v>820</v>
       </c>
     </row>
     <row r="431" spans="1:16">
       <c r="A431" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="B431" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="C431" t="s">
-        <v>654</v>
+        <v>811</v>
       </c>
       <c r="D431" t="s">
-        <v>662</v>
+        <v>111</v>
       </c>
       <c r="E431" t="s">
         <v>20</v>
       </c>
       <c r="F431" t="s">
         <v>21</v>
       </c>
       <c r="G431" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H431">
-        <v>2014</v>
+        <v>1994</v>
       </c>
       <c r="I431">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="J431" t="s">
-        <v>884</v>
+        <v>818</v>
       </c>
       <c r="K431" t="s">
         <v>34</v>
       </c>
       <c r="L431" t="s">
-        <v>2205</v>
+        <v>1940</v>
       </c>
       <c r="M431" t="s">
-        <v>2168</v>
+        <v>813</v>
       </c>
       <c r="N431" t="s">
         <v>27</v>
       </c>
       <c r="O431" t="s">
-        <v>2206</v>
+        <v>2213</v>
       </c>
       <c r="P431" t="s">
-        <v>2207</v>
+        <v>820</v>
       </c>
     </row>
     <row r="432" spans="1:16">
       <c r="A432" t="s">
-        <v>2208</v>
+        <v>2214</v>
       </c>
       <c r="B432" t="s">
-        <v>844</v>
+        <v>2215</v>
       </c>
       <c r="C432" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="D432" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="E432" t="s">
         <v>20</v>
       </c>
       <c r="F432" t="s">
         <v>21</v>
       </c>
       <c r="G432" t="s">
         <v>22</v>
       </c>
       <c r="H432">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I432">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J432" t="s">
-        <v>79</v>
+        <v>884</v>
       </c>
       <c r="K432" t="s">
         <v>34</v>
       </c>
       <c r="L432" t="s">
-        <v>845</v>
+        <v>2216</v>
       </c>
       <c r="M432" t="s">
-        <v>813</v>
+        <v>2184</v>
       </c>
       <c r="N432" t="s">
         <v>27</v>
       </c>
       <c r="O432" t="s">
-        <v>2209</v>
+        <v>2217</v>
       </c>
       <c r="P432" t="s">
-        <v>820</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="433" spans="1:16">
       <c r="A433" t="s">
-        <v>2210</v>
+        <v>2219</v>
       </c>
       <c r="B433" t="s">
-        <v>817</v>
+        <v>2220</v>
       </c>
       <c r="C433" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="D433" t="s">
-        <v>616</v>
+        <v>662</v>
       </c>
       <c r="E433" t="s">
         <v>20</v>
       </c>
       <c r="F433" t="s">
         <v>21</v>
       </c>
       <c r="G433" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H433">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I433">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J433" t="s">
-        <v>818</v>
+        <v>884</v>
       </c>
       <c r="K433" t="s">
         <v>34</v>
       </c>
-      <c r="L433"/>
+      <c r="L433" t="s">
+        <v>2221</v>
+      </c>
       <c r="M433" t="s">
-        <v>813</v>
+        <v>2184</v>
       </c>
       <c r="N433" t="s">
         <v>27</v>
       </c>
       <c r="O433" t="s">
-        <v>2211</v>
+        <v>2222</v>
       </c>
       <c r="P433" t="s">
-        <v>820</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="434" spans="1:16">
       <c r="A434" t="s">
-        <v>2212</v>
+        <v>2224</v>
       </c>
       <c r="B434" t="s">
-        <v>2213</v>
+        <v>844</v>
       </c>
       <c r="C434" t="s">
         <v>811</v>
       </c>
       <c r="D434" t="s">
-        <v>849</v>
+        <v>192</v>
       </c>
       <c r="E434" t="s">
         <v>20</v>
       </c>
       <c r="F434" t="s">
         <v>21</v>
       </c>
       <c r="G434" t="s">
         <v>22</v>
       </c>
       <c r="H434">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="I434">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="J434" t="s">
-        <v>818</v>
+        <v>79</v>
       </c>
       <c r="K434" t="s">
         <v>34</v>
       </c>
       <c r="L434" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="M434" t="s">
         <v>813</v>
       </c>
       <c r="N434" t="s">
         <v>27</v>
       </c>
       <c r="O434" t="s">
-        <v>2214</v>
+        <v>2225</v>
       </c>
       <c r="P434" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="435" spans="1:16">
       <c r="A435" t="s">
-        <v>2215</v>
+        <v>2226</v>
       </c>
       <c r="B435" t="s">
-        <v>2216</v>
+        <v>817</v>
       </c>
       <c r="C435" t="s">
         <v>811</v>
       </c>
       <c r="D435" t="s">
-        <v>256</v>
+        <v>616</v>
       </c>
       <c r="E435" t="s">
         <v>20</v>
       </c>
       <c r="F435" t="s">
         <v>21</v>
       </c>
       <c r="G435" t="s">
         <v>22</v>
       </c>
       <c r="H435">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I435">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J435" t="s">
         <v>818</v>
       </c>
       <c r="K435" t="s">
         <v>34</v>
       </c>
       <c r="L435"/>
       <c r="M435" t="s">
         <v>813</v>
       </c>
       <c r="N435" t="s">
         <v>27</v>
       </c>
       <c r="O435" t="s">
-        <v>2217</v>
+        <v>2227</v>
       </c>
       <c r="P435" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="436" spans="1:16">
       <c r="A436" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
       <c r="B436" t="s">
-        <v>826</v>
+        <v>2229</v>
       </c>
       <c r="C436" t="s">
         <v>811</v>
       </c>
       <c r="D436" t="s">
-        <v>678</v>
+        <v>849</v>
       </c>
       <c r="E436" t="s">
         <v>20</v>
       </c>
       <c r="F436" t="s">
         <v>21</v>
       </c>
       <c r="G436" t="s">
         <v>22</v>
       </c>
       <c r="H436">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="I436">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="J436" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="K436" t="s">
         <v>34</v>
       </c>
-      <c r="L436"/>
+      <c r="L436" t="s">
+        <v>850</v>
+      </c>
       <c r="M436" t="s">
         <v>813</v>
       </c>
       <c r="N436" t="s">
         <v>27</v>
       </c>
       <c r="O436" t="s">
-        <v>2219</v>
+        <v>2230</v>
       </c>
       <c r="P436" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="437" spans="1:16">
       <c r="A437" t="s">
-        <v>2220</v>
+        <v>2231</v>
       </c>
       <c r="B437" t="s">
-        <v>853</v>
+        <v>2232</v>
       </c>
       <c r="C437" t="s">
         <v>811</v>
       </c>
       <c r="D437" t="s">
-        <v>1609</v>
+        <v>256</v>
       </c>
       <c r="E437" t="s">
         <v>20</v>
       </c>
       <c r="F437" t="s">
         <v>21</v>
       </c>
       <c r="G437" t="s">
         <v>22</v>
       </c>
       <c r="H437">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="I437">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="J437" t="s">
-        <v>79</v>
+        <v>818</v>
       </c>
       <c r="K437" t="s">
         <v>34</v>
       </c>
       <c r="L437"/>
       <c r="M437" t="s">
         <v>813</v>
       </c>
       <c r="N437" t="s">
         <v>27</v>
       </c>
       <c r="O437" t="s">
-        <v>2221</v>
+        <v>2233</v>
       </c>
       <c r="P437" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="438" spans="1:16">
       <c r="A438" t="s">
-        <v>2222</v>
+        <v>2234</v>
       </c>
       <c r="B438" t="s">
-        <v>2223</v>
+        <v>826</v>
       </c>
       <c r="C438" t="s">
         <v>811</v>
       </c>
       <c r="D438" t="s">
-        <v>111</v>
+        <v>678</v>
       </c>
       <c r="E438" t="s">
         <v>20</v>
       </c>
       <c r="F438" t="s">
         <v>21</v>
       </c>
       <c r="G438" t="s">
         <v>22</v>
       </c>
       <c r="H438">
-        <v>1994</v>
+        <v>2012</v>
       </c>
       <c r="I438">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="J438" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="K438" t="s">
         <v>34</v>
       </c>
-      <c r="L438" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L438"/>
       <c r="M438" t="s">
         <v>813</v>
       </c>
       <c r="N438" t="s">
         <v>27</v>
       </c>
       <c r="O438" t="s">
-        <v>2225</v>
+        <v>2235</v>
       </c>
       <c r="P438" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="439" spans="1:16">
       <c r="A439" t="s">
-        <v>2226</v>
+        <v>2236</v>
       </c>
       <c r="B439" t="s">
-        <v>2227</v>
+        <v>853</v>
       </c>
       <c r="C439" t="s">
         <v>811</v>
       </c>
       <c r="D439" t="s">
-        <v>647</v>
+        <v>1618</v>
       </c>
       <c r="E439" t="s">
         <v>20</v>
       </c>
       <c r="F439" t="s">
         <v>21</v>
       </c>
       <c r="G439" t="s">
         <v>22</v>
       </c>
       <c r="H439">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="I439">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="J439" t="s">
         <v>79</v>
       </c>
       <c r="K439" t="s">
         <v>34</v>
       </c>
       <c r="L439"/>
       <c r="M439" t="s">
         <v>813</v>
       </c>
       <c r="N439" t="s">
         <v>27</v>
       </c>
       <c r="O439" t="s">
-        <v>2228</v>
+        <v>2237</v>
       </c>
       <c r="P439" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="440" spans="1:16">
       <c r="A440" t="s">
-        <v>2229</v>
+        <v>2238</v>
       </c>
       <c r="B440" t="s">
-        <v>840</v>
+        <v>2239</v>
       </c>
       <c r="C440" t="s">
         <v>811</v>
       </c>
       <c r="D440" t="s">
-        <v>166</v>
+        <v>111</v>
       </c>
       <c r="E440" t="s">
         <v>20</v>
       </c>
       <c r="F440" t="s">
         <v>21</v>
       </c>
       <c r="G440" t="s">
         <v>22</v>
       </c>
       <c r="H440">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I440">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="J440" t="s">
         <v>818</v>
       </c>
       <c r="K440" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L440" t="s">
-        <v>841</v>
+        <v>2240</v>
       </c>
       <c r="M440" t="s">
         <v>813</v>
       </c>
       <c r="N440" t="s">
         <v>27</v>
       </c>
       <c r="O440" t="s">
-        <v>2230</v>
+        <v>2241</v>
       </c>
       <c r="P440" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="441" spans="1:16">
       <c r="A441" t="s">
-        <v>2231</v>
+        <v>2242</v>
       </c>
       <c r="B441" t="s">
-        <v>2232</v>
+        <v>2243</v>
       </c>
       <c r="C441" t="s">
-        <v>654</v>
+        <v>811</v>
       </c>
       <c r="D441" t="s">
-        <v>2233</v>
+        <v>647</v>
       </c>
       <c r="E441" t="s">
         <v>20</v>
       </c>
       <c r="F441" t="s">
         <v>21</v>
       </c>
       <c r="G441" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H441">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="I441">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J441" t="s">
-        <v>884</v>
+        <v>79</v>
       </c>
       <c r="K441" t="s">
         <v>34</v>
       </c>
-      <c r="L441" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L441"/>
       <c r="M441" t="s">
-        <v>2168</v>
+        <v>813</v>
       </c>
       <c r="N441" t="s">
         <v>27</v>
       </c>
       <c r="O441" t="s">
-        <v>2235</v>
+        <v>2244</v>
       </c>
       <c r="P441" t="s">
-        <v>2202</v>
+        <v>820</v>
       </c>
     </row>
     <row r="442" spans="1:16">
       <c r="A442" t="s">
-        <v>2236</v>
+        <v>2245</v>
       </c>
       <c r="B442" t="s">
-        <v>2237</v>
+        <v>840</v>
       </c>
       <c r="C442" t="s">
-        <v>654</v>
+        <v>811</v>
       </c>
       <c r="D442" t="s">
-        <v>1609</v>
+        <v>166</v>
       </c>
       <c r="E442" t="s">
         <v>20</v>
       </c>
       <c r="F442" t="s">
         <v>21</v>
       </c>
       <c r="G442" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H442">
+        <v>2010</v>
+      </c>
+      <c r="I442">
         <v>2015</v>
       </c>
-      <c r="I442">
-[...1 lines deleted...]
-      </c>
       <c r="J442" t="s">
-        <v>1573</v>
+        <v>818</v>
       </c>
       <c r="K442" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L442"/>
+        <v>167</v>
+      </c>
+      <c r="L442" t="s">
+        <v>841</v>
+      </c>
       <c r="M442" t="s">
-        <v>2168</v>
+        <v>813</v>
       </c>
       <c r="N442" t="s">
         <v>27</v>
       </c>
       <c r="O442" t="s">
-        <v>2238</v>
+        <v>2246</v>
       </c>
       <c r="P442" t="s">
-        <v>2207</v>
+        <v>820</v>
       </c>
     </row>
     <row r="443" spans="1:16">
       <c r="A443" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="B443" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="C443" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="D443" t="s">
-        <v>238</v>
+        <v>2249</v>
       </c>
       <c r="E443" t="s">
         <v>20</v>
       </c>
       <c r="F443" t="s">
         <v>21</v>
       </c>
       <c r="G443" t="s">
-        <v>22</v>
+        <v>1898</v>
       </c>
       <c r="H443">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="I443">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="J443" t="s">
-        <v>818</v>
+        <v>884</v>
       </c>
       <c r="K443" t="s">
         <v>34</v>
       </c>
       <c r="L443" t="s">
-        <v>823</v>
+        <v>2250</v>
       </c>
       <c r="M443" t="s">
-        <v>813</v>
+        <v>2184</v>
       </c>
       <c r="N443" t="s">
         <v>27</v>
       </c>
       <c r="O443" t="s">
-        <v>2241</v>
+        <v>2251</v>
       </c>
       <c r="P443" t="s">
-        <v>820</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="444" spans="1:16">
       <c r="A444" t="s">
-        <v>2242</v>
+        <v>2252</v>
       </c>
       <c r="B444" t="s">
-        <v>2243</v>
+        <v>2253</v>
       </c>
       <c r="C444" t="s">
-        <v>77</v>
+        <v>654</v>
       </c>
       <c r="D444" t="s">
-        <v>220</v>
+        <v>1618</v>
       </c>
       <c r="E444" t="s">
         <v>20</v>
       </c>
       <c r="F444" t="s">
         <v>21</v>
       </c>
       <c r="G444" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H444">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="I444">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J444" t="s">
-        <v>87</v>
+        <v>1574</v>
       </c>
       <c r="K444" t="s">
         <v>34</v>
       </c>
-      <c r="L444" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L444"/>
       <c r="M444" t="s">
-        <v>81</v>
+        <v>2184</v>
       </c>
       <c r="N444" t="s">
         <v>27</v>
       </c>
       <c r="O444" t="s">
-        <v>2245</v>
+        <v>2254</v>
       </c>
       <c r="P444" t="s">
-        <v>2246</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="445" spans="1:16">
       <c r="A445" t="s">
-        <v>2242</v>
+        <v>2255</v>
       </c>
       <c r="B445" t="s">
-        <v>2247</v>
+        <v>2256</v>
       </c>
       <c r="C445" t="s">
-        <v>77</v>
+        <v>811</v>
       </c>
       <c r="D445" t="s">
-        <v>274</v>
+        <v>238</v>
       </c>
       <c r="E445" t="s">
         <v>20</v>
       </c>
       <c r="F445" t="s">
         <v>21</v>
       </c>
       <c r="G445" t="s">
         <v>22</v>
       </c>
       <c r="H445">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="I445">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="J445" t="s">
-        <v>87</v>
+        <v>818</v>
       </c>
       <c r="K445" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L445" t="s">
-        <v>2248</v>
+        <v>823</v>
       </c>
       <c r="M445" t="s">
-        <v>81</v>
+        <v>813</v>
       </c>
       <c r="N445" t="s">
         <v>27</v>
       </c>
       <c r="O445" t="s">
-        <v>2249</v>
+        <v>2257</v>
       </c>
       <c r="P445" t="s">
-        <v>2246</v>
+        <v>820</v>
       </c>
     </row>
     <row r="446" spans="1:16">
       <c r="A446" t="s">
-        <v>2250</v>
+        <v>2258</v>
       </c>
       <c r="B446" t="s">
-        <v>857</v>
+        <v>2259</v>
       </c>
       <c r="C446" t="s">
-        <v>811</v>
+        <v>77</v>
       </c>
       <c r="D446" t="s">
-        <v>318</v>
+        <v>220</v>
       </c>
       <c r="E446" t="s">
         <v>20</v>
       </c>
       <c r="F446" t="s">
         <v>21</v>
       </c>
       <c r="G446" t="s">
         <v>22</v>
       </c>
       <c r="H446">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="I446">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="J446" t="s">
-        <v>818</v>
+        <v>87</v>
       </c>
       <c r="K446" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L446" t="s">
-        <v>858</v>
+        <v>2260</v>
       </c>
       <c r="M446" t="s">
-        <v>813</v>
+        <v>81</v>
       </c>
       <c r="N446" t="s">
         <v>27</v>
       </c>
       <c r="O446" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
       <c r="P446" t="s">
-        <v>820</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="447" spans="1:16">
       <c r="A447" t="s">
-        <v>2252</v>
+        <v>2258</v>
       </c>
       <c r="B447" t="s">
-        <v>861</v>
+        <v>2263</v>
       </c>
       <c r="C447" t="s">
-        <v>811</v>
+        <v>77</v>
       </c>
       <c r="D447" t="s">
-        <v>244</v>
+        <v>274</v>
       </c>
       <c r="E447" t="s">
         <v>20</v>
       </c>
       <c r="F447" t="s">
         <v>21</v>
       </c>
       <c r="G447" t="s">
         <v>22</v>
       </c>
       <c r="H447">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="I447">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="J447" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="K447" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L447" t="s">
-        <v>862</v>
+        <v>2264</v>
       </c>
       <c r="M447" t="s">
-        <v>813</v>
+        <v>81</v>
       </c>
       <c r="N447" t="s">
         <v>27</v>
       </c>
       <c r="O447" t="s">
-        <v>2253</v>
+        <v>2265</v>
       </c>
       <c r="P447" t="s">
-        <v>2254</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="448" spans="1:16">
       <c r="A448" t="s">
-        <v>2255</v>
+        <v>2266</v>
       </c>
       <c r="B448" t="s">
-        <v>2256</v>
+        <v>857</v>
       </c>
       <c r="C448" t="s">
         <v>811</v>
       </c>
       <c r="D448" t="s">
-        <v>152</v>
+        <v>318</v>
       </c>
       <c r="E448" t="s">
         <v>20</v>
       </c>
       <c r="F448" t="s">
         <v>21</v>
       </c>
       <c r="G448" t="s">
         <v>22</v>
       </c>
       <c r="H448">
+        <v>2001</v>
+      </c>
+      <c r="I448">
         <v>2010</v>
       </c>
-      <c r="I448">
-[...1 lines deleted...]
-      </c>
       <c r="J448" t="s">
-        <v>79</v>
+        <v>818</v>
       </c>
       <c r="K448" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L448"/>
+        <v>167</v>
+      </c>
+      <c r="L448" t="s">
+        <v>858</v>
+      </c>
       <c r="M448" t="s">
         <v>813</v>
       </c>
       <c r="N448" t="s">
         <v>27</v>
       </c>
       <c r="O448" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="P448" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="449" spans="1:16">
       <c r="A449" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="B449" t="s">
-        <v>2259</v>
+        <v>861</v>
       </c>
       <c r="C449" t="s">
         <v>811</v>
       </c>
       <c r="D449" t="s">
-        <v>192</v>
+        <v>244</v>
       </c>
       <c r="E449" t="s">
         <v>20</v>
       </c>
       <c r="F449" t="s">
         <v>21</v>
       </c>
       <c r="G449" t="s">
         <v>22</v>
       </c>
       <c r="H449">
-        <v>1992</v>
+        <v>2009</v>
       </c>
       <c r="I449">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="J449" t="s">
         <v>79</v>
       </c>
       <c r="K449" t="s">
         <v>34</v>
       </c>
       <c r="L449" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
       <c r="M449" t="s">
         <v>813</v>
       </c>
       <c r="N449" t="s">
         <v>27</v>
       </c>
       <c r="O449" t="s">
-        <v>2260</v>
+        <v>2269</v>
       </c>
       <c r="P449" t="s">
-        <v>2261</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="450" spans="1:16">
       <c r="A450" t="s">
-        <v>2262</v>
+        <v>2271</v>
       </c>
       <c r="B450" t="s">
-        <v>2263</v>
+        <v>2272</v>
       </c>
       <c r="C450" t="s">
-        <v>654</v>
+        <v>811</v>
       </c>
       <c r="D450" t="s">
-        <v>192</v>
+        <v>152</v>
       </c>
       <c r="E450" t="s">
         <v>20</v>
       </c>
       <c r="F450" t="s">
         <v>21</v>
       </c>
       <c r="G450" t="s">
         <v>22</v>
       </c>
       <c r="H450">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I450">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J450" t="s">
-        <v>884</v>
+        <v>79</v>
       </c>
       <c r="K450" t="s">
         <v>34</v>
       </c>
-      <c r="L450" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L450"/>
       <c r="M450" t="s">
-        <v>2168</v>
+        <v>813</v>
       </c>
       <c r="N450" t="s">
         <v>27</v>
       </c>
       <c r="O450" t="s">
-        <v>2265</v>
+        <v>2273</v>
       </c>
       <c r="P450" t="s">
-        <v>2207</v>
+        <v>820</v>
       </c>
     </row>
     <row r="451" spans="1:16">
       <c r="A451" t="s">
-        <v>2266</v>
+        <v>2274</v>
       </c>
       <c r="B451" t="s">
-        <v>2267</v>
+        <v>2275</v>
       </c>
       <c r="C451" t="s">
-        <v>654</v>
+        <v>811</v>
       </c>
       <c r="D451" t="s">
         <v>192</v>
       </c>
       <c r="E451" t="s">
         <v>20</v>
       </c>
       <c r="F451" t="s">
         <v>21</v>
       </c>
       <c r="G451" t="s">
         <v>22</v>
       </c>
       <c r="H451">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="I451">
-        <v>2025</v>
+        <v>2004</v>
       </c>
       <c r="J451" t="s">
-        <v>1573</v>
+        <v>79</v>
       </c>
       <c r="K451" t="s">
         <v>34</v>
       </c>
-      <c r="L451"/>
+      <c r="L451" t="s">
+        <v>845</v>
+      </c>
       <c r="M451" t="s">
-        <v>2168</v>
+        <v>813</v>
       </c>
       <c r="N451" t="s">
         <v>27</v>
       </c>
       <c r="O451" t="s">
-        <v>2268</v>
+        <v>2276</v>
       </c>
       <c r="P451" t="s">
-        <v>2207</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="452" spans="1:16">
       <c r="A452" t="s">
-        <v>2269</v>
+        <v>2278</v>
       </c>
       <c r="B452" t="s">
-        <v>2270</v>
+        <v>2279</v>
       </c>
       <c r="C452" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="D452" t="s">
-        <v>1235</v>
+        <v>192</v>
       </c>
       <c r="E452" t="s">
         <v>20</v>
       </c>
       <c r="F452" t="s">
         <v>21</v>
       </c>
       <c r="G452" t="s">
-        <v>22</v>
+        <v>1898</v>
       </c>
       <c r="H452">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I452">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J452" t="s">
-        <v>70</v>
+        <v>884</v>
       </c>
       <c r="K452" t="s">
         <v>34</v>
       </c>
-      <c r="L452"/>
+      <c r="L452" t="s">
+        <v>2280</v>
+      </c>
       <c r="M452" t="s">
-        <v>2271</v>
+        <v>2184</v>
       </c>
       <c r="N452" t="s">
         <v>27</v>
       </c>
       <c r="O452" t="s">
-        <v>2272</v>
+        <v>2281</v>
       </c>
       <c r="P452" t="s">
-        <v>2273</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="453" spans="1:16">
       <c r="A453" t="s">
-        <v>2274</v>
+        <v>2282</v>
       </c>
       <c r="B453" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
       <c r="C453" t="s">
         <v>654</v>
       </c>
       <c r="D453" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="E453" t="s">
         <v>20</v>
       </c>
       <c r="F453" t="s">
         <v>21</v>
       </c>
       <c r="G453" t="s">
         <v>8</v>
       </c>
       <c r="H453">
         <v>2011</v>
       </c>
       <c r="I453">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J453" t="s">
-        <v>884</v>
+        <v>1574</v>
       </c>
       <c r="K453" t="s">
         <v>34</v>
       </c>
-      <c r="L453" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L453"/>
       <c r="M453" t="s">
-        <v>2168</v>
+        <v>2184</v>
       </c>
       <c r="N453" t="s">
         <v>27</v>
       </c>
       <c r="O453" t="s">
-        <v>2277</v>
+        <v>2284</v>
       </c>
       <c r="P453" t="s">
-        <v>2202</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="454" spans="1:16">
       <c r="A454" t="s">
-        <v>2278</v>
+        <v>2285</v>
       </c>
       <c r="B454" t="s">
-        <v>2279</v>
+        <v>2286</v>
       </c>
       <c r="C454" t="s">
-        <v>654</v>
+        <v>811</v>
       </c>
       <c r="D454" t="s">
-        <v>204</v>
+        <v>1235</v>
       </c>
       <c r="E454" t="s">
         <v>20</v>
       </c>
       <c r="F454" t="s">
         <v>21</v>
       </c>
       <c r="G454" t="s">
         <v>22</v>
       </c>
       <c r="H454">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I454">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="J454" t="s">
-        <v>1573</v>
+        <v>70</v>
       </c>
       <c r="K454" t="s">
         <v>34</v>
       </c>
       <c r="L454"/>
       <c r="M454" t="s">
-        <v>2168</v>
+        <v>2287</v>
       </c>
       <c r="N454" t="s">
         <v>27</v>
       </c>
       <c r="O454" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
       <c r="P454" t="s">
-        <v>2202</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="455" spans="1:16">
       <c r="A455" t="s">
-        <v>2281</v>
+        <v>2290</v>
       </c>
       <c r="B455" t="s">
-        <v>2282</v>
+        <v>2291</v>
       </c>
       <c r="C455" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="D455" t="s">
-        <v>138</v>
+        <v>204</v>
       </c>
       <c r="E455" t="s">
         <v>20</v>
       </c>
       <c r="F455" t="s">
         <v>21</v>
       </c>
       <c r="G455" t="s">
-        <v>22</v>
+        <v>1898</v>
       </c>
       <c r="H455">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I455">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J455" t="s">
-        <v>818</v>
+        <v>884</v>
       </c>
       <c r="K455" t="s">
         <v>34</v>
       </c>
-      <c r="L455"/>
+      <c r="L455" t="s">
+        <v>2292</v>
+      </c>
       <c r="M455" t="s">
-        <v>813</v>
+        <v>2184</v>
       </c>
       <c r="N455" t="s">
         <v>27</v>
       </c>
       <c r="O455" t="s">
-        <v>2283</v>
+        <v>2293</v>
       </c>
       <c r="P455" t="s">
-        <v>820</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="456" spans="1:16">
       <c r="A456" t="s">
-        <v>2284</v>
+        <v>2294</v>
       </c>
       <c r="B456" t="s">
-        <v>2285</v>
+        <v>2295</v>
       </c>
       <c r="C456" t="s">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="D456" t="s">
-        <v>479</v>
+        <v>204</v>
       </c>
       <c r="E456" t="s">
         <v>20</v>
       </c>
       <c r="F456" t="s">
         <v>21</v>
       </c>
       <c r="G456" t="s">
         <v>22</v>
       </c>
       <c r="H456">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I456">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="J456" t="s">
-        <v>818</v>
+        <v>1574</v>
       </c>
       <c r="K456" t="s">
         <v>34</v>
       </c>
       <c r="L456"/>
       <c r="M456" t="s">
-        <v>813</v>
+        <v>2184</v>
       </c>
       <c r="N456" t="s">
         <v>27</v>
       </c>
       <c r="O456" t="s">
-        <v>2286</v>
+        <v>2296</v>
       </c>
       <c r="P456" t="s">
-        <v>820</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="457" spans="1:16">
       <c r="A457" t="s">
-        <v>2284</v>
+        <v>2297</v>
       </c>
       <c r="B457" t="s">
-        <v>2287</v>
+        <v>2298</v>
       </c>
       <c r="C457" t="s">
         <v>811</v>
       </c>
       <c r="D457" t="s">
-        <v>479</v>
+        <v>138</v>
       </c>
       <c r="E457" t="s">
         <v>20</v>
       </c>
       <c r="F457" t="s">
         <v>21</v>
       </c>
       <c r="G457" t="s">
         <v>22</v>
       </c>
       <c r="H457">
         <v>2012</v>
       </c>
       <c r="I457">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J457" t="s">
         <v>818</v>
       </c>
       <c r="K457" t="s">
         <v>34</v>
       </c>
       <c r="L457"/>
       <c r="M457" t="s">
         <v>813</v>
       </c>
       <c r="N457" t="s">
         <v>27</v>
       </c>
       <c r="O457" t="s">
-        <v>2288</v>
+        <v>2299</v>
       </c>
       <c r="P457" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="458" spans="1:16">
       <c r="A458" t="s">
-        <v>2289</v>
+        <v>2300</v>
       </c>
       <c r="B458" t="s">
-        <v>2290</v>
+        <v>2301</v>
       </c>
       <c r="C458" t="s">
         <v>811</v>
       </c>
       <c r="D458" t="s">
-        <v>238</v>
+        <v>479</v>
       </c>
       <c r="E458" t="s">
         <v>20</v>
       </c>
       <c r="F458" t="s">
         <v>21</v>
       </c>
       <c r="G458" t="s">
         <v>22</v>
       </c>
       <c r="H458">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I458">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="J458" t="s">
         <v>818</v>
       </c>
       <c r="K458" t="s">
         <v>34</v>
       </c>
-      <c r="L458" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L458"/>
       <c r="M458" t="s">
         <v>813</v>
       </c>
       <c r="N458" t="s">
         <v>27</v>
       </c>
       <c r="O458" t="s">
-        <v>2291</v>
+        <v>2302</v>
       </c>
       <c r="P458" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="459" spans="1:16">
       <c r="A459" t="s">
-        <v>2292</v>
+        <v>2300</v>
       </c>
       <c r="B459" t="s">
-        <v>2293</v>
+        <v>2303</v>
       </c>
       <c r="C459" t="s">
-        <v>77</v>
+        <v>811</v>
       </c>
       <c r="D459" t="s">
-        <v>105</v>
+        <v>479</v>
       </c>
       <c r="E459" t="s">
         <v>20</v>
       </c>
       <c r="F459" t="s">
         <v>21</v>
       </c>
       <c r="G459" t="s">
         <v>22</v>
       </c>
       <c r="H459">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I459">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="J459" t="s">
-        <v>87</v>
+        <v>818</v>
       </c>
       <c r="K459" t="s">
         <v>34</v>
       </c>
-      <c r="L459" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L459"/>
       <c r="M459" t="s">
-        <v>81</v>
+        <v>813</v>
       </c>
       <c r="N459" t="s">
         <v>27</v>
       </c>
       <c r="O459" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
       <c r="P459" t="s">
-        <v>2296</v>
+        <v>820</v>
       </c>
     </row>
     <row r="460" spans="1:16">
       <c r="A460" t="s">
-        <v>2297</v>
+        <v>2305</v>
       </c>
       <c r="B460" t="s">
-        <v>2298</v>
+        <v>2306</v>
       </c>
       <c r="C460" t="s">
-        <v>77</v>
+        <v>811</v>
       </c>
       <c r="D460" t="s">
-        <v>479</v>
+        <v>238</v>
       </c>
       <c r="E460" t="s">
         <v>20</v>
       </c>
       <c r="F460" t="s">
         <v>21</v>
       </c>
       <c r="G460" t="s">
         <v>22</v>
       </c>
       <c r="H460">
+        <v>2002</v>
+      </c>
+      <c r="I460">
         <v>2004</v>
       </c>
-      <c r="I460">
-[...1 lines deleted...]
-      </c>
       <c r="J460" t="s">
-        <v>87</v>
+        <v>818</v>
       </c>
       <c r="K460" t="s">
         <v>34</v>
       </c>
       <c r="L460" t="s">
-        <v>2299</v>
+        <v>823</v>
       </c>
       <c r="M460" t="s">
-        <v>81</v>
+        <v>813</v>
       </c>
       <c r="N460" t="s">
         <v>27</v>
       </c>
       <c r="O460" t="s">
-        <v>2300</v>
+        <v>2307</v>
       </c>
       <c r="P460" t="s">
-        <v>2301</v>
+        <v>820</v>
       </c>
     </row>
     <row r="461" spans="1:16">
       <c r="A461" t="s">
-        <v>2302</v>
+        <v>2308</v>
       </c>
       <c r="B461" t="s">
-        <v>2303</v>
+        <v>2309</v>
       </c>
       <c r="C461" t="s">
-        <v>280</v>
+        <v>77</v>
       </c>
       <c r="D461" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="E461" t="s">
         <v>20</v>
       </c>
       <c r="F461" t="s">
         <v>21</v>
       </c>
       <c r="G461" t="s">
         <v>22</v>
       </c>
       <c r="H461">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I461">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="J461" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="K461" t="s">
         <v>34</v>
       </c>
-      <c r="L461"/>
+      <c r="L461" t="s">
+        <v>2310</v>
+      </c>
       <c r="M461" t="s">
-        <v>282</v>
+        <v>81</v>
       </c>
       <c r="N461" t="s">
         <v>27</v>
       </c>
       <c r="O461" t="s">
-        <v>2304</v>
+        <v>2311</v>
       </c>
       <c r="P461" t="s">
-        <v>2305</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="462" spans="1:16">
       <c r="A462" t="s">
-        <v>2306</v>
-[...1 lines deleted...]
-      <c r="B462"/>
+        <v>2313</v>
+      </c>
+      <c r="B462" t="s">
+        <v>2314</v>
+      </c>
       <c r="C462" t="s">
-        <v>280</v>
+        <v>77</v>
       </c>
       <c r="D462" t="s">
-        <v>616</v>
+        <v>479</v>
       </c>
       <c r="E462" t="s">
         <v>20</v>
       </c>
       <c r="F462" t="s">
         <v>21</v>
       </c>
       <c r="G462" t="s">
         <v>22</v>
       </c>
       <c r="H462">
+        <v>2004</v>
+      </c>
+      <c r="I462">
         <v>2011</v>
       </c>
-      <c r="I462">
-[...1 lines deleted...]
-      </c>
       <c r="J462" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="K462" t="s">
         <v>34</v>
       </c>
-      <c r="L462"/>
+      <c r="L462" t="s">
+        <v>2315</v>
+      </c>
       <c r="M462" t="s">
-        <v>2307</v>
+        <v>81</v>
       </c>
       <c r="N462" t="s">
         <v>27</v>
       </c>
       <c r="O462" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
       <c r="P462" t="s">
-        <v>2305</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="463" spans="1:16">
       <c r="A463" t="s">
-        <v>2309</v>
+        <v>2318</v>
       </c>
       <c r="B463" t="s">
-        <v>2310</v>
+        <v>2319</v>
       </c>
       <c r="C463" t="s">
         <v>280</v>
       </c>
       <c r="D463" t="s">
-        <v>1613</v>
+        <v>93</v>
       </c>
       <c r="E463" t="s">
         <v>20</v>
       </c>
       <c r="F463" t="s">
         <v>21</v>
       </c>
       <c r="G463" t="s">
         <v>22</v>
       </c>
       <c r="H463">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="I463">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="J463" t="s">
         <v>70</v>
       </c>
       <c r="K463" t="s">
         <v>34</v>
       </c>
       <c r="L463"/>
       <c r="M463" t="s">
         <v>282</v>
       </c>
       <c r="N463" t="s">
         <v>27</v>
       </c>
       <c r="O463" t="s">
-        <v>2311</v>
+        <v>2320</v>
       </c>
       <c r="P463" t="s">
-        <v>2305</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="464" spans="1:16">
       <c r="A464" t="s">
-        <v>2312</v>
-[...3 lines deleted...]
-      </c>
+        <v>2322</v>
+      </c>
+      <c r="B464"/>
       <c r="C464" t="s">
         <v>280</v>
       </c>
       <c r="D464" t="s">
-        <v>105</v>
+        <v>616</v>
       </c>
       <c r="E464" t="s">
         <v>20</v>
       </c>
       <c r="F464" t="s">
         <v>21</v>
       </c>
       <c r="G464" t="s">
         <v>22</v>
       </c>
       <c r="H464">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I464">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J464" t="s">
         <v>70</v>
       </c>
       <c r="K464" t="s">
         <v>34</v>
       </c>
       <c r="L464"/>
       <c r="M464" t="s">
-        <v>282</v>
+        <v>2323</v>
       </c>
       <c r="N464" t="s">
         <v>27</v>
       </c>
       <c r="O464" t="s">
-        <v>2314</v>
+        <v>2324</v>
       </c>
       <c r="P464" t="s">
-        <v>2305</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="465" spans="1:16">
       <c r="A465" t="s">
-        <v>2315</v>
+        <v>2325</v>
       </c>
       <c r="B465" t="s">
-        <v>2316</v>
+        <v>2326</v>
       </c>
       <c r="C465" t="s">
         <v>280</v>
       </c>
       <c r="D465" t="s">
-        <v>192</v>
+        <v>1622</v>
       </c>
       <c r="E465" t="s">
         <v>20</v>
       </c>
       <c r="F465" t="s">
         <v>21</v>
       </c>
       <c r="G465" t="s">
         <v>22</v>
       </c>
       <c r="H465">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I465">
         <v>2018</v>
       </c>
       <c r="J465" t="s">
         <v>70</v>
       </c>
       <c r="K465" t="s">
         <v>34</v>
       </c>
       <c r="L465"/>
       <c r="M465" t="s">
         <v>282</v>
       </c>
       <c r="N465" t="s">
         <v>27</v>
       </c>
       <c r="O465" t="s">
-        <v>2317</v>
+        <v>2327</v>
       </c>
       <c r="P465" t="s">
-        <v>2305</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="466" spans="1:16">
       <c r="A466" t="s">
-        <v>2318</v>
+        <v>2328</v>
       </c>
       <c r="B466" t="s">
-        <v>2319</v>
+        <v>2329</v>
       </c>
       <c r="C466" t="s">
-        <v>77</v>
+        <v>280</v>
       </c>
       <c r="D466" t="s">
-        <v>510</v>
+        <v>105</v>
       </c>
       <c r="E466" t="s">
         <v>20</v>
       </c>
       <c r="F466" t="s">
         <v>21</v>
       </c>
       <c r="G466" t="s">
         <v>22</v>
       </c>
       <c r="H466">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="I466">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J466" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="K466" t="s">
         <v>34</v>
       </c>
-      <c r="L466" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L466"/>
       <c r="M466" t="s">
-        <v>81</v>
+        <v>282</v>
       </c>
       <c r="N466" t="s">
         <v>27</v>
       </c>
       <c r="O466" t="s">
+        <v>2330</v>
+      </c>
+      <c r="P466" t="s">
         <v>2321</v>
-      </c>
-[...1 lines deleted...]
-        <v>2322</v>
       </c>
     </row>
     <row r="467" spans="1:16">
       <c r="A467" t="s">
-        <v>2323</v>
+        <v>2331</v>
       </c>
       <c r="B467" t="s">
-        <v>2324</v>
+        <v>2332</v>
       </c>
       <c r="C467" t="s">
-        <v>41</v>
+        <v>280</v>
       </c>
       <c r="D467" t="s">
-        <v>2325</v>
+        <v>192</v>
       </c>
       <c r="E467" t="s">
         <v>20</v>
       </c>
       <c r="F467" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G467" t="s">
-        <v>1889</v>
+        <v>22</v>
       </c>
       <c r="H467">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I467"/>
+        <v>2000</v>
+      </c>
+      <c r="I467">
+        <v>2018</v>
+      </c>
       <c r="J467" t="s">
         <v>70</v>
       </c>
       <c r="K467" t="s">
         <v>34</v>
       </c>
-      <c r="L467" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L467"/>
       <c r="M467" t="s">
-        <v>2327</v>
+        <v>282</v>
       </c>
       <c r="N467" t="s">
         <v>27</v>
       </c>
       <c r="O467" t="s">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="P467" t="s">
-        <v>2329</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="468" spans="1:16">
       <c r="A468" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="B468" t="s">
-        <v>2331</v>
+        <v>2335</v>
       </c>
       <c r="C468" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="D468" t="s">
-        <v>204</v>
+        <v>510</v>
       </c>
       <c r="E468" t="s">
         <v>20</v>
       </c>
       <c r="F468" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G468" t="s">
         <v>22</v>
       </c>
       <c r="H468">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="I468">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J468" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="K468" t="s">
         <v>34</v>
       </c>
       <c r="L468" t="s">
-        <v>2332</v>
+        <v>2336</v>
       </c>
       <c r="M468" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="N468" t="s">
         <v>27</v>
       </c>
       <c r="O468" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
       <c r="P468" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="469" spans="1:16">
       <c r="A469" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="B469" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
       <c r="C469" t="s">
         <v>41</v>
       </c>
       <c r="D469" t="s">
-        <v>1005</v>
+        <v>2341</v>
       </c>
       <c r="E469" t="s">
         <v>20</v>
       </c>
       <c r="F469" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="G469" t="s">
-        <v>22</v>
+        <v>1898</v>
       </c>
       <c r="H469">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I469"/>
       <c r="J469" t="s">
         <v>70</v>
       </c>
       <c r="K469" t="s">
         <v>34</v>
       </c>
       <c r="L469" t="s">
-        <v>2337</v>
+        <v>2342</v>
       </c>
       <c r="M469" t="s">
-        <v>46</v>
+        <v>2343</v>
       </c>
       <c r="N469" t="s">
         <v>27</v>
       </c>
       <c r="O469" t="s">
-        <v>2338</v>
+        <v>2344</v>
       </c>
       <c r="P469" t="s">
-        <v>2339</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="470" spans="1:16">
       <c r="A470" t="s">
-        <v>2340</v>
+        <v>2346</v>
       </c>
       <c r="B470" t="s">
-        <v>2341</v>
+        <v>2347</v>
       </c>
       <c r="C470" t="s">
-        <v>287</v>
+        <v>41</v>
       </c>
       <c r="D470" t="s">
         <v>204</v>
       </c>
       <c r="E470" t="s">
         <v>20</v>
       </c>
       <c r="F470" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G470" t="s">
         <v>22</v>
       </c>
       <c r="H470">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I470">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="J470" t="s">
-        <v>1964</v>
+        <v>70</v>
       </c>
       <c r="K470" t="s">
         <v>34</v>
       </c>
-      <c r="L470"/>
+      <c r="L470" t="s">
+        <v>2348</v>
+      </c>
       <c r="M470" t="s">
-        <v>2342</v>
+        <v>46</v>
       </c>
       <c r="N470" t="s">
         <v>27</v>
       </c>
       <c r="O470" t="s">
-        <v>2343</v>
+        <v>2349</v>
       </c>
       <c r="P470" t="s">
-        <v>2344</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="471" spans="1:16">
       <c r="A471" t="s">
-        <v>2345</v>
+        <v>2351</v>
       </c>
       <c r="B471" t="s">
-        <v>2346</v>
+        <v>2352</v>
       </c>
       <c r="C471" t="s">
-        <v>287</v>
+        <v>41</v>
       </c>
       <c r="D471" t="s">
-        <v>244</v>
+        <v>1005</v>
       </c>
       <c r="E471" t="s">
         <v>20</v>
       </c>
       <c r="F471" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G471" t="s">
         <v>22</v>
       </c>
       <c r="H471">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="I471">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J471" t="s">
-        <v>1964</v>
+        <v>70</v>
       </c>
       <c r="K471" t="s">
         <v>34</v>
       </c>
-      <c r="L471"/>
+      <c r="L471" t="s">
+        <v>2353</v>
+      </c>
       <c r="M471" t="s">
-        <v>2342</v>
+        <v>46</v>
       </c>
       <c r="N471" t="s">
         <v>27</v>
       </c>
       <c r="O471" t="s">
-        <v>2347</v>
+        <v>2354</v>
       </c>
       <c r="P471" t="s">
-        <v>2348</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="472" spans="1:16">
       <c r="A472" t="s">
-        <v>2349</v>
+        <v>2356</v>
       </c>
       <c r="B472" t="s">
-        <v>2350</v>
+        <v>2357</v>
       </c>
       <c r="C472" t="s">
         <v>287</v>
       </c>
       <c r="D472" t="s">
-        <v>244</v>
+        <v>204</v>
       </c>
       <c r="E472" t="s">
         <v>20</v>
       </c>
       <c r="F472" t="s">
         <v>21</v>
       </c>
       <c r="G472" t="s">
         <v>22</v>
       </c>
       <c r="H472">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I472">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J472" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K472" t="s">
         <v>34</v>
       </c>
       <c r="L472"/>
       <c r="M472" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="N472" t="s">
         <v>27</v>
       </c>
       <c r="O472" t="s">
-        <v>2351</v>
+        <v>2359</v>
       </c>
       <c r="P472" t="s">
-        <v>2352</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="473" spans="1:16">
       <c r="A473" t="s">
-        <v>2353</v>
+        <v>2361</v>
       </c>
       <c r="B473" t="s">
-        <v>2354</v>
+        <v>2362</v>
       </c>
       <c r="C473" t="s">
         <v>287</v>
       </c>
       <c r="D473" t="s">
-        <v>274</v>
+        <v>244</v>
       </c>
       <c r="E473" t="s">
         <v>20</v>
       </c>
       <c r="F473" t="s">
         <v>21</v>
       </c>
       <c r="G473" t="s">
         <v>22</v>
       </c>
       <c r="H473">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="I473">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J473" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K473" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L473"/>
       <c r="M473" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="N473" t="s">
         <v>27</v>
       </c>
       <c r="O473" t="s">
-        <v>2355</v>
+        <v>2363</v>
       </c>
       <c r="P473" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="474" spans="1:16">
       <c r="A474" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="B474" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
       <c r="C474" t="s">
         <v>287</v>
       </c>
       <c r="D474" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
       <c r="E474" t="s">
         <v>20</v>
       </c>
       <c r="F474" t="s">
         <v>21</v>
       </c>
       <c r="G474" t="s">
         <v>22</v>
       </c>
       <c r="H474">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="I474">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J474" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K474" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L474"/>
       <c r="M474" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="N474" t="s">
         <v>27</v>
       </c>
       <c r="O474" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
       <c r="P474" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="475" spans="1:16">
       <c r="A475" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="B475" t="s">
-        <v>2362</v>
+        <v>2370</v>
       </c>
       <c r="C475" t="s">
         <v>287</v>
       </c>
       <c r="D475" t="s">
-        <v>99</v>
+        <v>274</v>
       </c>
       <c r="E475" t="s">
         <v>20</v>
       </c>
       <c r="F475" t="s">
         <v>21</v>
       </c>
       <c r="G475" t="s">
         <v>22</v>
       </c>
       <c r="H475">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I475">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J475" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K475" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L475"/>
       <c r="M475" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="N475" t="s">
         <v>27</v>
       </c>
       <c r="O475" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
       <c r="P475" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="476" spans="1:16">
       <c r="A476" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="B476" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="C476" t="s">
         <v>287</v>
       </c>
       <c r="D476" t="s">
-        <v>105</v>
+        <v>268</v>
       </c>
       <c r="E476" t="s">
         <v>20</v>
       </c>
       <c r="F476" t="s">
         <v>21</v>
       </c>
       <c r="G476" t="s">
         <v>22</v>
       </c>
       <c r="H476">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="I476">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="J476" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K476" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="L476"/>
       <c r="M476" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="N476" t="s">
         <v>27</v>
       </c>
       <c r="O476" t="s">
-        <v>2368</v>
+        <v>2375</v>
       </c>
       <c r="P476" t="s">
-        <v>2369</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="477" spans="1:16">
       <c r="A477" t="s">
-        <v>2370</v>
+        <v>2377</v>
       </c>
       <c r="B477" t="s">
-        <v>2371</v>
+        <v>2378</v>
       </c>
       <c r="C477" t="s">
         <v>287</v>
       </c>
       <c r="D477" t="s">
-        <v>126</v>
+        <v>99</v>
       </c>
       <c r="E477" t="s">
         <v>20</v>
       </c>
       <c r="F477" t="s">
         <v>21</v>
       </c>
       <c r="G477" t="s">
         <v>22</v>
       </c>
       <c r="H477">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I477">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J477" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K477" t="s">
         <v>34</v>
       </c>
-      <c r="L477" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L477"/>
       <c r="M477" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="N477" t="s">
         <v>27</v>
       </c>
       <c r="O477" t="s">
-        <v>2373</v>
+        <v>2379</v>
       </c>
       <c r="P477" t="s">
-        <v>2374</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="478" spans="1:16">
       <c r="A478" t="s">
-        <v>2375</v>
+        <v>2381</v>
       </c>
       <c r="B478" t="s">
-        <v>2376</v>
+        <v>2382</v>
       </c>
       <c r="C478" t="s">
-        <v>2377</v>
+        <v>287</v>
       </c>
       <c r="D478" t="s">
-        <v>325</v>
+        <v>105</v>
       </c>
       <c r="E478" t="s">
         <v>20</v>
       </c>
       <c r="F478" t="s">
         <v>21</v>
       </c>
       <c r="G478" t="s">
         <v>22</v>
       </c>
       <c r="H478">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="I478">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="J478" t="s">
-        <v>1573</v>
+        <v>1980</v>
       </c>
       <c r="K478" t="s">
         <v>34</v>
       </c>
-      <c r="L478"/>
+      <c r="L478" t="s">
+        <v>2383</v>
+      </c>
       <c r="M478" t="s">
-        <v>2378</v>
+        <v>2358</v>
       </c>
       <c r="N478" t="s">
         <v>27</v>
       </c>
       <c r="O478" t="s">
-        <v>2379</v>
+        <v>2384</v>
       </c>
       <c r="P478" t="s">
-        <v>2380</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="479" spans="1:16">
       <c r="A479" t="s">
-        <v>2381</v>
+        <v>2386</v>
       </c>
       <c r="B479" t="s">
-        <v>2382</v>
+        <v>2387</v>
       </c>
       <c r="C479" t="s">
-        <v>2377</v>
+        <v>287</v>
       </c>
       <c r="D479" t="s">
-        <v>238</v>
+        <v>126</v>
       </c>
       <c r="E479" t="s">
         <v>20</v>
       </c>
       <c r="F479" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G479" t="s">
         <v>22</v>
       </c>
       <c r="H479">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I479">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J479" t="s">
-        <v>884</v>
+        <v>1980</v>
       </c>
       <c r="K479" t="s">
         <v>34</v>
       </c>
       <c r="L479" t="s">
-        <v>2383</v>
+        <v>2388</v>
       </c>
       <c r="M479" t="s">
-        <v>2378</v>
+        <v>2358</v>
       </c>
       <c r="N479" t="s">
         <v>27</v>
       </c>
       <c r="O479" t="s">
-        <v>2384</v>
+        <v>2389</v>
       </c>
       <c r="P479" t="s">
-        <v>2385</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="480" spans="1:16">
       <c r="A480" t="s">
-        <v>2386</v>
+        <v>2391</v>
       </c>
       <c r="B480" t="s">
-        <v>2387</v>
+        <v>2392</v>
       </c>
       <c r="C480" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D480" t="s">
-        <v>2388</v>
+        <v>325</v>
       </c>
       <c r="E480" t="s">
         <v>20</v>
       </c>
       <c r="F480" t="s">
         <v>21</v>
       </c>
       <c r="G480" t="s">
         <v>22</v>
       </c>
       <c r="H480">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="I480">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="J480" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="K480" t="s">
         <v>34</v>
       </c>
-      <c r="L480" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L480"/>
       <c r="M480" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N480" t="s">
         <v>27</v>
       </c>
       <c r="O480" t="s">
-        <v>2390</v>
+        <v>2395</v>
       </c>
       <c r="P480" t="s">
-        <v>2391</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="481" spans="1:16">
       <c r="A481" t="s">
-        <v>2392</v>
+        <v>2397</v>
       </c>
       <c r="B481" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C481" t="s">
         <v>2393</v>
       </c>
-      <c r="C481" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D481" t="s">
-        <v>325</v>
+        <v>238</v>
       </c>
       <c r="E481" t="s">
         <v>20</v>
       </c>
       <c r="F481" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G481" t="s">
         <v>22</v>
       </c>
       <c r="H481">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="I481">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="J481" t="s">
-        <v>33</v>
+        <v>884</v>
       </c>
       <c r="K481" t="s">
         <v>34</v>
       </c>
       <c r="L481" t="s">
-        <v>2392</v>
+        <v>2399</v>
       </c>
       <c r="M481" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N481" t="s">
         <v>27</v>
       </c>
       <c r="O481" t="s">
-        <v>2394</v>
+        <v>2400</v>
       </c>
       <c r="P481" t="s">
-        <v>2395</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="482" spans="1:16">
       <c r="A482" t="s">
-        <v>2396</v>
+        <v>2402</v>
       </c>
       <c r="B482" t="s">
-        <v>2397</v>
+        <v>2403</v>
       </c>
       <c r="C482" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D482" t="s">
-        <v>152</v>
+        <v>2404</v>
       </c>
       <c r="E482" t="s">
         <v>20</v>
       </c>
       <c r="F482" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G482" t="s">
         <v>22</v>
       </c>
       <c r="H482">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="I482">
-        <v>2025</v>
+        <v>2015</v>
       </c>
       <c r="J482" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="K482" t="s">
         <v>34</v>
       </c>
       <c r="L482" t="s">
-        <v>2398</v>
+        <v>2405</v>
       </c>
       <c r="M482" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N482" t="s">
         <v>27</v>
       </c>
       <c r="O482" t="s">
-        <v>2399</v>
+        <v>2406</v>
       </c>
       <c r="P482" t="s">
-        <v>2400</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="483" spans="1:16">
       <c r="A483" t="s">
-        <v>2401</v>
+        <v>2408</v>
       </c>
       <c r="B483" t="s">
-        <v>2402</v>
+        <v>2409</v>
       </c>
       <c r="C483" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D483" t="s">
-        <v>1920</v>
+        <v>325</v>
       </c>
       <c r="E483" t="s">
         <v>20</v>
       </c>
       <c r="F483" t="s">
         <v>21</v>
       </c>
       <c r="G483" t="s">
-        <v>1889</v>
+        <v>22</v>
       </c>
       <c r="H483">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="I483">
         <v>2005</v>
       </c>
       <c r="J483" t="s">
-        <v>884</v>
+        <v>33</v>
       </c>
       <c r="K483" t="s">
         <v>34</v>
       </c>
-      <c r="L483"/>
+      <c r="L483" t="s">
+        <v>2408</v>
+      </c>
       <c r="M483" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N483" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O483" t="s">
-        <v>2403</v>
+        <v>2410</v>
       </c>
       <c r="P483" t="s">
-        <v>2404</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="484" spans="1:16">
       <c r="A484" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
       <c r="B484" t="s">
-        <v>2406</v>
+        <v>2413</v>
       </c>
       <c r="C484" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D484" t="s">
-        <v>1920</v>
+        <v>152</v>
       </c>
       <c r="E484" t="s">
         <v>20</v>
       </c>
       <c r="F484" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G484" t="s">
         <v>22</v>
       </c>
       <c r="H484">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="I484">
         <v>2025</v>
       </c>
       <c r="J484" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="K484" t="s">
         <v>34</v>
       </c>
       <c r="L484" t="s">
-        <v>2407</v>
+        <v>2414</v>
       </c>
       <c r="M484" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N484" t="s">
         <v>27</v>
       </c>
       <c r="O484" t="s">
-        <v>2408</v>
+        <v>2415</v>
       </c>
       <c r="P484" t="s">
-        <v>2409</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="485" spans="1:16">
       <c r="A485" t="s">
-        <v>2410</v>
+        <v>2417</v>
       </c>
       <c r="B485" t="s">
-        <v>2411</v>
+        <v>2418</v>
       </c>
       <c r="C485" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D485" t="s">
-        <v>105</v>
+        <v>1929</v>
       </c>
       <c r="E485" t="s">
         <v>20</v>
       </c>
       <c r="F485" t="s">
         <v>21</v>
       </c>
       <c r="G485" t="s">
-        <v>8</v>
+        <v>1898</v>
       </c>
       <c r="H485">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="I485">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="J485" t="s">
-        <v>1573</v>
+        <v>884</v>
       </c>
       <c r="K485" t="s">
         <v>34</v>
       </c>
-      <c r="L485" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L485"/>
       <c r="M485" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N485" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O485" t="s">
-        <v>2413</v>
+        <v>2419</v>
       </c>
       <c r="P485" t="s">
-        <v>2414</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="486" spans="1:16">
       <c r="A486" t="s">
-        <v>2415</v>
+        <v>2421</v>
       </c>
       <c r="B486" t="s">
-        <v>2416</v>
+        <v>2422</v>
       </c>
       <c r="C486" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D486" t="s">
-        <v>244</v>
+        <v>1929</v>
       </c>
       <c r="E486" t="s">
         <v>20</v>
       </c>
       <c r="F486" t="s">
         <v>21</v>
       </c>
       <c r="G486" t="s">
         <v>22</v>
       </c>
       <c r="H486">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I486">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="J486" t="s">
-        <v>884</v>
+        <v>1574</v>
       </c>
       <c r="K486" t="s">
         <v>34</v>
       </c>
       <c r="L486" t="s">
-        <v>2415</v>
+        <v>2423</v>
       </c>
       <c r="M486" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N486" t="s">
         <v>27</v>
       </c>
       <c r="O486" t="s">
-        <v>2417</v>
+        <v>2424</v>
       </c>
       <c r="P486" t="s">
-        <v>2418</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="487" spans="1:16">
       <c r="A487" t="s">
-        <v>2419</v>
+        <v>2426</v>
       </c>
       <c r="B487" t="s">
-        <v>2420</v>
+        <v>2427</v>
       </c>
       <c r="C487" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D487" t="s">
-        <v>204</v>
+        <v>105</v>
       </c>
       <c r="E487" t="s">
         <v>20</v>
       </c>
       <c r="F487" t="s">
         <v>21</v>
       </c>
       <c r="G487" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H487">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="I487">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J487" t="s">
-        <v>884</v>
+        <v>1574</v>
       </c>
       <c r="K487" t="s">
         <v>34</v>
       </c>
       <c r="L487" t="s">
-        <v>2419</v>
+        <v>2428</v>
       </c>
       <c r="M487" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N487" t="s">
         <v>27</v>
       </c>
       <c r="O487" t="s">
-        <v>2421</v>
+        <v>2429</v>
       </c>
       <c r="P487" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="488" spans="1:16">
       <c r="A488" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="B488" t="s">
-        <v>2424</v>
+        <v>2432</v>
       </c>
       <c r="C488" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D488" t="s">
-        <v>204</v>
+        <v>244</v>
       </c>
       <c r="E488" t="s">
         <v>20</v>
       </c>
       <c r="F488" t="s">
         <v>21</v>
       </c>
       <c r="G488" t="s">
         <v>22</v>
       </c>
       <c r="H488">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="I488">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J488" t="s">
         <v>884</v>
       </c>
       <c r="K488" t="s">
         <v>34</v>
       </c>
-      <c r="L488"/>
+      <c r="L488" t="s">
+        <v>2431</v>
+      </c>
       <c r="M488" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N488" t="s">
         <v>27</v>
       </c>
       <c r="O488" t="s">
-        <v>2425</v>
+        <v>2433</v>
       </c>
       <c r="P488" t="s">
-        <v>2426</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="489" spans="1:16">
       <c r="A489" t="s">
-        <v>2427</v>
+        <v>2435</v>
       </c>
       <c r="B489" t="s">
-        <v>2428</v>
+        <v>2436</v>
       </c>
       <c r="C489" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D489" t="s">
-        <v>1609</v>
+        <v>204</v>
       </c>
       <c r="E489" t="s">
         <v>20</v>
       </c>
       <c r="F489" t="s">
         <v>21</v>
       </c>
       <c r="G489" t="s">
         <v>22</v>
       </c>
       <c r="H489">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="I489">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J489" t="s">
         <v>884</v>
       </c>
       <c r="K489" t="s">
         <v>34</v>
       </c>
       <c r="L489" t="s">
-        <v>2427</v>
+        <v>2435</v>
       </c>
       <c r="M489" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N489" t="s">
         <v>27</v>
       </c>
       <c r="O489" t="s">
-        <v>2429</v>
+        <v>2437</v>
       </c>
       <c r="P489" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="490" spans="1:16">
       <c r="A490" t="s">
-        <v>2431</v>
+        <v>2439</v>
       </c>
       <c r="B490" t="s">
-        <v>2432</v>
+        <v>2440</v>
       </c>
       <c r="C490" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D490" t="s">
-        <v>1005</v>
+        <v>204</v>
       </c>
       <c r="E490" t="s">
         <v>20</v>
       </c>
       <c r="F490" t="s">
         <v>21</v>
       </c>
       <c r="G490" t="s">
         <v>22</v>
       </c>
       <c r="H490">
-        <v>2012</v>
+        <v>1995</v>
       </c>
       <c r="I490">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J490" t="s">
-        <v>79</v>
+        <v>884</v>
       </c>
       <c r="K490" t="s">
         <v>34</v>
       </c>
-      <c r="L490" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L490"/>
       <c r="M490" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N490" t="s">
         <v>27</v>
       </c>
       <c r="O490" t="s">
-        <v>2433</v>
+        <v>2441</v>
       </c>
       <c r="P490" t="s">
-        <v>2434</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="491" spans="1:16">
       <c r="A491" t="s">
-        <v>2435</v>
+        <v>2443</v>
       </c>
       <c r="B491" t="s">
-        <v>2436</v>
+        <v>2444</v>
       </c>
       <c r="C491" t="s">
-        <v>2437</v>
+        <v>2393</v>
       </c>
       <c r="D491" t="s">
-        <v>126</v>
+        <v>1618</v>
       </c>
       <c r="E491" t="s">
         <v>20</v>
       </c>
       <c r="F491" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G491" t="s">
         <v>22</v>
       </c>
       <c r="H491">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I491">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J491" t="s">
-        <v>2438</v>
+        <v>884</v>
       </c>
       <c r="K491" t="s">
         <v>34</v>
       </c>
       <c r="L491" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
       <c r="M491" t="s">
-        <v>2440</v>
+        <v>2394</v>
       </c>
       <c r="N491" t="s">
         <v>27</v>
       </c>
       <c r="O491" t="s">
-        <v>2441</v>
+        <v>2445</v>
       </c>
       <c r="P491" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="492" spans="1:16">
       <c r="A492" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="B492" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
       <c r="C492" t="s">
-        <v>2437</v>
+        <v>2393</v>
       </c>
       <c r="D492" t="s">
-        <v>854</v>
+        <v>1005</v>
       </c>
       <c r="E492" t="s">
         <v>20</v>
       </c>
       <c r="F492" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G492" t="s">
         <v>22</v>
       </c>
       <c r="H492">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="I492">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="J492" t="s">
-        <v>2438</v>
+        <v>79</v>
       </c>
       <c r="K492" t="s">
         <v>34</v>
       </c>
       <c r="L492" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="M492" t="s">
-        <v>2440</v>
+        <v>2394</v>
       </c>
       <c r="N492" t="s">
         <v>27</v>
       </c>
       <c r="O492" t="s">
-        <v>2446</v>
+        <v>2449</v>
       </c>
       <c r="P492" t="s">
-        <v>2447</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="493" spans="1:16">
       <c r="A493" t="s">
-        <v>2448</v>
+        <v>2451</v>
       </c>
       <c r="B493" t="s">
-        <v>2449</v>
+        <v>2452</v>
       </c>
       <c r="C493" t="s">
-        <v>2450</v>
+        <v>2453</v>
       </c>
       <c r="D493" t="s">
-        <v>544</v>
+        <v>126</v>
       </c>
       <c r="E493" t="s">
         <v>20</v>
       </c>
       <c r="F493" t="s">
         <v>43</v>
       </c>
       <c r="G493" t="s">
         <v>22</v>
       </c>
       <c r="H493">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="I493">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J493" t="s">
-        <v>2152</v>
+        <v>1582</v>
       </c>
       <c r="K493" t="s">
         <v>34</v>
       </c>
       <c r="L493" t="s">
-        <v>2451</v>
+        <v>2454</v>
       </c>
       <c r="M493" t="s">
-        <v>2452</v>
+        <v>2455</v>
       </c>
       <c r="N493" t="s">
         <v>27</v>
       </c>
       <c r="O493" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
       <c r="P493" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="494" spans="1:16">
       <c r="A494" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
       <c r="B494" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="C494" t="s">
-        <v>2450</v>
+        <v>2453</v>
       </c>
       <c r="D494" t="s">
-        <v>1005</v>
+        <v>854</v>
       </c>
       <c r="E494" t="s">
         <v>20</v>
       </c>
       <c r="F494" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="G494" t="s">
         <v>22</v>
       </c>
       <c r="H494">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="I494">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J494" t="s">
-        <v>2152</v>
+        <v>1582</v>
       </c>
       <c r="K494" t="s">
         <v>34</v>
       </c>
       <c r="L494" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
       <c r="M494" t="s">
-        <v>2452</v>
+        <v>2455</v>
       </c>
       <c r="N494" t="s">
         <v>27</v>
       </c>
       <c r="O494" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
       <c r="P494" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="495" spans="1:16">
       <c r="A495" t="s">
-        <v>2460</v>
+        <v>2463</v>
       </c>
       <c r="B495" t="s">
-        <v>2461</v>
+        <v>2464</v>
       </c>
       <c r="C495" t="s">
-        <v>2450</v>
+        <v>1969</v>
       </c>
       <c r="D495" t="s">
-        <v>204</v>
+        <v>544</v>
       </c>
       <c r="E495" t="s">
         <v>20</v>
       </c>
       <c r="F495" t="s">
         <v>43</v>
       </c>
       <c r="G495" t="s">
         <v>22</v>
       </c>
       <c r="H495">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I495">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="J495" t="s">
-        <v>2152</v>
+        <v>2168</v>
       </c>
       <c r="K495" t="s">
         <v>34</v>
       </c>
       <c r="L495" t="s">
-        <v>2462</v>
+        <v>2465</v>
       </c>
       <c r="M495" t="s">
-        <v>2452</v>
+        <v>1971</v>
       </c>
       <c r="N495" t="s">
         <v>27</v>
       </c>
       <c r="O495" t="s">
-        <v>2463</v>
+        <v>2466</v>
       </c>
       <c r="P495" t="s">
-        <v>2464</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="496" spans="1:16">
       <c r="A496" t="s">
-        <v>2465</v>
+        <v>2468</v>
       </c>
       <c r="B496" t="s">
-        <v>2466</v>
+        <v>2469</v>
       </c>
       <c r="C496" t="s">
-        <v>287</v>
+        <v>1969</v>
       </c>
       <c r="D496" t="s">
-        <v>204</v>
+        <v>1005</v>
       </c>
       <c r="E496" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F496" t="s">
-        <v>288</v>
+        <v>52</v>
       </c>
       <c r="G496" t="s">
         <v>22</v>
       </c>
       <c r="H496">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I496">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="J496" t="s">
-        <v>1964</v>
+        <v>2168</v>
       </c>
       <c r="K496" t="s">
         <v>34</v>
       </c>
       <c r="L496" t="s">
-        <v>2467</v>
+        <v>2470</v>
       </c>
       <c r="M496" t="s">
-        <v>2468</v>
+        <v>1971</v>
       </c>
       <c r="N496" t="s">
         <v>27</v>
       </c>
       <c r="O496" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="P496" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="497" spans="1:16">
       <c r="A497" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="B497" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="C497" t="s">
-        <v>287</v>
+        <v>1969</v>
       </c>
       <c r="D497" t="s">
-        <v>244</v>
+        <v>204</v>
       </c>
       <c r="E497" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F497" t="s">
-        <v>288</v>
+        <v>43</v>
       </c>
       <c r="G497" t="s">
         <v>22</v>
       </c>
       <c r="H497">
         <v>1993</v>
       </c>
       <c r="I497">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="J497" t="s">
-        <v>1964</v>
+        <v>2168</v>
       </c>
       <c r="K497" t="s">
         <v>34</v>
       </c>
       <c r="L497" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
       <c r="M497" t="s">
-        <v>2468</v>
+        <v>1971</v>
       </c>
       <c r="N497" t="s">
         <v>27</v>
       </c>
       <c r="O497" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
       <c r="P497" t="s">
-        <v>2470</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="498" spans="1:16">
       <c r="A498" t="s">
-        <v>2475</v>
+        <v>2478</v>
       </c>
       <c r="B498" t="s">
-        <v>2476</v>
+        <v>2479</v>
       </c>
       <c r="C498" t="s">
         <v>287</v>
       </c>
       <c r="D498" t="s">
-        <v>238</v>
+        <v>204</v>
       </c>
       <c r="E498" t="s">
         <v>61</v>
       </c>
       <c r="F498" t="s">
         <v>288</v>
       </c>
       <c r="G498" t="s">
         <v>22</v>
       </c>
       <c r="H498">
         <v>1993</v>
       </c>
       <c r="I498">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J498" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K498" t="s">
         <v>34</v>
       </c>
       <c r="L498" t="s">
-        <v>2477</v>
+        <v>2480</v>
       </c>
       <c r="M498" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N498" t="s">
         <v>27</v>
       </c>
       <c r="O498" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
       <c r="P498" t="s">
-        <v>2470</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="499" spans="1:16">
       <c r="A499" t="s">
-        <v>2479</v>
+        <v>2484</v>
       </c>
       <c r="B499" t="s">
-        <v>2480</v>
+        <v>2485</v>
       </c>
       <c r="C499" t="s">
         <v>287</v>
       </c>
       <c r="D499" t="s">
-        <v>105</v>
+        <v>244</v>
       </c>
       <c r="E499" t="s">
         <v>61</v>
       </c>
       <c r="F499" t="s">
         <v>288</v>
       </c>
       <c r="G499" t="s">
         <v>22</v>
       </c>
       <c r="H499">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="I499">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J499" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K499" t="s">
         <v>34</v>
       </c>
       <c r="L499" t="s">
+        <v>2486</v>
+      </c>
+      <c r="M499" t="s">
         <v>2481</v>
       </c>
-      <c r="M499" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N499" t="s">
         <v>27</v>
       </c>
       <c r="O499" t="s">
-        <v>2482</v>
+        <v>2487</v>
       </c>
       <c r="P499" t="s">
-        <v>2470</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="500" spans="1:16">
       <c r="A500" t="s">
-        <v>2483</v>
+        <v>2488</v>
       </c>
       <c r="B500" t="s">
-        <v>2484</v>
+        <v>2489</v>
       </c>
       <c r="C500" t="s">
         <v>287</v>
       </c>
       <c r="D500" t="s">
-        <v>111</v>
+        <v>238</v>
       </c>
       <c r="E500" t="s">
         <v>61</v>
       </c>
       <c r="F500" t="s">
         <v>288</v>
       </c>
       <c r="G500" t="s">
         <v>22</v>
       </c>
       <c r="H500">
         <v>1993</v>
       </c>
       <c r="I500">
         <v>2010</v>
       </c>
       <c r="J500" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K500" t="s">
         <v>34</v>
       </c>
       <c r="L500" t="s">
-        <v>2485</v>
+        <v>2490</v>
       </c>
       <c r="M500" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N500" t="s">
         <v>27</v>
       </c>
       <c r="O500" t="s">
-        <v>2486</v>
+        <v>2491</v>
       </c>
       <c r="P500" t="s">
-        <v>2470</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="501" spans="1:16">
       <c r="A501" t="s">
-        <v>2487</v>
+        <v>2492</v>
       </c>
       <c r="B501" t="s">
-        <v>2488</v>
+        <v>2493</v>
       </c>
       <c r="C501" t="s">
         <v>287</v>
       </c>
       <c r="D501" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="E501" t="s">
         <v>61</v>
       </c>
       <c r="F501" t="s">
         <v>288</v>
       </c>
       <c r="G501" t="s">
         <v>22</v>
       </c>
       <c r="H501">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="I501">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J501" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K501" t="s">
         <v>34</v>
       </c>
       <c r="L501" t="s">
-        <v>2489</v>
+        <v>2494</v>
       </c>
       <c r="M501" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N501" t="s">
         <v>27</v>
       </c>
       <c r="O501" t="s">
-        <v>2490</v>
+        <v>2495</v>
       </c>
       <c r="P501" t="s">
-        <v>2491</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="502" spans="1:16">
       <c r="A502" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="B502" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="C502" t="s">
         <v>287</v>
       </c>
       <c r="D502" t="s">
-        <v>244</v>
+        <v>111</v>
       </c>
       <c r="E502" t="s">
         <v>61</v>
       </c>
       <c r="F502" t="s">
         <v>288</v>
       </c>
       <c r="G502" t="s">
         <v>22</v>
       </c>
       <c r="H502">
         <v>1993</v>
       </c>
       <c r="I502">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="J502" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K502" t="s">
         <v>34</v>
       </c>
-      <c r="L502"/>
+      <c r="L502" t="s">
+        <v>2498</v>
+      </c>
       <c r="M502" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N502" t="s">
         <v>27</v>
       </c>
       <c r="O502" t="s">
-        <v>2494</v>
+        <v>2499</v>
       </c>
       <c r="P502" t="s">
-        <v>2470</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="503" spans="1:16">
       <c r="A503" t="s">
-        <v>2495</v>
+        <v>2500</v>
       </c>
       <c r="B503" t="s">
-        <v>2496</v>
+        <v>2501</v>
       </c>
       <c r="C503" t="s">
         <v>287</v>
       </c>
       <c r="D503" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="E503" t="s">
         <v>61</v>
       </c>
       <c r="F503" t="s">
         <v>288</v>
       </c>
       <c r="G503" t="s">
         <v>22</v>
       </c>
       <c r="H503">
         <v>1993</v>
       </c>
       <c r="I503">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J503" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K503" t="s">
         <v>34</v>
       </c>
       <c r="L503" t="s">
-        <v>2497</v>
+        <v>2502</v>
       </c>
       <c r="M503" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N503" t="s">
         <v>27</v>
       </c>
       <c r="O503" t="s">
-        <v>2498</v>
+        <v>2503</v>
       </c>
       <c r="P503" t="s">
-        <v>2470</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="504" spans="1:16">
       <c r="A504" t="s">
-        <v>2499</v>
+        <v>2505</v>
       </c>
       <c r="B504" t="s">
-        <v>2500</v>
+        <v>2506</v>
       </c>
       <c r="C504" t="s">
         <v>287</v>
       </c>
       <c r="D504" t="s">
         <v>244</v>
       </c>
       <c r="E504" t="s">
         <v>61</v>
       </c>
       <c r="F504" t="s">
         <v>288</v>
       </c>
       <c r="G504" t="s">
         <v>22</v>
       </c>
       <c r="H504">
         <v>1993</v>
       </c>
       <c r="I504">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J504" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K504" t="s">
         <v>34</v>
       </c>
-      <c r="L504" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L504"/>
       <c r="M504" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N504" t="s">
         <v>27</v>
       </c>
       <c r="O504" t="s">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="P504" t="s">
-        <v>2470</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="505" spans="1:16">
       <c r="A505" t="s">
-        <v>2503</v>
+        <v>2508</v>
       </c>
       <c r="B505" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
       <c r="C505" t="s">
         <v>287</v>
       </c>
       <c r="D505" t="s">
-        <v>220</v>
+        <v>99</v>
       </c>
       <c r="E505" t="s">
         <v>61</v>
       </c>
       <c r="F505" t="s">
         <v>288</v>
       </c>
       <c r="G505" t="s">
         <v>22</v>
       </c>
-      <c r="H505"/>
+      <c r="H505">
+        <v>1993</v>
+      </c>
       <c r="I505">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J505" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K505" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="L505"/>
+        <v>34</v>
+      </c>
+      <c r="L505" t="s">
+        <v>2510</v>
+      </c>
       <c r="M505" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N505" t="s">
-        <v>2018</v>
+        <v>27</v>
       </c>
       <c r="O505" t="s">
-        <v>2505</v>
+        <v>2511</v>
       </c>
       <c r="P505" t="s">
-        <v>2491</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="506" spans="1:16">
       <c r="A506" t="s">
-        <v>2506</v>
+        <v>2512</v>
       </c>
       <c r="B506" t="s">
-        <v>2507</v>
+        <v>2513</v>
       </c>
       <c r="C506" t="s">
         <v>287</v>
       </c>
       <c r="D506" t="s">
-        <v>1322</v>
+        <v>244</v>
       </c>
       <c r="E506" t="s">
         <v>61</v>
       </c>
       <c r="F506" t="s">
         <v>288</v>
       </c>
       <c r="G506" t="s">
         <v>22</v>
       </c>
       <c r="H506">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="I506">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J506" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K506" t="s">
         <v>34</v>
       </c>
       <c r="L506" t="s">
-        <v>2508</v>
+        <v>2514</v>
       </c>
       <c r="M506" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N506" t="s">
         <v>27</v>
       </c>
       <c r="O506" t="s">
-        <v>2509</v>
+        <v>2515</v>
       </c>
       <c r="P506" t="s">
-        <v>2491</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="507" spans="1:16">
       <c r="A507" t="s">
-        <v>2510</v>
+        <v>2516</v>
       </c>
       <c r="B507" t="s">
-        <v>2511</v>
+        <v>2517</v>
       </c>
       <c r="C507" t="s">
         <v>287</v>
       </c>
       <c r="D507" t="s">
-        <v>138</v>
+        <v>220</v>
       </c>
       <c r="E507" t="s">
         <v>61</v>
       </c>
       <c r="F507" t="s">
         <v>288</v>
       </c>
       <c r="G507" t="s">
         <v>22</v>
       </c>
-      <c r="H507">
+      <c r="H507"/>
+      <c r="I507">
         <v>2010</v>
       </c>
-      <c r="I507">
-[...1 lines deleted...]
-      </c>
       <c r="J507" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K507" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="L507"/>
       <c r="M507" t="s">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="N507" t="s">
-        <v>27</v>
+        <v>2034</v>
       </c>
       <c r="O507" t="s">
-        <v>2513</v>
+        <v>2518</v>
       </c>
       <c r="P507" t="s">
-        <v>2470</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="508" spans="1:16">
       <c r="A508" t="s">
-        <v>2514</v>
+        <v>2519</v>
       </c>
       <c r="B508" t="s">
-        <v>2515</v>
+        <v>2520</v>
       </c>
       <c r="C508" t="s">
-        <v>2113</v>
+        <v>287</v>
       </c>
       <c r="D508" t="s">
-        <v>204</v>
+        <v>1322</v>
       </c>
       <c r="E508" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F508" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
       <c r="G508" t="s">
         <v>22</v>
       </c>
       <c r="H508">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="I508">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J508" t="s">
-        <v>2152</v>
+        <v>1980</v>
       </c>
       <c r="K508" t="s">
         <v>34</v>
       </c>
-      <c r="L508"/>
+      <c r="L508" t="s">
+        <v>2521</v>
+      </c>
       <c r="M508" t="s">
-        <v>2116</v>
+        <v>2481</v>
       </c>
       <c r="N508" t="s">
         <v>27</v>
       </c>
       <c r="O508" t="s">
-        <v>2516</v>
+        <v>2522</v>
       </c>
       <c r="P508" t="s">
-        <v>2517</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="509" spans="1:16">
       <c r="A509" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
       <c r="B509" t="s">
-        <v>2519</v>
+        <v>2524</v>
       </c>
       <c r="C509" t="s">
-        <v>2113</v>
+        <v>287</v>
       </c>
       <c r="D509" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="E509" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F509" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
       <c r="G509" t="s">
         <v>22</v>
       </c>
       <c r="H509">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I509">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J509" t="s">
-        <v>2152</v>
+        <v>1980</v>
       </c>
       <c r="K509" t="s">
         <v>34</v>
       </c>
       <c r="L509" t="s">
-        <v>2520</v>
+        <v>2525</v>
       </c>
       <c r="M509" t="s">
-        <v>2116</v>
+        <v>2481</v>
       </c>
       <c r="N509" t="s">
         <v>27</v>
       </c>
       <c r="O509" t="s">
-        <v>2521</v>
+        <v>2526</v>
       </c>
       <c r="P509" t="s">
-        <v>2522</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="510" spans="1:16">
       <c r="A510" t="s">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="B510" t="s">
-        <v>2524</v>
+        <v>2528</v>
       </c>
       <c r="C510" t="s">
-        <v>2113</v>
+        <v>2129</v>
       </c>
       <c r="D510" t="s">
-        <v>544</v>
+        <v>204</v>
       </c>
       <c r="E510" t="s">
         <v>20</v>
       </c>
       <c r="F510" t="s">
         <v>52</v>
       </c>
       <c r="G510" t="s">
         <v>22</v>
       </c>
       <c r="H510">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="I510">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J510" t="s">
-        <v>2152</v>
+        <v>2168</v>
       </c>
       <c r="K510" t="s">
         <v>34</v>
       </c>
-      <c r="L510" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L510"/>
       <c r="M510" t="s">
-        <v>2116</v>
+        <v>2132</v>
       </c>
       <c r="N510" t="s">
         <v>27</v>
       </c>
       <c r="O510" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
       <c r="P510" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="511" spans="1:16">
       <c r="A511" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="B511" t="s">
-        <v>2529</v>
+        <v>2532</v>
       </c>
       <c r="C511" t="s">
-        <v>2113</v>
+        <v>2129</v>
       </c>
       <c r="D511" t="s">
-        <v>238</v>
+        <v>111</v>
       </c>
       <c r="E511" t="s">
         <v>20</v>
       </c>
       <c r="F511" t="s">
         <v>52</v>
       </c>
       <c r="G511" t="s">
         <v>22</v>
       </c>
       <c r="H511">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="I511">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="J511" t="s">
-        <v>2152</v>
+        <v>2168</v>
       </c>
       <c r="K511" t="s">
         <v>34</v>
       </c>
-      <c r="L511"/>
+      <c r="L511" t="s">
+        <v>2533</v>
+      </c>
       <c r="M511" t="s">
-        <v>2116</v>
+        <v>2132</v>
       </c>
       <c r="N511" t="s">
         <v>27</v>
       </c>
       <c r="O511" t="s">
-        <v>2530</v>
+        <v>2534</v>
       </c>
       <c r="P511" t="s">
-        <v>2531</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="512" spans="1:16">
       <c r="A512" t="s">
-        <v>2532</v>
+        <v>2536</v>
       </c>
       <c r="B512" t="s">
-        <v>2533</v>
+        <v>2537</v>
       </c>
       <c r="C512" t="s">
-        <v>280</v>
+        <v>2129</v>
       </c>
       <c r="D512" t="s">
-        <v>204</v>
+        <v>544</v>
       </c>
       <c r="E512" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F512" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G512" t="s">
         <v>22</v>
       </c>
       <c r="H512">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="I512">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J512" t="s">
-        <v>87</v>
+        <v>2168</v>
       </c>
       <c r="K512" t="s">
         <v>34</v>
       </c>
       <c r="L512" t="s">
-        <v>2534</v>
+        <v>2538</v>
       </c>
       <c r="M512" t="s">
-        <v>282</v>
+        <v>2132</v>
       </c>
       <c r="N512" t="s">
         <v>27</v>
       </c>
       <c r="O512" t="s">
-        <v>2535</v>
+        <v>2539</v>
       </c>
       <c r="P512" t="s">
-        <v>284</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="513" spans="1:16">
       <c r="A513" t="s">
-        <v>2536</v>
+        <v>2541</v>
       </c>
       <c r="B513" t="s">
-        <v>2537</v>
+        <v>2542</v>
       </c>
       <c r="C513" t="s">
-        <v>280</v>
+        <v>2129</v>
       </c>
       <c r="D513" t="s">
-        <v>204</v>
+        <v>238</v>
       </c>
       <c r="E513" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F513" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G513" t="s">
         <v>22</v>
       </c>
       <c r="H513">
-        <v>1991</v>
+        <v>2007</v>
       </c>
       <c r="I513">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="J513" t="s">
-        <v>87</v>
+        <v>2168</v>
       </c>
       <c r="K513" t="s">
         <v>34</v>
       </c>
-      <c r="L513" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L513"/>
       <c r="M513" t="s">
-        <v>282</v>
+        <v>2132</v>
       </c>
       <c r="N513" t="s">
         <v>27</v>
       </c>
       <c r="O513" t="s">
-        <v>2538</v>
+        <v>2543</v>
       </c>
       <c r="P513" t="s">
-        <v>284</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="514" spans="1:16">
       <c r="A514" t="s">
-        <v>2539</v>
+        <v>2545</v>
       </c>
       <c r="B514" t="s">
-        <v>2540</v>
+        <v>2546</v>
       </c>
       <c r="C514" t="s">
         <v>280</v>
       </c>
       <c r="D514" t="s">
         <v>204</v>
       </c>
       <c r="E514" t="s">
         <v>61</v>
       </c>
       <c r="F514" t="s">
         <v>21</v>
       </c>
       <c r="G514" t="s">
         <v>22</v>
       </c>
       <c r="H514">
         <v>1991</v>
       </c>
       <c r="I514">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="J514" t="s">
         <v>87</v>
       </c>
       <c r="K514" t="s">
         <v>34</v>
       </c>
       <c r="L514" t="s">
-        <v>2541</v>
+        <v>2547</v>
       </c>
       <c r="M514" t="s">
-        <v>707</v>
+        <v>282</v>
       </c>
       <c r="N514" t="s">
         <v>27</v>
       </c>
       <c r="O514" t="s">
-        <v>2542</v>
+        <v>2548</v>
       </c>
       <c r="P514" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="515" spans="1:16">
       <c r="A515" t="s">
-        <v>2543</v>
+        <v>2549</v>
       </c>
       <c r="B515" t="s">
-        <v>2544</v>
+        <v>2550</v>
       </c>
       <c r="C515" t="s">
         <v>280</v>
       </c>
       <c r="D515" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="E515" t="s">
         <v>61</v>
       </c>
       <c r="F515" t="s">
         <v>21</v>
       </c>
       <c r="G515" t="s">
         <v>22</v>
       </c>
       <c r="H515">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="I515">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="J515" t="s">
         <v>87</v>
       </c>
       <c r="K515" t="s">
         <v>34</v>
       </c>
       <c r="L515" t="s">
-        <v>766</v>
+        <v>701</v>
       </c>
       <c r="M515" t="s">
         <v>282</v>
       </c>
       <c r="N515" t="s">
         <v>27</v>
       </c>
       <c r="O515" t="s">
-        <v>2545</v>
+        <v>2551</v>
       </c>
       <c r="P515" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="516" spans="1:16">
       <c r="A516" t="s">
-        <v>2546</v>
+        <v>2552</v>
       </c>
       <c r="B516" t="s">
-        <v>192</v>
+        <v>2553</v>
       </c>
       <c r="C516" t="s">
         <v>280</v>
       </c>
       <c r="D516" t="s">
-        <v>647</v>
+        <v>204</v>
       </c>
       <c r="E516" t="s">
         <v>61</v>
       </c>
       <c r="F516" t="s">
         <v>21</v>
       </c>
       <c r="G516" t="s">
         <v>22</v>
       </c>
       <c r="H516">
-        <v>2011</v>
+        <v>1991</v>
       </c>
       <c r="I516">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J516" t="s">
         <v>87</v>
       </c>
       <c r="K516" t="s">
         <v>34</v>
       </c>
       <c r="L516" t="s">
-        <v>766</v>
+        <v>2554</v>
       </c>
       <c r="M516" t="s">
-        <v>282</v>
+        <v>707</v>
       </c>
       <c r="N516" t="s">
         <v>27</v>
       </c>
       <c r="O516" t="s">
-        <v>2547</v>
+        <v>2555</v>
       </c>
       <c r="P516" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="517" spans="1:16">
       <c r="A517" t="s">
-        <v>2546</v>
+        <v>2556</v>
       </c>
       <c r="B517" t="s">
-        <v>192</v>
+        <v>2557</v>
       </c>
       <c r="C517" t="s">
         <v>280</v>
       </c>
       <c r="D517" t="s">
         <v>192</v>
       </c>
       <c r="E517" t="s">
         <v>61</v>
       </c>
       <c r="F517" t="s">
         <v>21</v>
       </c>
       <c r="G517" t="s">
         <v>22</v>
       </c>
       <c r="H517">
         <v>1996</v>
       </c>
       <c r="I517">
         <v>2011</v>
       </c>
       <c r="J517" t="s">
         <v>87</v>
       </c>
       <c r="K517" t="s">
         <v>34</v>
       </c>
       <c r="L517" t="s">
         <v>766</v>
       </c>
       <c r="M517" t="s">
         <v>282</v>
       </c>
       <c r="N517" t="s">
         <v>27</v>
       </c>
       <c r="O517" t="s">
-        <v>2548</v>
+        <v>2558</v>
       </c>
       <c r="P517" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="518" spans="1:16">
       <c r="A518" t="s">
-        <v>2549</v>
+        <v>2559</v>
       </c>
       <c r="B518" t="s">
-        <v>2550</v>
+        <v>192</v>
       </c>
       <c r="C518" t="s">
-        <v>2551</v>
+        <v>280</v>
       </c>
       <c r="D518" t="s">
-        <v>854</v>
+        <v>647</v>
       </c>
       <c r="E518" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F518" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G518" t="s">
         <v>22</v>
       </c>
       <c r="H518">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="I518">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="J518" t="s">
-        <v>2552</v>
+        <v>87</v>
       </c>
       <c r="K518" t="s">
         <v>34</v>
       </c>
-      <c r="L518"/>
+      <c r="L518" t="s">
+        <v>766</v>
+      </c>
       <c r="M518" t="s">
-        <v>2553</v>
+        <v>282</v>
       </c>
       <c r="N518" t="s">
         <v>27</v>
       </c>
       <c r="O518" t="s">
-        <v>2554</v>
+        <v>2560</v>
       </c>
       <c r="P518" t="s">
-        <v>2555</v>
+        <v>284</v>
       </c>
     </row>
     <row r="519" spans="1:16">
       <c r="A519" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
       <c r="B519" t="s">
-        <v>2557</v>
+        <v>192</v>
       </c>
       <c r="C519" t="s">
-        <v>2558</v>
+        <v>280</v>
       </c>
       <c r="D519" t="s">
-        <v>99</v>
+        <v>192</v>
       </c>
       <c r="E519" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F519" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G519" t="s">
         <v>22</v>
       </c>
       <c r="H519">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="I519">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="J519" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="K519" t="s">
         <v>34</v>
       </c>
       <c r="L519" t="s">
-        <v>2559</v>
+        <v>766</v>
       </c>
       <c r="M519" t="s">
-        <v>2560</v>
+        <v>282</v>
       </c>
       <c r="N519" t="s">
         <v>27</v>
       </c>
       <c r="O519" t="s">
         <v>2561</v>
       </c>
       <c r="P519" t="s">
-        <v>2562</v>
+        <v>284</v>
       </c>
     </row>
     <row r="520" spans="1:16">
       <c r="A520" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B520" t="s">
         <v>2563</v>
       </c>
-      <c r="B520" t="s">
+      <c r="C520" t="s">
         <v>2564</v>
       </c>
-      <c r="C520" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D520" t="s">
-        <v>238</v>
+        <v>854</v>
       </c>
       <c r="E520" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F520" t="s">
-        <v>288</v>
+        <v>43</v>
       </c>
       <c r="G520" t="s">
         <v>22</v>
       </c>
       <c r="H520">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="I520">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J520" t="s">
-        <v>818</v>
+        <v>2565</v>
       </c>
       <c r="K520" t="s">
         <v>34</v>
       </c>
       <c r="L520"/>
       <c r="M520" t="s">
-        <v>813</v>
+        <v>2566</v>
       </c>
       <c r="N520" t="s">
         <v>27</v>
       </c>
       <c r="O520" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="P520" t="s">
-        <v>820</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="521" spans="1:16">
       <c r="A521" t="s">
-        <v>2563</v>
+        <v>2569</v>
       </c>
       <c r="B521" t="s">
-        <v>138</v>
+        <v>2570</v>
       </c>
       <c r="C521" t="s">
-        <v>811</v>
+        <v>2571</v>
       </c>
       <c r="D521" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="E521" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F521" t="s">
-        <v>288</v>
+        <v>52</v>
       </c>
       <c r="G521" t="s">
         <v>22</v>
       </c>
       <c r="H521">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="I521">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J521" t="s">
-        <v>818</v>
+        <v>62</v>
       </c>
       <c r="K521" t="s">
         <v>34</v>
       </c>
-      <c r="L521"/>
+      <c r="L521" t="s">
+        <v>2572</v>
+      </c>
       <c r="M521" t="s">
-        <v>813</v>
+        <v>2573</v>
       </c>
       <c r="N521" t="s">
         <v>27</v>
       </c>
       <c r="O521" t="s">
-        <v>2566</v>
+        <v>2574</v>
       </c>
       <c r="P521" t="s">
-        <v>820</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="522" spans="1:16">
       <c r="A522" t="s">
-        <v>2567</v>
+        <v>2576</v>
       </c>
       <c r="B522" t="s">
-        <v>2568</v>
+        <v>2577</v>
       </c>
       <c r="C522" t="s">
-        <v>2569</v>
+        <v>811</v>
       </c>
       <c r="D522" t="s">
-        <v>2570</v>
+        <v>238</v>
       </c>
       <c r="E522" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F522" t="s">
-        <v>2571</v>
+        <v>288</v>
       </c>
       <c r="G522" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H522">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I522">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="J522" t="s">
-        <v>1399</v>
+        <v>818</v>
       </c>
       <c r="K522" t="s">
         <v>34</v>
       </c>
-      <c r="L522" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L522"/>
       <c r="M522" t="s">
-        <v>2573</v>
+        <v>813</v>
       </c>
       <c r="N522" t="s">
         <v>27</v>
       </c>
       <c r="O522" t="s">
-        <v>2574</v>
+        <v>2578</v>
       </c>
       <c r="P522" t="s">
-        <v>2575</v>
+        <v>820</v>
       </c>
     </row>
     <row r="523" spans="1:16">
       <c r="A523" t="s">
         <v>2576</v>
       </c>
       <c r="B523" t="s">
-        <v>2577</v>
+        <v>138</v>
       </c>
       <c r="C523" t="s">
         <v>811</v>
       </c>
       <c r="D523" t="s">
-        <v>173</v>
+        <v>138</v>
       </c>
       <c r="E523" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F523" t="s">
-        <v>2571</v>
+        <v>288</v>
       </c>
       <c r="G523" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H523">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="I523">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="J523" t="s">
-        <v>1399</v>
+        <v>818</v>
       </c>
       <c r="K523" t="s">
         <v>34</v>
       </c>
-      <c r="L523" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L523"/>
       <c r="M523" t="s">
-        <v>2573</v>
+        <v>813</v>
       </c>
       <c r="N523" t="s">
         <v>27</v>
       </c>
       <c r="O523" t="s">
         <v>2579</v>
       </c>
       <c r="P523" t="s">
-        <v>2575</v>
+        <v>820</v>
       </c>
     </row>
     <row r="524" spans="1:16">
       <c r="A524" t="s">
         <v>2580</v>
       </c>
       <c r="B524" t="s">
         <v>2581</v>
       </c>
       <c r="C524" t="s">
-        <v>811</v>
+        <v>2582</v>
       </c>
       <c r="D524" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="E524" t="s">
         <v>20</v>
       </c>
       <c r="F524" t="s">
-        <v>43</v>
+        <v>2584</v>
       </c>
       <c r="G524" t="s">
         <v>8</v>
       </c>
       <c r="H524">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I524">
         <v>2024</v>
       </c>
       <c r="J524" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="K524" t="s">
         <v>34</v>
       </c>
       <c r="L524" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="M524" t="s">
-        <v>2573</v>
+        <v>2586</v>
       </c>
       <c r="N524" t="s">
         <v>27</v>
       </c>
       <c r="O524" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
       <c r="P524" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="525" spans="1:16">
       <c r="A525" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B525" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C525" t="s">
+        <v>811</v>
+      </c>
+      <c r="D525" t="s">
+        <v>173</v>
+      </c>
+      <c r="E525" t="s">
+        <v>20</v>
+      </c>
+      <c r="F525" t="s">
+        <v>2584</v>
+      </c>
+      <c r="G525" t="s">
+        <v>8</v>
+      </c>
+      <c r="H525">
+        <v>2004</v>
+      </c>
+      <c r="I525">
+        <v>2024</v>
+      </c>
+      <c r="J525" t="s">
+        <v>1400</v>
+      </c>
+      <c r="K525" t="s">
+        <v>34</v>
+      </c>
+      <c r="L525" t="s">
+        <v>2591</v>
+      </c>
+      <c r="M525" t="s">
         <v>2586</v>
       </c>
-      <c r="B525" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="N525" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O525" t="s">
+        <v>2592</v>
+      </c>
+      <c r="P525" t="s">
         <v>2588</v>
-      </c>
-[...1 lines deleted...]
-        <v>2589</v>
       </c>
     </row>
     <row r="526" spans="1:16">
       <c r="A526" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="B526" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="C526" t="s">
-        <v>2592</v>
+        <v>811</v>
       </c>
       <c r="D526" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="E526" t="s">
         <v>20</v>
       </c>
       <c r="F526" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G526" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H526">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I526">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="J526" t="s">
-        <v>33</v>
+        <v>1400</v>
       </c>
       <c r="K526" t="s">
         <v>34</v>
       </c>
-      <c r="L526"/>
+      <c r="L526" t="s">
+        <v>2596</v>
+      </c>
       <c r="M526" t="s">
-        <v>2594</v>
+        <v>2586</v>
       </c>
       <c r="N526" t="s">
         <v>27</v>
       </c>
       <c r="O526" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="P526" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="527" spans="1:16">
       <c r="A527" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
       <c r="B527" t="s">
-        <v>2598</v>
+        <v>2600</v>
       </c>
       <c r="C527" t="s">
-        <v>2599</v>
+        <v>280</v>
       </c>
       <c r="D527" t="s">
-        <v>2600</v>
+        <v>105</v>
       </c>
       <c r="E527" t="s">
         <v>61</v>
       </c>
       <c r="F527" t="s">
         <v>52</v>
       </c>
       <c r="G527" t="s">
         <v>22</v>
       </c>
       <c r="H527">
+        <v>2012</v>
+      </c>
+      <c r="I527">
         <v>2015</v>
       </c>
-      <c r="I527">
-[...1 lines deleted...]
-      </c>
       <c r="J527" t="s">
-        <v>1274</v>
+        <v>87</v>
       </c>
       <c r="K527" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L527"/>
       <c r="M527" t="s">
+        <v>282</v>
+      </c>
+      <c r="N527" t="s">
+        <v>36</v>
+      </c>
+      <c r="O527" t="s">
         <v>2601</v>
       </c>
-      <c r="N527" t="s">
-[...2 lines deleted...]
-      <c r="O527" t="s">
+      <c r="P527" t="s">
         <v>2602</v>
-      </c>
-[...1 lines deleted...]
-        <v>2603</v>
       </c>
     </row>
     <row r="528" spans="1:16">
       <c r="A528" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B528" t="s">
         <v>2604</v>
       </c>
-      <c r="B528" t="s">
+      <c r="C528" t="s">
         <v>2605</v>
       </c>
-      <c r="C528" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D528" t="s">
-        <v>99</v>
+        <v>2606</v>
       </c>
       <c r="E528" t="s">
         <v>20</v>
       </c>
       <c r="F528" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G528" t="s">
         <v>22</v>
       </c>
       <c r="H528">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I528">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J528" t="s">
-        <v>2152</v>
+        <v>33</v>
       </c>
       <c r="K528" t="s">
         <v>34</v>
       </c>
-      <c r="L528" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L528"/>
       <c r="M528" t="s">
-        <v>2116</v>
+        <v>2607</v>
       </c>
       <c r="N528" t="s">
         <v>27</v>
       </c>
       <c r="O528" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="P528" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="529" spans="1:16">
       <c r="A529" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="B529" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="C529" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="D529" t="s">
-        <v>244</v>
+        <v>2613</v>
       </c>
       <c r="E529" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F529" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G529" t="s">
         <v>22</v>
       </c>
       <c r="H529">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I529">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J529" t="s">
-        <v>1964</v>
+        <v>1274</v>
       </c>
       <c r="K529" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L529"/>
       <c r="M529" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="N529" t="s">
         <v>27</v>
       </c>
       <c r="O529" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="P529" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="530" spans="1:16">
       <c r="A530" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="B530" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="C530" t="s">
-        <v>2592</v>
+        <v>2129</v>
       </c>
       <c r="D530" t="s">
-        <v>2618</v>
+        <v>99</v>
       </c>
       <c r="E530" t="s">
         <v>20</v>
       </c>
       <c r="F530" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G530" t="s">
         <v>22</v>
       </c>
       <c r="H530">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I530">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J530" t="s">
-        <v>33</v>
+        <v>2168</v>
       </c>
       <c r="K530" t="s">
         <v>34</v>
       </c>
-      <c r="L530"/>
+      <c r="L530" t="s">
+        <v>2619</v>
+      </c>
       <c r="M530" t="s">
-        <v>2594</v>
+        <v>2132</v>
       </c>
       <c r="N530" t="s">
         <v>27</v>
       </c>
       <c r="O530" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="P530" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="531" spans="1:16">
       <c r="A531" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="B531" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="C531" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="D531" t="s">
-        <v>2624</v>
+        <v>244</v>
       </c>
       <c r="E531" t="s">
         <v>20</v>
       </c>
       <c r="F531" t="s">
+        <v>21</v>
+      </c>
+      <c r="G531" t="s">
+        <v>22</v>
+      </c>
+      <c r="H531">
+        <v>2013</v>
+      </c>
+      <c r="I531">
+        <v>2020</v>
+      </c>
+      <c r="J531" t="s">
+        <v>1980</v>
+      </c>
+      <c r="K531" t="s">
+        <v>34</v>
+      </c>
+      <c r="L531" t="s">
         <v>2625</v>
       </c>
-      <c r="G531" t="s">
-[...8 lines deleted...]
-      <c r="J531" t="s">
+      <c r="M531" t="s">
         <v>2626</v>
       </c>
-      <c r="K531" t="s">
-[...3 lines deleted...]
-      <c r="M531" t="s">
+      <c r="N531" t="s">
+        <v>27</v>
+      </c>
+      <c r="O531" t="s">
         <v>2627</v>
       </c>
-      <c r="N531" t="s">
+      <c r="P531" t="s">
         <v>2628</v>
-      </c>
-[...4 lines deleted...]
-        <v>2630</v>
       </c>
     </row>
     <row r="532" spans="1:16">
       <c r="A532" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B532" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C532" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D532" t="s">
         <v>2631</v>
       </c>
-      <c r="B532" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E532" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F532" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G532" t="s">
         <v>22</v>
       </c>
       <c r="H532">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I532">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J532" t="s">
-        <v>87</v>
+        <v>33</v>
       </c>
       <c r="K532" t="s">
         <v>34</v>
       </c>
       <c r="L532"/>
       <c r="M532" t="s">
-        <v>282</v>
+        <v>2607</v>
       </c>
       <c r="N532" t="s">
         <v>27</v>
       </c>
       <c r="O532" t="s">
+        <v>2632</v>
+      </c>
+      <c r="P532" t="s">
         <v>2633</v>
-      </c>
-[...1 lines deleted...]
-        <v>2634</v>
       </c>
     </row>
     <row r="533" spans="1:16">
       <c r="A533" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B533" t="s">
         <v>2635</v>
       </c>
-      <c r="B533" t="s">
+      <c r="C533" t="s">
         <v>2636</v>
       </c>
-      <c r="C533" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D533" t="s">
-        <v>616</v>
+        <v>2637</v>
       </c>
       <c r="E533" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F533" t="s">
-        <v>52</v>
+        <v>2638</v>
       </c>
       <c r="G533" t="s">
         <v>22</v>
       </c>
       <c r="H533">
-        <v>2011</v>
+        <v>1982</v>
       </c>
       <c r="I533">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="J533" t="s">
-        <v>87</v>
+        <v>2639</v>
       </c>
       <c r="K533" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L533"/>
       <c r="M533" t="s">
-        <v>282</v>
+        <v>2640</v>
       </c>
       <c r="N533" t="s">
-        <v>27</v>
+        <v>2641</v>
       </c>
       <c r="O533" t="s">
-        <v>2638</v>
+        <v>2642</v>
       </c>
       <c r="P533" t="s">
-        <v>2639</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="534" spans="1:16">
       <c r="A534" t="s">
-        <v>2640</v>
+        <v>2644</v>
       </c>
       <c r="B534" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
       <c r="C534" t="s">
         <v>280</v>
       </c>
       <c r="D534" t="s">
-        <v>152</v>
+        <v>192</v>
       </c>
       <c r="E534" t="s">
         <v>61</v>
       </c>
       <c r="F534" t="s">
         <v>52</v>
       </c>
       <c r="G534" t="s">
         <v>22</v>
       </c>
       <c r="H534">
         <v>2010</v>
       </c>
       <c r="I534">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J534" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="K534" t="s">
         <v>34</v>
       </c>
       <c r="L534"/>
       <c r="M534" t="s">
         <v>282</v>
       </c>
       <c r="N534" t="s">
         <v>27</v>
       </c>
       <c r="O534" t="s">
-        <v>2642</v>
+        <v>2646</v>
       </c>
       <c r="P534" t="s">
-        <v>2643</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="535" spans="1:16">
       <c r="A535" t="s">
-        <v>2644</v>
+        <v>2648</v>
       </c>
       <c r="B535" t="s">
-        <v>2645</v>
+        <v>2649</v>
       </c>
       <c r="C535" t="s">
         <v>280</v>
       </c>
       <c r="D535" t="s">
-        <v>99</v>
+        <v>616</v>
       </c>
       <c r="E535" t="s">
         <v>61</v>
       </c>
       <c r="F535" t="s">
         <v>52</v>
       </c>
       <c r="G535" t="s">
         <v>22</v>
       </c>
       <c r="H535">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I535">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J535" t="s">
         <v>87</v>
       </c>
       <c r="K535" t="s">
         <v>34</v>
       </c>
       <c r="L535" t="s">
-        <v>2646</v>
+        <v>2650</v>
       </c>
       <c r="M535" t="s">
         <v>282</v>
       </c>
       <c r="N535" t="s">
         <v>27</v>
       </c>
       <c r="O535" t="s">
-        <v>2647</v>
+        <v>2651</v>
       </c>
       <c r="P535" t="s">
-        <v>2648</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="536" spans="1:16">
       <c r="A536" t="s">
-        <v>2649</v>
+        <v>2653</v>
       </c>
       <c r="B536" t="s">
-        <v>2650</v>
+        <v>2654</v>
       </c>
       <c r="C536" t="s">
         <v>280</v>
       </c>
       <c r="D536" t="s">
-        <v>204</v>
+        <v>152</v>
       </c>
       <c r="E536" t="s">
         <v>61</v>
       </c>
       <c r="F536" t="s">
         <v>52</v>
       </c>
       <c r="G536" t="s">
         <v>22</v>
       </c>
       <c r="H536">
         <v>2010</v>
       </c>
       <c r="I536">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J536" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="K536" t="s">
         <v>34</v>
       </c>
-      <c r="L536" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L536"/>
       <c r="M536" t="s">
         <v>282</v>
       </c>
       <c r="N536" t="s">
         <v>27</v>
       </c>
       <c r="O536" t="s">
-        <v>2651</v>
+        <v>2655</v>
       </c>
       <c r="P536" t="s">
-        <v>2652</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="537" spans="1:16">
       <c r="A537" t="s">
-        <v>2653</v>
+        <v>2657</v>
       </c>
       <c r="B537" t="s">
-        <v>2654</v>
+        <v>2658</v>
       </c>
       <c r="C537" t="s">
         <v>280</v>
       </c>
       <c r="D537" t="s">
-        <v>244</v>
+        <v>99</v>
       </c>
       <c r="E537" t="s">
         <v>61</v>
       </c>
       <c r="F537" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G537" t="s">
         <v>22</v>
       </c>
       <c r="H537">
         <v>2010</v>
       </c>
       <c r="I537">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J537" t="s">
         <v>87</v>
       </c>
       <c r="K537" t="s">
         <v>34</v>
       </c>
       <c r="L537" t="s">
-        <v>2655</v>
+        <v>2659</v>
       </c>
       <c r="M537" t="s">
         <v>282</v>
       </c>
       <c r="N537" t="s">
         <v>27</v>
       </c>
       <c r="O537" t="s">
-        <v>2656</v>
+        <v>2660</v>
       </c>
       <c r="P537" t="s">
-        <v>2657</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="538" spans="1:16">
       <c r="A538" t="s">
-        <v>2658</v>
+        <v>2662</v>
       </c>
       <c r="B538" t="s">
-        <v>1922</v>
+        <v>2663</v>
       </c>
       <c r="C538" t="s">
-        <v>2659</v>
+        <v>280</v>
       </c>
       <c r="D538" t="s">
-        <v>99</v>
+        <v>204</v>
       </c>
       <c r="E538" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F538" t="s">
         <v>52</v>
       </c>
       <c r="G538" t="s">
         <v>22</v>
       </c>
       <c r="H538">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I538">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J538" t="s">
-        <v>2552</v>
+        <v>87</v>
       </c>
       <c r="K538" t="s">
         <v>34</v>
       </c>
-      <c r="L538"/>
+      <c r="L538" t="s">
+        <v>2554</v>
+      </c>
       <c r="M538" t="s">
-        <v>2660</v>
+        <v>282</v>
       </c>
       <c r="N538" t="s">
         <v>27</v>
       </c>
       <c r="O538" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="P538" t="s">
-        <v>2662</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="539" spans="1:16">
       <c r="A539" t="s">
-        <v>2663</v>
+        <v>2666</v>
       </c>
       <c r="B539" t="s">
-        <v>2664</v>
+        <v>2667</v>
       </c>
       <c r="C539" t="s">
-        <v>646</v>
+        <v>280</v>
       </c>
       <c r="D539" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="E539" t="s">
         <v>61</v>
       </c>
       <c r="F539" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G539" t="s">
         <v>22</v>
       </c>
       <c r="H539">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I539">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J539" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="K539" t="s">
         <v>34</v>
       </c>
       <c r="L539" t="s">
-        <v>2665</v>
+        <v>2668</v>
       </c>
       <c r="M539" t="s">
-        <v>649</v>
+        <v>282</v>
       </c>
       <c r="N539" t="s">
         <v>27</v>
       </c>
       <c r="O539" t="s">
-        <v>2666</v>
+        <v>2669</v>
       </c>
       <c r="P539" t="s">
-        <v>2667</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="540" spans="1:16">
       <c r="A540" t="s">
-        <v>2668</v>
+        <v>2671</v>
       </c>
       <c r="B540" t="s">
-        <v>2669</v>
+        <v>1931</v>
       </c>
       <c r="C540" t="s">
-        <v>646</v>
+        <v>2672</v>
       </c>
       <c r="D540" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="E540" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F540" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G540" t="s">
         <v>22</v>
       </c>
       <c r="H540">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I540">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J540" t="s">
-        <v>70</v>
+        <v>2565</v>
       </c>
       <c r="K540" t="s">
         <v>34</v>
       </c>
-      <c r="L540" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L540"/>
       <c r="M540" t="s">
-        <v>649</v>
+        <v>2673</v>
       </c>
       <c r="N540" t="s">
         <v>27</v>
       </c>
       <c r="O540" t="s">
-        <v>2671</v>
+        <v>2674</v>
       </c>
       <c r="P540" t="s">
-        <v>2672</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="541" spans="1:16">
       <c r="A541" t="s">
-        <v>2673</v>
+        <v>2676</v>
       </c>
       <c r="B541" t="s">
-        <v>2674</v>
+        <v>2677</v>
       </c>
       <c r="C541" t="s">
         <v>646</v>
       </c>
       <c r="D541" t="s">
-        <v>510</v>
+        <v>238</v>
       </c>
       <c r="E541" t="s">
         <v>61</v>
       </c>
       <c r="F541" t="s">
         <v>43</v>
       </c>
       <c r="G541" t="s">
         <v>22</v>
       </c>
       <c r="H541">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I541">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J541" t="s">
         <v>70</v>
       </c>
       <c r="K541" t="s">
-        <v>1907</v>
+        <v>34</v>
       </c>
       <c r="L541" t="s">
-        <v>2675</v>
+        <v>2678</v>
       </c>
       <c r="M541" t="s">
         <v>649</v>
       </c>
       <c r="N541" t="s">
         <v>27</v>
       </c>
       <c r="O541" t="s">
-        <v>2676</v>
+        <v>2679</v>
       </c>
       <c r="P541" t="s">
-        <v>2677</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="542" spans="1:16">
       <c r="A542" t="s">
-        <v>2678</v>
+        <v>2681</v>
       </c>
       <c r="B542" t="s">
-        <v>2679</v>
+        <v>2682</v>
       </c>
       <c r="C542" t="s">
         <v>646</v>
       </c>
       <c r="D542" t="s">
-        <v>204</v>
+        <v>111</v>
       </c>
       <c r="E542" t="s">
         <v>61</v>
       </c>
       <c r="F542" t="s">
         <v>43</v>
       </c>
       <c r="G542" t="s">
         <v>22</v>
       </c>
       <c r="H542">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I542">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="J542" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="K542" t="s">
         <v>34</v>
       </c>
       <c r="L542" t="s">
-        <v>2680</v>
+        <v>2683</v>
       </c>
       <c r="M542" t="s">
         <v>649</v>
       </c>
       <c r="N542" t="s">
         <v>27</v>
       </c>
       <c r="O542" t="s">
-        <v>2681</v>
+        <v>2684</v>
       </c>
       <c r="P542" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="543" spans="1:16">
       <c r="A543" t="s">
-        <v>2683</v>
+        <v>2686</v>
       </c>
       <c r="B543" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="C543" t="s">
         <v>646</v>
       </c>
       <c r="D543" t="s">
-        <v>2685</v>
+        <v>510</v>
       </c>
       <c r="E543" t="s">
         <v>61</v>
       </c>
       <c r="F543" t="s">
         <v>43</v>
       </c>
       <c r="G543" t="s">
         <v>22</v>
       </c>
       <c r="H543">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I543">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J543" t="s">
         <v>70</v>
       </c>
       <c r="K543" t="s">
-        <v>34</v>
+        <v>1916</v>
       </c>
       <c r="L543" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="M543" t="s">
         <v>649</v>
       </c>
       <c r="N543" t="s">
         <v>27</v>
       </c>
       <c r="O543" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="P543" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="544" spans="1:16">
       <c r="A544" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
       <c r="B544" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
       <c r="C544" t="s">
-        <v>2377</v>
+        <v>646</v>
       </c>
       <c r="D544" t="s">
-        <v>99</v>
+        <v>204</v>
       </c>
       <c r="E544" t="s">
         <v>61</v>
       </c>
       <c r="F544" t="s">
-        <v>288</v>
+        <v>43</v>
       </c>
       <c r="G544" t="s">
         <v>22</v>
       </c>
       <c r="H544">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="I544">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="J544" t="s">
-        <v>1964</v>
+        <v>23</v>
       </c>
       <c r="K544" t="s">
         <v>34</v>
       </c>
       <c r="L544" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="M544" t="s">
-        <v>2692</v>
+        <v>649</v>
       </c>
       <c r="N544" t="s">
         <v>27</v>
       </c>
       <c r="O544" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="P544" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="545" spans="1:16">
       <c r="A545" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
       <c r="B545" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
       <c r="C545" t="s">
-        <v>2377</v>
+        <v>646</v>
       </c>
       <c r="D545" t="s">
-        <v>244</v>
+        <v>2698</v>
       </c>
       <c r="E545" t="s">
         <v>61</v>
       </c>
       <c r="F545" t="s">
-        <v>288</v>
+        <v>43</v>
       </c>
       <c r="G545" t="s">
         <v>22</v>
       </c>
       <c r="H545">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I545">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="J545" t="s">
-        <v>1964</v>
+        <v>70</v>
       </c>
       <c r="K545" t="s">
         <v>34</v>
       </c>
       <c r="L545" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="M545" t="s">
-        <v>2692</v>
+        <v>649</v>
       </c>
       <c r="N545" t="s">
         <v>27</v>
       </c>
       <c r="O545" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="P545" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="546" spans="1:16">
       <c r="A546" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="B546" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="C546" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D546" t="s">
-        <v>204</v>
+        <v>99</v>
       </c>
       <c r="E546" t="s">
         <v>61</v>
       </c>
       <c r="F546" t="s">
         <v>288</v>
       </c>
       <c r="G546" t="s">
         <v>22</v>
       </c>
       <c r="H546">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="I546">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J546" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K546" t="s">
         <v>34</v>
       </c>
       <c r="L546" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="M546" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N546" t="s">
         <v>27</v>
       </c>
       <c r="O546" t="s">
-        <v>2703</v>
+        <v>2706</v>
       </c>
       <c r="P546" t="s">
-        <v>2704</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="547" spans="1:16">
       <c r="A547" t="s">
-        <v>2705</v>
+        <v>2708</v>
       </c>
       <c r="B547" t="s">
-        <v>2706</v>
+        <v>2709</v>
       </c>
       <c r="C547" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D547" t="s">
-        <v>105</v>
+        <v>244</v>
       </c>
       <c r="E547" t="s">
         <v>61</v>
       </c>
       <c r="F547" t="s">
         <v>288</v>
       </c>
       <c r="G547" t="s">
         <v>22</v>
       </c>
       <c r="H547">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="I547">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J547" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K547" t="s">
         <v>34</v>
       </c>
       <c r="L547" t="s">
-        <v>2707</v>
+        <v>2710</v>
       </c>
       <c r="M547" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N547" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O547" t="s">
-        <v>2708</v>
+        <v>2711</v>
       </c>
       <c r="P547" t="s">
-        <v>2709</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="548" spans="1:16">
       <c r="A548" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
       <c r="B548" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
       <c r="C548" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D548" t="s">
-        <v>244</v>
+        <v>204</v>
       </c>
       <c r="E548" t="s">
         <v>61</v>
       </c>
       <c r="F548" t="s">
         <v>288</v>
       </c>
       <c r="G548" t="s">
         <v>22</v>
       </c>
       <c r="H548">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="I548">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J548" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K548" t="s">
         <v>34</v>
       </c>
       <c r="L548" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
       <c r="M548" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N548" t="s">
         <v>27</v>
       </c>
       <c r="O548" t="s">
-        <v>2713</v>
+        <v>2716</v>
       </c>
       <c r="P548" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="549" spans="1:16">
       <c r="A549" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="B549" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="C549" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D549" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="E549" t="s">
         <v>61</v>
       </c>
       <c r="F549" t="s">
         <v>288</v>
       </c>
       <c r="G549" t="s">
         <v>22</v>
       </c>
       <c r="H549">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="I549">
         <v>2012</v>
       </c>
       <c r="J549" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K549" t="s">
         <v>34</v>
       </c>
       <c r="L549" t="s">
-        <v>2717</v>
+        <v>2720</v>
       </c>
       <c r="M549" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N549" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O549" t="s">
-        <v>2718</v>
+        <v>2721</v>
       </c>
       <c r="P549" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="550" spans="1:16">
       <c r="A550" t="s">
-        <v>2720</v>
+        <v>2723</v>
       </c>
       <c r="B550" t="s">
-        <v>2721</v>
+        <v>2724</v>
       </c>
       <c r="C550" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D550" t="s">
-        <v>111</v>
+        <v>244</v>
       </c>
       <c r="E550" t="s">
         <v>61</v>
       </c>
       <c r="F550" t="s">
         <v>288</v>
       </c>
       <c r="G550" t="s">
         <v>22</v>
       </c>
       <c r="H550">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="I550">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J550" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K550" t="s">
         <v>34</v>
       </c>
       <c r="L550" t="s">
-        <v>2722</v>
+        <v>2725</v>
       </c>
       <c r="M550" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N550" t="s">
         <v>27</v>
       </c>
       <c r="O550" t="s">
-        <v>2723</v>
+        <v>2726</v>
       </c>
       <c r="P550" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="551" spans="1:16">
       <c r="A551" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="B551" t="s">
-        <v>2726</v>
+        <v>2729</v>
       </c>
       <c r="C551" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D551" t="s">
-        <v>544</v>
+        <v>111</v>
       </c>
       <c r="E551" t="s">
         <v>61</v>
       </c>
       <c r="F551" t="s">
         <v>288</v>
       </c>
       <c r="G551" t="s">
         <v>22</v>
       </c>
       <c r="H551">
         <v>1996</v>
       </c>
       <c r="I551">
         <v>2012</v>
       </c>
       <c r="J551" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K551" t="s">
         <v>34</v>
       </c>
       <c r="L551" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
       <c r="M551" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N551" t="s">
         <v>27</v>
       </c>
       <c r="O551" t="s">
-        <v>2728</v>
+        <v>2731</v>
       </c>
       <c r="P551" t="s">
-        <v>2729</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="552" spans="1:16">
       <c r="A552" t="s">
-        <v>2730</v>
+        <v>2733</v>
       </c>
       <c r="B552" t="s">
-        <v>2731</v>
+        <v>2734</v>
       </c>
       <c r="C552" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D552" t="s">
-        <v>244</v>
+        <v>111</v>
       </c>
       <c r="E552" t="s">
         <v>61</v>
       </c>
       <c r="F552" t="s">
         <v>288</v>
       </c>
       <c r="G552" t="s">
         <v>22</v>
       </c>
       <c r="H552">
         <v>1996</v>
       </c>
       <c r="I552">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J552" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K552" t="s">
         <v>34</v>
       </c>
       <c r="L552" t="s">
-        <v>2732</v>
+        <v>2735</v>
       </c>
       <c r="M552" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N552" t="s">
         <v>27</v>
       </c>
       <c r="O552" t="s">
-        <v>2733</v>
+        <v>2736</v>
       </c>
       <c r="P552" t="s">
-        <v>2734</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="553" spans="1:16">
       <c r="A553" t="s">
-        <v>2735</v>
+        <v>2738</v>
       </c>
       <c r="B553" t="s">
-        <v>2736</v>
+        <v>2739</v>
       </c>
       <c r="C553" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D553" t="s">
         <v>544</v>
       </c>
       <c r="E553" t="s">
         <v>61</v>
       </c>
       <c r="F553" t="s">
         <v>288</v>
       </c>
       <c r="G553" t="s">
         <v>22</v>
       </c>
       <c r="H553">
         <v>1996</v>
       </c>
       <c r="I553">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J553" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K553" t="s">
         <v>34</v>
       </c>
       <c r="L553" t="s">
-        <v>2737</v>
+        <v>2740</v>
       </c>
       <c r="M553" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N553" t="s">
         <v>27</v>
       </c>
       <c r="O553" t="s">
-        <v>2738</v>
+        <v>2741</v>
       </c>
       <c r="P553" t="s">
-        <v>2739</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="554" spans="1:16">
       <c r="A554" t="s">
-        <v>2740</v>
+        <v>2743</v>
       </c>
       <c r="B554" t="s">
-        <v>2741</v>
+        <v>2744</v>
       </c>
       <c r="C554" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D554" t="s">
-        <v>544</v>
+        <v>244</v>
       </c>
       <c r="E554" t="s">
         <v>61</v>
       </c>
       <c r="F554" t="s">
         <v>288</v>
       </c>
       <c r="G554" t="s">
         <v>22</v>
       </c>
       <c r="H554">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="I554">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J554" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K554" t="s">
         <v>34</v>
       </c>
       <c r="L554" t="s">
-        <v>2742</v>
+        <v>2745</v>
       </c>
       <c r="M554" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N554" t="s">
         <v>27</v>
       </c>
       <c r="O554" t="s">
-        <v>2743</v>
+        <v>2746</v>
       </c>
       <c r="P554" t="s">
-        <v>2744</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="555" spans="1:16">
       <c r="A555" t="s">
-        <v>2745</v>
+        <v>2748</v>
       </c>
       <c r="B555" t="s">
-        <v>2746</v>
+        <v>2749</v>
       </c>
       <c r="C555" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D555" t="s">
-        <v>244</v>
+        <v>544</v>
       </c>
       <c r="E555" t="s">
         <v>61</v>
       </c>
       <c r="F555" t="s">
         <v>288</v>
       </c>
       <c r="G555" t="s">
         <v>22</v>
       </c>
       <c r="H555">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="I555">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J555" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K555" t="s">
         <v>34</v>
       </c>
       <c r="L555" t="s">
-        <v>2747</v>
+        <v>2750</v>
       </c>
       <c r="M555" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N555" t="s">
         <v>27</v>
       </c>
       <c r="O555" t="s">
-        <v>2748</v>
+        <v>2751</v>
       </c>
       <c r="P555" t="s">
-        <v>2749</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="556" spans="1:16">
       <c r="A556" t="s">
-        <v>2750</v>
+        <v>2753</v>
       </c>
       <c r="B556" t="s">
-        <v>2751</v>
+        <v>2754</v>
       </c>
       <c r="C556" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D556" t="s">
-        <v>204</v>
+        <v>544</v>
       </c>
       <c r="E556" t="s">
         <v>61</v>
       </c>
       <c r="F556" t="s">
         <v>288</v>
       </c>
       <c r="G556" t="s">
         <v>22</v>
       </c>
       <c r="H556">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="I556">
         <v>2012</v>
       </c>
       <c r="J556" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K556" t="s">
         <v>34</v>
       </c>
       <c r="L556" t="s">
-        <v>2752</v>
+        <v>2755</v>
       </c>
       <c r="M556" t="s">
-        <v>2753</v>
+        <v>2705</v>
       </c>
       <c r="N556" t="s">
         <v>27</v>
       </c>
       <c r="O556" t="s">
-        <v>2754</v>
+        <v>2756</v>
       </c>
       <c r="P556" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="557" spans="1:16">
       <c r="A557" t="s">
-        <v>2756</v>
+        <v>2758</v>
       </c>
       <c r="B557" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
       <c r="C557" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D557" t="s">
-        <v>1920</v>
+        <v>244</v>
       </c>
       <c r="E557" t="s">
         <v>61</v>
       </c>
       <c r="F557" t="s">
         <v>288</v>
       </c>
       <c r="G557" t="s">
         <v>22</v>
       </c>
       <c r="H557">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="I557">
         <v>2012</v>
       </c>
       <c r="J557" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K557" t="s">
         <v>34</v>
       </c>
       <c r="L557" t="s">
-        <v>2758</v>
+        <v>2760</v>
       </c>
       <c r="M557" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N557" t="s">
         <v>27</v>
       </c>
       <c r="O557" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="P557" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="558" spans="1:16">
       <c r="A558" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
       <c r="B558" t="s">
-        <v>2762</v>
+        <v>2764</v>
       </c>
       <c r="C558" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D558" t="s">
-        <v>238</v>
+        <v>204</v>
       </c>
       <c r="E558" t="s">
         <v>61</v>
       </c>
       <c r="F558" t="s">
         <v>288</v>
       </c>
       <c r="G558" t="s">
         <v>22</v>
       </c>
       <c r="H558">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I558">
         <v>2012</v>
       </c>
       <c r="J558" t="s">
-        <v>1964</v>
+        <v>818</v>
       </c>
       <c r="K558" t="s">
         <v>34</v>
       </c>
       <c r="L558" t="s">
-        <v>2763</v>
+        <v>2765</v>
       </c>
       <c r="M558" t="s">
-        <v>2692</v>
+        <v>2766</v>
       </c>
       <c r="N558" t="s">
         <v>27</v>
       </c>
       <c r="O558" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="P558" t="s">
-        <v>2765</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="559" spans="1:16">
       <c r="A559" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
       <c r="B559" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="C559" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D559" t="s">
-        <v>2768</v>
+        <v>1929</v>
       </c>
       <c r="E559" t="s">
         <v>61</v>
       </c>
       <c r="F559" t="s">
         <v>288</v>
       </c>
       <c r="G559" t="s">
         <v>22</v>
       </c>
       <c r="H559">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="I559">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J559" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K559" t="s">
         <v>34</v>
       </c>
       <c r="L559" t="s">
-        <v>2769</v>
+        <v>2771</v>
       </c>
       <c r="M559" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N559" t="s">
         <v>27</v>
       </c>
       <c r="O559" t="s">
-        <v>2770</v>
+        <v>2772</v>
       </c>
       <c r="P559" t="s">
-        <v>2771</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="560" spans="1:16">
       <c r="A560" t="s">
-        <v>2772</v>
+        <v>2774</v>
       </c>
       <c r="B560" t="s">
-        <v>2773</v>
+        <v>2775</v>
       </c>
       <c r="C560" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D560" t="s">
-        <v>325</v>
+        <v>238</v>
       </c>
       <c r="E560" t="s">
         <v>61</v>
       </c>
       <c r="F560" t="s">
         <v>288</v>
       </c>
       <c r="G560" t="s">
         <v>22</v>
       </c>
       <c r="H560">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I560">
         <v>2012</v>
       </c>
       <c r="J560" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K560" t="s">
         <v>34</v>
       </c>
       <c r="L560" t="s">
-        <v>2774</v>
+        <v>2776</v>
       </c>
       <c r="M560" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N560" t="s">
         <v>27</v>
       </c>
       <c r="O560" t="s">
-        <v>2775</v>
+        <v>2777</v>
       </c>
       <c r="P560" t="s">
-        <v>2776</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="561" spans="1:16">
       <c r="A561" t="s">
-        <v>2777</v>
+        <v>2779</v>
       </c>
       <c r="B561" t="s">
-        <v>2778</v>
+        <v>2780</v>
       </c>
       <c r="C561" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D561" t="s">
-        <v>544</v>
+        <v>2781</v>
       </c>
       <c r="E561" t="s">
         <v>61</v>
       </c>
       <c r="F561" t="s">
         <v>288</v>
       </c>
       <c r="G561" t="s">
         <v>22</v>
       </c>
       <c r="H561">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="I561">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J561" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K561" t="s">
         <v>34</v>
       </c>
       <c r="L561" t="s">
-        <v>2779</v>
+        <v>2782</v>
       </c>
       <c r="M561" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N561" t="s">
         <v>27</v>
       </c>
       <c r="O561" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
       <c r="P561" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="562" spans="1:16">
       <c r="A562" t="s">
-        <v>2782</v>
+        <v>2785</v>
       </c>
       <c r="B562" t="s">
-        <v>2783</v>
+        <v>2786</v>
       </c>
       <c r="C562" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D562" t="s">
-        <v>204</v>
+        <v>325</v>
       </c>
       <c r="E562" t="s">
         <v>61</v>
       </c>
       <c r="F562" t="s">
         <v>288</v>
       </c>
       <c r="G562" t="s">
         <v>22</v>
       </c>
       <c r="H562">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="I562">
         <v>2012</v>
       </c>
       <c r="J562" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K562" t="s">
         <v>34</v>
       </c>
       <c r="L562" t="s">
-        <v>2784</v>
+        <v>2787</v>
       </c>
       <c r="M562" t="s">
-        <v>2753</v>
+        <v>2705</v>
       </c>
       <c r="N562" t="s">
         <v>27</v>
       </c>
       <c r="O562" t="s">
-        <v>2785</v>
+        <v>2788</v>
       </c>
       <c r="P562" t="s">
-        <v>2755</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="563" spans="1:16">
       <c r="A563" t="s">
-        <v>2786</v>
+        <v>2790</v>
       </c>
       <c r="B563" t="s">
-        <v>2787</v>
+        <v>2791</v>
       </c>
       <c r="C563" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D563" t="s">
-        <v>1235</v>
+        <v>544</v>
       </c>
       <c r="E563" t="s">
         <v>61</v>
       </c>
       <c r="F563" t="s">
         <v>288</v>
       </c>
       <c r="G563" t="s">
         <v>22</v>
       </c>
       <c r="H563">
         <v>2003</v>
       </c>
       <c r="I563">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J563" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K563" t="s">
         <v>34</v>
       </c>
       <c r="L563" t="s">
-        <v>2788</v>
+        <v>2792</v>
       </c>
       <c r="M563" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N563" t="s">
         <v>27</v>
       </c>
       <c r="O563" t="s">
-        <v>2789</v>
+        <v>2793</v>
       </c>
       <c r="P563" t="s">
-        <v>2790</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="564" spans="1:16">
       <c r="A564" t="s">
-        <v>2791</v>
+        <v>2795</v>
       </c>
       <c r="B564" t="s">
-        <v>2792</v>
+        <v>2796</v>
       </c>
       <c r="C564" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D564" t="s">
-        <v>244</v>
+        <v>204</v>
       </c>
       <c r="E564" t="s">
         <v>61</v>
       </c>
       <c r="F564" t="s">
         <v>288</v>
       </c>
       <c r="G564" t="s">
         <v>22</v>
       </c>
       <c r="H564">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="I564">
         <v>2012</v>
       </c>
       <c r="J564" t="s">
-        <v>1964</v>
+        <v>818</v>
       </c>
       <c r="K564" t="s">
         <v>34</v>
       </c>
       <c r="L564" t="s">
-        <v>2793</v>
+        <v>2797</v>
       </c>
       <c r="M564" t="s">
-        <v>2692</v>
+        <v>2766</v>
       </c>
       <c r="N564" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O564" t="s">
-        <v>2794</v>
+        <v>2798</v>
       </c>
       <c r="P564" t="s">
-        <v>2795</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="565" spans="1:16">
       <c r="A565" t="s">
-        <v>2796</v>
+        <v>2799</v>
       </c>
       <c r="B565" t="s">
-        <v>2797</v>
+        <v>2800</v>
       </c>
       <c r="C565" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D565" t="s">
-        <v>544</v>
+        <v>1235</v>
       </c>
       <c r="E565" t="s">
         <v>61</v>
       </c>
       <c r="F565" t="s">
         <v>288</v>
       </c>
       <c r="G565" t="s">
         <v>22</v>
       </c>
       <c r="H565">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="I565">
         <v>2012</v>
       </c>
       <c r="J565" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K565" t="s">
         <v>34</v>
       </c>
       <c r="L565" t="s">
-        <v>2798</v>
+        <v>2801</v>
       </c>
       <c r="M565" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N565" t="s">
         <v>27</v>
       </c>
       <c r="O565" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
       <c r="P565" t="s">
-        <v>2800</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="566" spans="1:16">
       <c r="A566" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="B566" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
       <c r="C566" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D566" t="s">
-        <v>544</v>
+        <v>244</v>
       </c>
       <c r="E566" t="s">
         <v>61</v>
       </c>
       <c r="F566" t="s">
         <v>288</v>
       </c>
       <c r="G566" t="s">
         <v>22</v>
       </c>
       <c r="H566">
         <v>2004</v>
       </c>
       <c r="I566">
         <v>2012</v>
       </c>
       <c r="J566" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K566" t="s">
         <v>34</v>
       </c>
       <c r="L566" t="s">
-        <v>2798</v>
+        <v>2806</v>
       </c>
       <c r="M566" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N566" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O566" t="s">
-        <v>2803</v>
+        <v>2807</v>
       </c>
       <c r="P566" t="s">
-        <v>2804</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="567" spans="1:16">
       <c r="A567" t="s">
-        <v>2805</v>
+        <v>2809</v>
       </c>
       <c r="B567" t="s">
-        <v>2806</v>
+        <v>2810</v>
       </c>
       <c r="C567" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D567" t="s">
-        <v>325</v>
+        <v>544</v>
       </c>
       <c r="E567" t="s">
         <v>61</v>
       </c>
       <c r="F567" t="s">
         <v>288</v>
       </c>
       <c r="G567" t="s">
         <v>22</v>
       </c>
       <c r="H567">
         <v>2004</v>
       </c>
       <c r="I567">
         <v>2012</v>
       </c>
       <c r="J567" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K567" t="s">
         <v>34</v>
       </c>
       <c r="L567" t="s">
-        <v>2807</v>
+        <v>2811</v>
       </c>
       <c r="M567" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N567" t="s">
         <v>27</v>
       </c>
       <c r="O567" t="s">
-        <v>2808</v>
+        <v>2812</v>
       </c>
       <c r="P567" t="s">
-        <v>2809</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="568" spans="1:16">
       <c r="A568" t="s">
-        <v>2810</v>
+        <v>2814</v>
       </c>
       <c r="B568" t="s">
-        <v>2811</v>
+        <v>2815</v>
       </c>
       <c r="C568" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D568" t="s">
-        <v>111</v>
+        <v>544</v>
       </c>
       <c r="E568" t="s">
         <v>61</v>
       </c>
       <c r="F568" t="s">
         <v>288</v>
       </c>
       <c r="G568" t="s">
         <v>22</v>
       </c>
       <c r="H568">
         <v>2004</v>
       </c>
       <c r="I568">
         <v>2012</v>
       </c>
       <c r="J568" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K568" t="s">
         <v>34</v>
       </c>
       <c r="L568" t="s">
-        <v>2717</v>
+        <v>2811</v>
       </c>
       <c r="M568" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N568" t="s">
         <v>27</v>
       </c>
       <c r="O568" t="s">
-        <v>2812</v>
+        <v>2816</v>
       </c>
       <c r="P568" t="s">
-        <v>2813</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="569" spans="1:16">
       <c r="A569" t="s">
-        <v>2814</v>
+        <v>2818</v>
       </c>
       <c r="B569" t="s">
-        <v>2815</v>
+        <v>2819</v>
       </c>
       <c r="C569" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D569" t="s">
-        <v>111</v>
+        <v>325</v>
       </c>
       <c r="E569" t="s">
         <v>61</v>
       </c>
       <c r="F569" t="s">
         <v>288</v>
       </c>
       <c r="G569" t="s">
         <v>22</v>
       </c>
       <c r="H569">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I569">
         <v>2012</v>
       </c>
       <c r="J569" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K569" t="s">
         <v>34</v>
       </c>
       <c r="L569" t="s">
-        <v>2816</v>
+        <v>2820</v>
       </c>
       <c r="M569" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N569" t="s">
         <v>27</v>
       </c>
       <c r="O569" t="s">
-        <v>2817</v>
+        <v>2821</v>
       </c>
       <c r="P569" t="s">
-        <v>2818</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="570" spans="1:16">
       <c r="A570" t="s">
-        <v>2819</v>
+        <v>2823</v>
       </c>
       <c r="B570" t="s">
-        <v>2820</v>
+        <v>2824</v>
       </c>
       <c r="C570" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D570" t="s">
-        <v>544</v>
+        <v>111</v>
       </c>
       <c r="E570" t="s">
         <v>61</v>
       </c>
       <c r="F570" t="s">
         <v>288</v>
       </c>
       <c r="G570" t="s">
         <v>22</v>
       </c>
       <c r="H570">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I570">
         <v>2012</v>
       </c>
       <c r="J570" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K570" t="s">
         <v>34</v>
       </c>
       <c r="L570" t="s">
-        <v>2821</v>
+        <v>2730</v>
       </c>
       <c r="M570" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N570" t="s">
         <v>27</v>
       </c>
       <c r="O570" t="s">
-        <v>2822</v>
+        <v>2825</v>
       </c>
       <c r="P570" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="571" spans="1:16">
       <c r="A571" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="B571" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
       <c r="C571" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D571" t="s">
         <v>111</v>
       </c>
       <c r="E571" t="s">
         <v>61</v>
       </c>
       <c r="F571" t="s">
         <v>288</v>
       </c>
       <c r="G571" t="s">
         <v>22</v>
       </c>
       <c r="H571">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="I571">
         <v>2012</v>
       </c>
       <c r="J571" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K571" t="s">
         <v>34</v>
       </c>
       <c r="L571" t="s">
-        <v>2826</v>
+        <v>2829</v>
       </c>
       <c r="M571" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N571" t="s">
         <v>27</v>
       </c>
       <c r="O571" t="s">
-        <v>2827</v>
+        <v>2830</v>
       </c>
       <c r="P571" t="s">
-        <v>2828</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="572" spans="1:16">
       <c r="A572" t="s">
-        <v>2829</v>
+        <v>2832</v>
       </c>
       <c r="B572" t="s">
-        <v>2830</v>
+        <v>2833</v>
       </c>
       <c r="C572" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D572" t="s">
-        <v>678</v>
+        <v>544</v>
       </c>
       <c r="E572" t="s">
         <v>61</v>
       </c>
       <c r="F572" t="s">
         <v>288</v>
       </c>
       <c r="G572" t="s">
         <v>22</v>
       </c>
       <c r="H572">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="I572">
         <v>2012</v>
       </c>
       <c r="J572" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K572" t="s">
         <v>34</v>
       </c>
       <c r="L572" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
       <c r="M572" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N572" t="s">
         <v>27</v>
       </c>
       <c r="O572" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
       <c r="P572" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="573" spans="1:16">
       <c r="A573" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
       <c r="B573" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="C573" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D573" t="s">
-        <v>550</v>
+        <v>111</v>
       </c>
       <c r="E573" t="s">
         <v>61</v>
       </c>
       <c r="F573" t="s">
         <v>288</v>
       </c>
       <c r="G573" t="s">
         <v>22</v>
       </c>
       <c r="H573">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="I573">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J573" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K573" t="s">
         <v>34</v>
       </c>
       <c r="L573" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
       <c r="M573" t="s">
-        <v>2753</v>
+        <v>2705</v>
       </c>
       <c r="N573" t="s">
         <v>27</v>
       </c>
       <c r="O573" t="s">
-        <v>2837</v>
+        <v>2840</v>
       </c>
       <c r="P573" t="s">
-        <v>2755</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="574" spans="1:16">
       <c r="A574" t="s">
-        <v>2838</v>
+        <v>2842</v>
       </c>
       <c r="B574" t="s">
-        <v>2839</v>
+        <v>2843</v>
       </c>
       <c r="C574" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D574" t="s">
-        <v>185</v>
+        <v>678</v>
       </c>
       <c r="E574" t="s">
         <v>61</v>
       </c>
       <c r="F574" t="s">
         <v>288</v>
       </c>
       <c r="G574" t="s">
         <v>22</v>
       </c>
       <c r="H574">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I574">
         <v>2012</v>
       </c>
       <c r="J574" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K574" t="s">
         <v>34</v>
       </c>
       <c r="L574" t="s">
-        <v>2840</v>
+        <v>2844</v>
       </c>
       <c r="M574" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N574" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O574" t="s">
-        <v>2841</v>
+        <v>2845</v>
       </c>
       <c r="P574" t="s">
-        <v>2842</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="575" spans="1:16">
       <c r="A575" t="s">
-        <v>2843</v>
+        <v>2847</v>
       </c>
       <c r="B575" t="s">
-        <v>2844</v>
+        <v>2848</v>
       </c>
       <c r="C575" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D575" t="s">
-        <v>2845</v>
+        <v>550</v>
       </c>
       <c r="E575" t="s">
         <v>61</v>
       </c>
       <c r="F575" t="s">
         <v>288</v>
       </c>
       <c r="G575" t="s">
         <v>22</v>
       </c>
       <c r="H575">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I575">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J575" t="s">
-        <v>1964</v>
+        <v>818</v>
       </c>
       <c r="K575" t="s">
         <v>34</v>
       </c>
       <c r="L575" t="s">
-        <v>2846</v>
+        <v>2849</v>
       </c>
       <c r="M575" t="s">
-        <v>2692</v>
+        <v>2766</v>
       </c>
       <c r="N575" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O575" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
       <c r="P575" t="s">
-        <v>2848</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="576" spans="1:16">
       <c r="A576" t="s">
-        <v>2849</v>
+        <v>2851</v>
       </c>
       <c r="B576" t="s">
-        <v>2850</v>
+        <v>2852</v>
       </c>
       <c r="C576" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D576" t="s">
-        <v>2851</v>
+        <v>185</v>
       </c>
       <c r="E576" t="s">
         <v>61</v>
       </c>
       <c r="F576" t="s">
         <v>288</v>
       </c>
       <c r="G576" t="s">
         <v>22</v>
       </c>
       <c r="H576">
         <v>2008</v>
       </c>
       <c r="I576">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J576" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K576" t="s">
         <v>34</v>
       </c>
       <c r="L576" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="M576" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N576" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O576" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
       <c r="P576" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="577" spans="1:16">
       <c r="A577" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
       <c r="B577" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="C577" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D577" t="s">
-        <v>105</v>
+        <v>2858</v>
       </c>
       <c r="E577" t="s">
         <v>61</v>
       </c>
       <c r="F577" t="s">
         <v>288</v>
       </c>
       <c r="G577" t="s">
         <v>22</v>
       </c>
       <c r="H577">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="I577">
         <v>2012</v>
       </c>
       <c r="J577" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K577" t="s">
         <v>34</v>
       </c>
       <c r="L577" t="s">
-        <v>2857</v>
+        <v>2859</v>
       </c>
       <c r="M577" t="s">
-        <v>2753</v>
+        <v>2705</v>
       </c>
       <c r="N577" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O577" t="s">
-        <v>2858</v>
+        <v>2860</v>
       </c>
       <c r="P577" t="s">
-        <v>2755</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="578" spans="1:16">
       <c r="A578" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
       <c r="B578" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="C578" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D578" t="s">
-        <v>479</v>
+        <v>2864</v>
       </c>
       <c r="E578" t="s">
         <v>61</v>
       </c>
       <c r="F578" t="s">
         <v>288</v>
       </c>
       <c r="G578" t="s">
         <v>22</v>
       </c>
       <c r="H578">
         <v>2008</v>
       </c>
       <c r="I578">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J578" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K578" t="s">
         <v>34</v>
       </c>
       <c r="L578" t="s">
-        <v>2861</v>
+        <v>2865</v>
       </c>
       <c r="M578" t="s">
-        <v>2753</v>
+        <v>2705</v>
       </c>
       <c r="N578" t="s">
         <v>27</v>
       </c>
       <c r="O578" t="s">
-        <v>2862</v>
+        <v>2866</v>
       </c>
       <c r="P578" t="s">
-        <v>2755</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="579" spans="1:16">
       <c r="A579" t="s">
-        <v>2863</v>
+        <v>2868</v>
       </c>
       <c r="B579" t="s">
-        <v>2864</v>
+        <v>2869</v>
       </c>
       <c r="C579" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D579" t="s">
         <v>105</v>
       </c>
       <c r="E579" t="s">
         <v>61</v>
       </c>
       <c r="F579" t="s">
         <v>288</v>
       </c>
       <c r="G579" t="s">
         <v>22</v>
       </c>
       <c r="H579">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="I579">
         <v>2012</v>
       </c>
       <c r="J579" t="s">
-        <v>1964</v>
+        <v>818</v>
       </c>
       <c r="K579" t="s">
         <v>34</v>
       </c>
       <c r="L579" t="s">
-        <v>2865</v>
+        <v>2870</v>
       </c>
       <c r="M579" t="s">
-        <v>2692</v>
+        <v>2766</v>
       </c>
       <c r="N579" t="s">
         <v>27</v>
       </c>
       <c r="O579" t="s">
-        <v>2866</v>
+        <v>2871</v>
       </c>
       <c r="P579" t="s">
-        <v>2867</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="580" spans="1:16">
       <c r="A580" t="s">
-        <v>2868</v>
+        <v>2872</v>
       </c>
       <c r="B580" t="s">
-        <v>2869</v>
+        <v>2873</v>
       </c>
       <c r="C580" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D580" t="s">
-        <v>244</v>
+        <v>479</v>
       </c>
       <c r="E580" t="s">
         <v>61</v>
       </c>
       <c r="F580" t="s">
         <v>288</v>
       </c>
       <c r="G580" t="s">
         <v>22</v>
       </c>
       <c r="H580">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I580">
         <v>2012</v>
       </c>
       <c r="J580" t="s">
-        <v>1964</v>
+        <v>818</v>
       </c>
       <c r="K580" t="s">
         <v>34</v>
       </c>
       <c r="L580" t="s">
-        <v>2870</v>
+        <v>2874</v>
       </c>
       <c r="M580" t="s">
-        <v>2692</v>
+        <v>2766</v>
       </c>
       <c r="N580" t="s">
         <v>27</v>
       </c>
       <c r="O580" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
       <c r="P580" t="s">
-        <v>2872</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="581" spans="1:16">
       <c r="A581" t="s">
-        <v>2873</v>
+        <v>2876</v>
       </c>
       <c r="B581" t="s">
-        <v>2874</v>
+        <v>2877</v>
       </c>
       <c r="C581" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D581" t="s">
-        <v>1252</v>
+        <v>105</v>
       </c>
       <c r="E581" t="s">
         <v>61</v>
       </c>
       <c r="F581" t="s">
         <v>288</v>
       </c>
       <c r="G581" t="s">
         <v>22</v>
       </c>
       <c r="H581">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I581">
         <v>2012</v>
       </c>
       <c r="J581" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K581" t="s">
         <v>34</v>
       </c>
       <c r="L581" t="s">
-        <v>2875</v>
+        <v>2878</v>
       </c>
       <c r="M581" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N581" t="s">
         <v>27</v>
       </c>
       <c r="O581" t="s">
-        <v>2876</v>
+        <v>2879</v>
       </c>
       <c r="P581" t="s">
-        <v>2877</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="582" spans="1:16">
       <c r="A582" t="s">
-        <v>2878</v>
+        <v>2881</v>
       </c>
       <c r="B582" t="s">
-        <v>2879</v>
+        <v>2882</v>
       </c>
       <c r="C582" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D582" t="s">
-        <v>1920</v>
+        <v>244</v>
       </c>
       <c r="E582" t="s">
         <v>61</v>
       </c>
       <c r="F582" t="s">
         <v>288</v>
       </c>
       <c r="G582" t="s">
         <v>22</v>
       </c>
       <c r="H582">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I582">
         <v>2012</v>
       </c>
       <c r="J582" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K582" t="s">
         <v>34</v>
       </c>
       <c r="L582" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
       <c r="M582" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N582" t="s">
         <v>27</v>
       </c>
       <c r="O582" t="s">
-        <v>2881</v>
+        <v>2884</v>
       </c>
       <c r="P582" t="s">
-        <v>2882</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="583" spans="1:16">
       <c r="A583" t="s">
-        <v>2883</v>
+        <v>2886</v>
       </c>
       <c r="B583" t="s">
-        <v>2884</v>
+        <v>2887</v>
       </c>
       <c r="C583" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D583" t="s">
-        <v>2885</v>
+        <v>1252</v>
       </c>
       <c r="E583" t="s">
         <v>61</v>
       </c>
       <c r="F583" t="s">
         <v>288</v>
       </c>
       <c r="G583" t="s">
         <v>22</v>
       </c>
       <c r="H583">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I583">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J583" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K583" t="s">
-        <v>2886</v>
+        <v>34</v>
       </c>
       <c r="L583" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
       <c r="M583" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="N583" t="s">
-        <v>2018</v>
+        <v>27</v>
       </c>
       <c r="O583" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="P583" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="584" spans="1:16">
       <c r="A584" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="B584" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
       <c r="C584" t="s">
-        <v>654</v>
+        <v>2393</v>
       </c>
       <c r="D584" t="s">
-        <v>138</v>
+        <v>1929</v>
       </c>
       <c r="E584" t="s">
         <v>61</v>
       </c>
       <c r="F584" t="s">
         <v>288</v>
       </c>
       <c r="G584" t="s">
         <v>22</v>
       </c>
       <c r="H584">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I584">
         <v>2012</v>
       </c>
       <c r="J584" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K584" t="s">
         <v>34</v>
       </c>
-      <c r="L584"/>
+      <c r="L584" t="s">
+        <v>2893</v>
+      </c>
       <c r="M584" t="s">
-        <v>2892</v>
+        <v>2705</v>
       </c>
       <c r="N584" t="s">
         <v>27</v>
       </c>
       <c r="O584" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
       <c r="P584" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="585" spans="1:16">
       <c r="A585" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
       <c r="B585" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="C585" t="s">
-        <v>654</v>
+        <v>2393</v>
       </c>
       <c r="D585" t="s">
-        <v>1057</v>
+        <v>2898</v>
       </c>
       <c r="E585" t="s">
         <v>61</v>
       </c>
       <c r="F585" t="s">
         <v>288</v>
       </c>
       <c r="G585" t="s">
         <v>22</v>
       </c>
       <c r="H585">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I585">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J585" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K585" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L585"/>
+        <v>2899</v>
+      </c>
+      <c r="L585" t="s">
+        <v>2900</v>
+      </c>
       <c r="M585" t="s">
-        <v>2892</v>
+        <v>2705</v>
       </c>
       <c r="N585" t="s">
-        <v>27</v>
+        <v>2034</v>
       </c>
       <c r="O585" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
       <c r="P585" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="586" spans="1:16">
       <c r="A586" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
       <c r="B586" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
       <c r="C586" t="s">
         <v>654</v>
       </c>
       <c r="D586" t="s">
-        <v>2901</v>
+        <v>138</v>
       </c>
       <c r="E586" t="s">
         <v>61</v>
       </c>
       <c r="F586" t="s">
         <v>288</v>
       </c>
       <c r="G586" t="s">
         <v>22</v>
       </c>
       <c r="H586">
         <v>2012</v>
       </c>
       <c r="I586">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J586" t="s">
-        <v>62</v>
+        <v>818</v>
       </c>
       <c r="K586" t="s">
         <v>34</v>
       </c>
       <c r="L586"/>
       <c r="M586" t="s">
-        <v>2892</v>
+        <v>2905</v>
       </c>
       <c r="N586" t="s">
         <v>27</v>
       </c>
       <c r="O586" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
       <c r="P586" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="587" spans="1:16">
       <c r="A587" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
       <c r="B587" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
       <c r="C587" t="s">
         <v>654</v>
       </c>
       <c r="D587" t="s">
-        <v>192</v>
+        <v>1057</v>
       </c>
       <c r="E587" t="s">
         <v>61</v>
       </c>
       <c r="F587" t="s">
         <v>288</v>
       </c>
       <c r="G587" t="s">
         <v>22</v>
       </c>
       <c r="H587">
         <v>2012</v>
       </c>
       <c r="I587">
         <v>2012</v>
       </c>
       <c r="J587" t="s">
         <v>818</v>
       </c>
       <c r="K587" t="s">
         <v>34</v>
       </c>
       <c r="L587"/>
       <c r="M587" t="s">
-        <v>2892</v>
+        <v>2905</v>
       </c>
       <c r="N587" t="s">
         <v>27</v>
       </c>
       <c r="O587" t="s">
-        <v>2906</v>
+        <v>2910</v>
       </c>
       <c r="P587" t="s">
-        <v>2894</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="588" spans="1:16">
       <c r="A588" t="s">
-        <v>2907</v>
+        <v>2912</v>
       </c>
       <c r="B588" t="s">
-        <v>2908</v>
+        <v>2913</v>
       </c>
       <c r="C588" t="s">
-        <v>2909</v>
+        <v>654</v>
       </c>
       <c r="D588" t="s">
-        <v>1005</v>
+        <v>2914</v>
       </c>
       <c r="E588" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F588" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="G588" t="s">
         <v>22</v>
       </c>
       <c r="H588">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I588">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J588" t="s">
-        <v>1890</v>
+        <v>62</v>
       </c>
       <c r="K588" t="s">
         <v>34</v>
       </c>
-      <c r="L588" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L588"/>
       <c r="M588" t="s">
-        <v>2911</v>
+        <v>2905</v>
       </c>
       <c r="N588" t="s">
         <v>27</v>
       </c>
       <c r="O588" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
       <c r="P588" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="589" spans="1:16">
       <c r="A589" t="s">
-        <v>2914</v>
+        <v>2917</v>
       </c>
       <c r="B589" t="s">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="C589" t="s">
-        <v>2909</v>
+        <v>654</v>
       </c>
       <c r="D589" t="s">
-        <v>1005</v>
+        <v>192</v>
       </c>
       <c r="E589" t="s">
         <v>61</v>
       </c>
       <c r="F589" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="G589" t="s">
         <v>22</v>
       </c>
       <c r="H589">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I589">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J589" t="s">
-        <v>1890</v>
+        <v>818</v>
       </c>
       <c r="K589" t="s">
         <v>34</v>
       </c>
-      <c r="L589" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L589"/>
       <c r="M589" t="s">
-        <v>2911</v>
+        <v>2905</v>
       </c>
       <c r="N589" t="s">
         <v>27</v>
       </c>
       <c r="O589" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="P589" t="s">
-        <v>2918</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="590" spans="1:16">
       <c r="A590" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
       <c r="B590" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="C590" t="s">
-        <v>2377</v>
+        <v>2922</v>
       </c>
       <c r="D590" t="s">
-        <v>325</v>
+        <v>1005</v>
       </c>
       <c r="E590" t="s">
         <v>20</v>
       </c>
       <c r="F590" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G590" t="s">
         <v>22</v>
       </c>
       <c r="H590">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I590">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="J590" t="s">
-        <v>1964</v>
+        <v>1899</v>
       </c>
       <c r="K590" t="s">
         <v>34</v>
       </c>
       <c r="L590" t="s">
-        <v>2921</v>
+        <v>2923</v>
       </c>
       <c r="M590" t="s">
-        <v>2378</v>
+        <v>2924</v>
       </c>
       <c r="N590" t="s">
         <v>27</v>
       </c>
       <c r="O590" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
       <c r="P590" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="591" spans="1:16">
       <c r="A591" t="s">
+        <v>2927</v>
+      </c>
+      <c r="B591" t="s">
+        <v>2928</v>
+      </c>
+      <c r="C591" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E591" t="s">
+        <v>61</v>
+      </c>
+      <c r="F591" t="s">
+        <v>43</v>
+      </c>
+      <c r="G591" t="s">
+        <v>22</v>
+      </c>
+      <c r="H591">
+        <v>2016</v>
+      </c>
+      <c r="I591">
+        <v>2019</v>
+      </c>
+      <c r="J591" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K591" t="s">
+        <v>34</v>
+      </c>
+      <c r="L591" t="s">
+        <v>2929</v>
+      </c>
+      <c r="M591" t="s">
         <v>2924</v>
       </c>
-      <c r="B591" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N591" t="s">
         <v>27</v>
       </c>
       <c r="O591" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
       <c r="P591" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="592" spans="1:16">
       <c r="A592" t="s">
-        <v>2929</v>
+        <v>2932</v>
       </c>
       <c r="B592" t="s">
-        <v>2930</v>
+        <v>2933</v>
       </c>
       <c r="C592" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D592" t="s">
         <v>325</v>
       </c>
       <c r="E592" t="s">
         <v>20</v>
       </c>
       <c r="F592" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G592" t="s">
-        <v>1889</v>
+        <v>22</v>
       </c>
       <c r="H592">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="I592">
         <v>2014</v>
       </c>
       <c r="J592" t="s">
-        <v>1964</v>
+        <v>1980</v>
       </c>
       <c r="K592" t="s">
         <v>34</v>
       </c>
       <c r="L592" t="s">
-        <v>2931</v>
+        <v>2934</v>
       </c>
       <c r="M592" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N592" t="s">
         <v>27</v>
       </c>
       <c r="O592" t="s">
-        <v>2932</v>
+        <v>2935</v>
       </c>
       <c r="P592" t="s">
-        <v>2933</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="593" spans="1:16">
       <c r="A593" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
       <c r="B593" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="C593" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D593" t="s">
-        <v>2936</v>
+        <v>2027</v>
       </c>
       <c r="E593" t="s">
         <v>20</v>
       </c>
       <c r="F593" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G593" t="s">
-        <v>1889</v>
+        <v>22</v>
       </c>
       <c r="H593">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="I593">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="J593" t="s">
         <v>884</v>
       </c>
       <c r="K593" t="s">
         <v>34</v>
       </c>
       <c r="L593" t="s">
-        <v>2937</v>
+        <v>2939</v>
       </c>
       <c r="M593" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N593" t="s">
         <v>27</v>
       </c>
       <c r="O593" t="s">
-        <v>2938</v>
+        <v>2940</v>
       </c>
       <c r="P593" t="s">
-        <v>2939</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="594" spans="1:16">
       <c r="A594" t="s">
-        <v>2940</v>
+        <v>2942</v>
       </c>
       <c r="B594" t="s">
-        <v>2941</v>
+        <v>2943</v>
       </c>
       <c r="C594" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D594" t="s">
-        <v>105</v>
+        <v>325</v>
       </c>
       <c r="E594" t="s">
         <v>20</v>
       </c>
       <c r="F594" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G594" t="s">
-        <v>1311</v>
+        <v>1898</v>
       </c>
       <c r="H594">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I594">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="J594" t="s">
-        <v>884</v>
+        <v>1980</v>
       </c>
       <c r="K594" t="s">
         <v>34</v>
       </c>
       <c r="L594" t="s">
-        <v>2942</v>
+        <v>2944</v>
       </c>
       <c r="M594" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N594" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O594" t="s">
-        <v>2943</v>
+        <v>2945</v>
       </c>
       <c r="P594" t="s">
-        <v>2944</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="595" spans="1:16">
       <c r="A595" t="s">
-        <v>2945</v>
+        <v>2947</v>
       </c>
       <c r="B595" t="s">
-        <v>2946</v>
+        <v>2948</v>
       </c>
       <c r="C595" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D595" t="s">
-        <v>2845</v>
+        <v>2949</v>
       </c>
       <c r="E595" t="s">
         <v>20</v>
       </c>
       <c r="F595" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G595" t="s">
-        <v>22</v>
+        <v>1898</v>
       </c>
       <c r="H595">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I595"/>
+        <v>2002</v>
+      </c>
+      <c r="I595">
+        <v>2007</v>
+      </c>
       <c r="J595" t="s">
         <v>884</v>
       </c>
       <c r="K595" t="s">
         <v>34</v>
       </c>
       <c r="L595" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
       <c r="M595" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N595" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O595" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
       <c r="P595" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="596" spans="1:16">
       <c r="A596" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
       <c r="B596" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
       <c r="C596" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D596" t="s">
-        <v>204</v>
+        <v>105</v>
       </c>
       <c r="E596" t="s">
         <v>20</v>
       </c>
       <c r="F596" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G596" t="s">
-        <v>22</v>
+        <v>1311</v>
       </c>
       <c r="H596">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="I596">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="J596" t="s">
-        <v>1964</v>
+        <v>884</v>
       </c>
       <c r="K596" t="s">
         <v>34</v>
       </c>
       <c r="L596" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
       <c r="M596" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N596" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O596" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="P596" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="597" spans="1:16">
       <c r="A597" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
       <c r="B597" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="C597" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D597" t="s">
-        <v>2768</v>
+        <v>2858</v>
       </c>
       <c r="E597" t="s">
         <v>20</v>
       </c>
       <c r="F597" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G597" t="s">
         <v>22</v>
       </c>
       <c r="H597">
         <v>2008</v>
       </c>
-      <c r="I597">
-[...1 lines deleted...]
-      </c>
+      <c r="I597"/>
       <c r="J597" t="s">
         <v>884</v>
       </c>
       <c r="K597" t="s">
         <v>34</v>
       </c>
       <c r="L597" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
       <c r="M597" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N597" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O597" t="s">
-        <v>2958</v>
+        <v>2961</v>
       </c>
       <c r="P597" t="s">
-        <v>2959</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="598" spans="1:16">
       <c r="A598" t="s">
-        <v>2960</v>
+        <v>2963</v>
       </c>
       <c r="B598" t="s">
-        <v>2961</v>
+        <v>2964</v>
       </c>
       <c r="C598" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D598" t="s">
         <v>204</v>
       </c>
       <c r="E598" t="s">
         <v>20</v>
       </c>
       <c r="F598" t="s">
         <v>43</v>
       </c>
       <c r="G598" t="s">
         <v>22</v>
       </c>
       <c r="H598">
         <v>1995</v>
       </c>
       <c r="I598">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="J598" t="s">
-        <v>818</v>
+        <v>1980</v>
       </c>
       <c r="K598" t="s">
         <v>34</v>
       </c>
       <c r="L598" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="M598" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N598" t="s">
         <v>27</v>
       </c>
       <c r="O598" t="s">
-        <v>2963</v>
+        <v>2966</v>
       </c>
       <c r="P598" t="s">
-        <v>2964</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="599" spans="1:16">
       <c r="A599" t="s">
-        <v>2965</v>
+        <v>2968</v>
       </c>
       <c r="B599" t="s">
-        <v>2966</v>
+        <v>2969</v>
       </c>
       <c r="C599" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="D599" t="s">
-        <v>204</v>
+        <v>2781</v>
       </c>
       <c r="E599" t="s">
         <v>20</v>
       </c>
       <c r="F599" t="s">
         <v>43</v>
       </c>
       <c r="G599" t="s">
         <v>22</v>
       </c>
       <c r="H599">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="I599">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="J599" t="s">
         <v>884</v>
       </c>
       <c r="K599" t="s">
         <v>34</v>
       </c>
-      <c r="L599"/>
+      <c r="L599" t="s">
+        <v>2970</v>
+      </c>
       <c r="M599" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="N599" t="s">
         <v>27</v>
       </c>
       <c r="O599" t="s">
-        <v>2967</v>
+        <v>2971</v>
       </c>
       <c r="P599" t="s">
-        <v>2968</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="600" spans="1:16">
       <c r="A600" t="s">
-        <v>2969</v>
+        <v>2973</v>
       </c>
       <c r="B600" t="s">
-        <v>2970</v>
+        <v>2974</v>
       </c>
       <c r="C600" t="s">
-        <v>632</v>
+        <v>2393</v>
       </c>
       <c r="D600" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="E600" t="s">
         <v>20</v>
       </c>
       <c r="F600" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G600" t="s">
         <v>22</v>
       </c>
       <c r="H600">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="I600">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="J600" t="s">
-        <v>635</v>
+        <v>818</v>
       </c>
       <c r="K600" t="s">
         <v>34</v>
       </c>
       <c r="L600" t="s">
-        <v>2971</v>
+        <v>2975</v>
       </c>
       <c r="M600" t="s">
-        <v>636</v>
+        <v>2394</v>
       </c>
       <c r="N600" t="s">
         <v>27</v>
       </c>
       <c r="O600" t="s">
-        <v>2972</v>
+        <v>2976</v>
       </c>
       <c r="P600" t="s">
-        <v>2973</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="601" spans="1:16">
       <c r="A601" t="s">
-        <v>2974</v>
+        <v>2978</v>
       </c>
       <c r="B601" t="s">
-        <v>2975</v>
+        <v>2979</v>
       </c>
       <c r="C601" t="s">
-        <v>632</v>
+        <v>2393</v>
       </c>
       <c r="D601" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="E601" t="s">
         <v>20</v>
       </c>
       <c r="F601" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G601" t="s">
         <v>22</v>
       </c>
       <c r="H601">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="I601">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="J601" t="s">
-        <v>635</v>
+        <v>884</v>
       </c>
       <c r="K601" t="s">
         <v>34</v>
       </c>
-      <c r="L601" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L601"/>
       <c r="M601" t="s">
-        <v>636</v>
+        <v>2394</v>
       </c>
       <c r="N601" t="s">
         <v>27</v>
       </c>
       <c r="O601" t="s">
-        <v>2976</v>
+        <v>2980</v>
       </c>
       <c r="P601" t="s">
-        <v>2977</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="602" spans="1:16">
       <c r="A602" t="s">
-        <v>2978</v>
+        <v>2982</v>
       </c>
       <c r="B602" t="s">
-        <v>2979</v>
+        <v>2983</v>
       </c>
       <c r="C602" t="s">
         <v>632</v>
       </c>
       <c r="D602" t="s">
-        <v>105</v>
+        <v>227</v>
       </c>
       <c r="E602" t="s">
         <v>20</v>
       </c>
       <c r="F602" t="s">
         <v>21</v>
       </c>
       <c r="G602" t="s">
         <v>22</v>
       </c>
       <c r="H602">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="I602">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J602" t="s">
         <v>635</v>
       </c>
       <c r="K602" t="s">
         <v>34</v>
       </c>
       <c r="L602" t="s">
-        <v>2980</v>
+        <v>2984</v>
       </c>
       <c r="M602" t="s">
         <v>636</v>
       </c>
       <c r="N602" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O602" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
       <c r="P602" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="603" spans="1:16">
       <c r="A603" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
       <c r="B603" t="s">
-        <v>2984</v>
+        <v>2988</v>
       </c>
       <c r="C603" t="s">
         <v>632</v>
       </c>
       <c r="D603" t="s">
-        <v>1322</v>
+        <v>227</v>
       </c>
       <c r="E603" t="s">
         <v>20</v>
       </c>
       <c r="F603" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G603" t="s">
         <v>22</v>
       </c>
       <c r="H603">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I603">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J603" t="s">
         <v>635</v>
       </c>
       <c r="K603" t="s">
         <v>34</v>
       </c>
       <c r="L603" t="s">
-        <v>2985</v>
+        <v>2984</v>
       </c>
       <c r="M603" t="s">
         <v>636</v>
       </c>
       <c r="N603" t="s">
         <v>27</v>
       </c>
       <c r="O603" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
       <c r="P603" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="604" spans="1:16">
       <c r="A604" t="s">
-        <v>2988</v>
+        <v>2991</v>
       </c>
       <c r="B604" t="s">
-        <v>2989</v>
+        <v>2992</v>
       </c>
       <c r="C604" t="s">
         <v>632</v>
       </c>
       <c r="D604" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E604" t="s">
         <v>20</v>
       </c>
       <c r="F604" t="s">
         <v>21</v>
       </c>
       <c r="G604" t="s">
         <v>22</v>
       </c>
       <c r="H604">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="I604">
         <v>2015</v>
       </c>
       <c r="J604" t="s">
         <v>635</v>
       </c>
       <c r="K604" t="s">
         <v>34</v>
       </c>
       <c r="L604" t="s">
-        <v>2990</v>
+        <v>2993</v>
       </c>
       <c r="M604" t="s">
         <v>636</v>
       </c>
       <c r="N604" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O604" t="s">
-        <v>2991</v>
+        <v>2994</v>
       </c>
       <c r="P604" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="605" spans="1:16">
       <c r="A605" t="s">
-        <v>2993</v>
+        <v>2996</v>
       </c>
       <c r="B605" t="s">
-        <v>2994</v>
+        <v>2997</v>
       </c>
       <c r="C605" t="s">
         <v>632</v>
       </c>
       <c r="D605" t="s">
-        <v>204</v>
+        <v>1322</v>
       </c>
       <c r="E605" t="s">
         <v>20</v>
       </c>
       <c r="F605" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G605" t="s">
         <v>22</v>
       </c>
       <c r="H605">
         <v>2007</v>
       </c>
       <c r="I605">
         <v>2020</v>
       </c>
       <c r="J605" t="s">
         <v>635</v>
       </c>
       <c r="K605" t="s">
         <v>34</v>
       </c>
       <c r="L605" t="s">
-        <v>2995</v>
+        <v>2998</v>
       </c>
       <c r="M605" t="s">
         <v>636</v>
       </c>
       <c r="N605" t="s">
         <v>27</v>
       </c>
       <c r="O605" t="s">
-        <v>2996</v>
+        <v>2999</v>
       </c>
       <c r="P605" t="s">
-        <v>2997</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="606" spans="1:16">
       <c r="A606" t="s">
-        <v>2998</v>
+        <v>3001</v>
       </c>
       <c r="B606" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
       <c r="C606" t="s">
         <v>632</v>
       </c>
       <c r="D606" t="s">
-        <v>544</v>
+        <v>99</v>
       </c>
       <c r="E606" t="s">
         <v>20</v>
       </c>
       <c r="F606" t="s">
         <v>21</v>
       </c>
       <c r="G606" t="s">
         <v>22</v>
       </c>
       <c r="H606">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I606">
         <v>2015</v>
       </c>
       <c r="J606" t="s">
         <v>635</v>
       </c>
       <c r="K606" t="s">
         <v>34</v>
       </c>
-      <c r="L606"/>
+      <c r="L606" t="s">
+        <v>3003</v>
+      </c>
       <c r="M606" t="s">
         <v>636</v>
       </c>
       <c r="N606" t="s">
         <v>27</v>
       </c>
       <c r="O606" t="s">
-        <v>3000</v>
+        <v>3004</v>
       </c>
       <c r="P606" t="s">
-        <v>3001</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="607" spans="1:16">
       <c r="A607" t="s">
-        <v>3002</v>
+        <v>3006</v>
       </c>
       <c r="B607" t="s">
-        <v>3003</v>
+        <v>3007</v>
       </c>
       <c r="C607" t="s">
         <v>632</v>
       </c>
       <c r="D607" t="s">
-        <v>111</v>
+        <v>204</v>
       </c>
       <c r="E607" t="s">
         <v>20</v>
       </c>
       <c r="F607" t="s">
         <v>21</v>
       </c>
       <c r="G607" t="s">
         <v>22</v>
       </c>
       <c r="H607">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I607">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J607" t="s">
         <v>635</v>
       </c>
       <c r="K607" t="s">
         <v>34</v>
       </c>
       <c r="L607" t="s">
-        <v>3004</v>
+        <v>3008</v>
       </c>
       <c r="M607" t="s">
         <v>636</v>
       </c>
       <c r="N607" t="s">
         <v>27</v>
       </c>
       <c r="O607" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="P607" t="s">
-        <v>3006</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="608" spans="1:16">
       <c r="A608" t="s">
-        <v>3007</v>
+        <v>3011</v>
       </c>
       <c r="B608" t="s">
-        <v>3008</v>
+        <v>3012</v>
       </c>
       <c r="C608" t="s">
         <v>632</v>
       </c>
       <c r="D608" t="s">
-        <v>220</v>
+        <v>544</v>
       </c>
       <c r="E608" t="s">
         <v>20</v>
       </c>
       <c r="F608" t="s">
         <v>21</v>
       </c>
       <c r="G608" t="s">
         <v>22</v>
       </c>
       <c r="H608">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I608">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J608" t="s">
         <v>635</v>
       </c>
       <c r="K608" t="s">
         <v>34</v>
       </c>
       <c r="L608"/>
       <c r="M608" t="s">
         <v>636</v>
       </c>
       <c r="N608" t="s">
         <v>27</v>
       </c>
       <c r="O608" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
       <c r="P608" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="609" spans="1:16">
       <c r="A609" t="s">
-        <v>3011</v>
+        <v>3015</v>
       </c>
       <c r="B609" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="C609" t="s">
         <v>632</v>
       </c>
       <c r="D609" t="s">
         <v>111</v>
       </c>
       <c r="E609" t="s">
         <v>20</v>
       </c>
       <c r="F609" t="s">
         <v>21</v>
       </c>
       <c r="G609" t="s">
         <v>22</v>
       </c>
       <c r="H609">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I609">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J609" t="s">
         <v>635</v>
       </c>
       <c r="K609" t="s">
         <v>34</v>
       </c>
       <c r="L609" t="s">
-        <v>3004</v>
+        <v>3017</v>
       </c>
       <c r="M609" t="s">
         <v>636</v>
       </c>
       <c r="N609" t="s">
         <v>27</v>
       </c>
       <c r="O609" t="s">
-        <v>3013</v>
+        <v>3018</v>
       </c>
       <c r="P609" t="s">
-        <v>3014</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="610" spans="1:16">
       <c r="A610" t="s">
-        <v>3015</v>
+        <v>3020</v>
       </c>
       <c r="B610" t="s">
-        <v>3016</v>
+        <v>3021</v>
       </c>
       <c r="C610" t="s">
         <v>632</v>
       </c>
       <c r="D610" t="s">
-        <v>544</v>
+        <v>220</v>
       </c>
       <c r="E610" t="s">
         <v>20</v>
       </c>
       <c r="F610" t="s">
         <v>21</v>
       </c>
       <c r="G610" t="s">
         <v>22</v>
       </c>
       <c r="H610">
         <v>2009</v>
       </c>
       <c r="I610">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J610" t="s">
         <v>635</v>
       </c>
       <c r="K610" t="s">
         <v>34</v>
       </c>
       <c r="L610"/>
       <c r="M610" t="s">
         <v>636</v>
       </c>
       <c r="N610" t="s">
         <v>27</v>
       </c>
       <c r="O610" t="s">
-        <v>3017</v>
+        <v>3022</v>
       </c>
       <c r="P610" t="s">
-        <v>3018</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="611" spans="1:16">
       <c r="A611" t="s">
-        <v>3019</v>
+        <v>3024</v>
       </c>
       <c r="B611" t="s">
-        <v>3020</v>
+        <v>3025</v>
       </c>
       <c r="C611" t="s">
         <v>632</v>
       </c>
       <c r="D611" t="s">
-        <v>173</v>
+        <v>111</v>
       </c>
       <c r="E611" t="s">
         <v>20</v>
       </c>
       <c r="F611" t="s">
         <v>21</v>
       </c>
       <c r="G611" t="s">
         <v>22</v>
       </c>
       <c r="H611">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I611">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J611" t="s">
         <v>635</v>
       </c>
       <c r="K611" t="s">
         <v>34</v>
       </c>
-      <c r="L611"/>
+      <c r="L611" t="s">
+        <v>3017</v>
+      </c>
       <c r="M611" t="s">
         <v>636</v>
       </c>
       <c r="N611" t="s">
         <v>27</v>
       </c>
       <c r="O611" t="s">
-        <v>3021</v>
+        <v>3026</v>
       </c>
       <c r="P611" t="s">
-        <v>3022</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="612" spans="1:16">
       <c r="A612" t="s">
-        <v>3023</v>
+        <v>3028</v>
       </c>
       <c r="B612" t="s">
-        <v>3024</v>
+        <v>3029</v>
       </c>
       <c r="C612" t="s">
         <v>632</v>
       </c>
       <c r="D612" t="s">
-        <v>479</v>
+        <v>544</v>
       </c>
       <c r="E612" t="s">
         <v>20</v>
       </c>
       <c r="F612" t="s">
         <v>21</v>
       </c>
       <c r="G612" t="s">
         <v>22</v>
       </c>
       <c r="H612">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I612">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J612" t="s">
         <v>635</v>
       </c>
       <c r="K612" t="s">
         <v>34</v>
       </c>
       <c r="L612"/>
       <c r="M612" t="s">
         <v>636</v>
       </c>
       <c r="N612" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O612" t="s">
-        <v>3025</v>
+        <v>3030</v>
       </c>
       <c r="P612" t="s">
-        <v>3026</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="613" spans="1:16">
       <c r="A613" t="s">
-        <v>3027</v>
+        <v>3032</v>
       </c>
       <c r="B613" t="s">
-        <v>3028</v>
+        <v>3033</v>
       </c>
       <c r="C613" t="s">
         <v>632</v>
       </c>
       <c r="D613" t="s">
-        <v>238</v>
+        <v>173</v>
       </c>
       <c r="E613" t="s">
         <v>20</v>
       </c>
       <c r="F613" t="s">
         <v>21</v>
       </c>
       <c r="G613" t="s">
         <v>22</v>
       </c>
       <c r="H613">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I613">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J613" t="s">
         <v>635</v>
       </c>
       <c r="K613" t="s">
         <v>34</v>
       </c>
-      <c r="L613" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L613"/>
       <c r="M613" t="s">
         <v>636</v>
       </c>
       <c r="N613" t="s">
         <v>27</v>
       </c>
       <c r="O613" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
       <c r="P613" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="614" spans="1:16">
       <c r="A614" t="s">
-        <v>3032</v>
+        <v>3036</v>
       </c>
       <c r="B614" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
       <c r="C614" t="s">
         <v>632</v>
       </c>
       <c r="D614" t="s">
-        <v>318</v>
+        <v>479</v>
       </c>
       <c r="E614" t="s">
         <v>20</v>
       </c>
       <c r="F614" t="s">
         <v>21</v>
       </c>
       <c r="G614" t="s">
-        <v>1889</v>
+        <v>22</v>
       </c>
       <c r="H614">
         <v>2010</v>
       </c>
       <c r="I614">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J614" t="s">
         <v>635</v>
       </c>
       <c r="K614" t="s">
-        <v>1142</v>
+        <v>34</v>
       </c>
       <c r="L614"/>
       <c r="M614" t="s">
         <v>636</v>
       </c>
       <c r="N614" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O614" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
       <c r="P614" t="s">
-        <v>3035</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="615" spans="1:16">
       <c r="A615" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
       <c r="B615" t="s">
-        <v>3037</v>
+        <v>3041</v>
       </c>
       <c r="C615" t="s">
         <v>632</v>
       </c>
       <c r="D615" t="s">
-        <v>318</v>
+        <v>238</v>
       </c>
       <c r="E615" t="s">
         <v>20</v>
       </c>
       <c r="F615" t="s">
         <v>21</v>
       </c>
       <c r="G615" t="s">
         <v>22</v>
       </c>
       <c r="H615">
         <v>2010</v>
       </c>
       <c r="I615">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J615" t="s">
-        <v>1293</v>
+        <v>635</v>
       </c>
       <c r="K615" t="s">
-        <v>1142</v>
-[...1 lines deleted...]
-      <c r="L615"/>
+        <v>34</v>
+      </c>
+      <c r="L615" t="s">
+        <v>3042</v>
+      </c>
       <c r="M615" t="s">
         <v>636</v>
       </c>
       <c r="N615" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O615" t="s">
-        <v>3038</v>
+        <v>3043</v>
       </c>
       <c r="P615" t="s">
-        <v>3035</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="616" spans="1:16">
       <c r="A616" t="s">
-        <v>3039</v>
+        <v>3045</v>
       </c>
       <c r="B616" t="s">
-        <v>3040</v>
+        <v>3046</v>
       </c>
       <c r="C616" t="s">
         <v>632</v>
       </c>
       <c r="D616" t="s">
-        <v>437</v>
+        <v>318</v>
       </c>
       <c r="E616" t="s">
         <v>20</v>
       </c>
       <c r="F616" t="s">
         <v>21</v>
       </c>
       <c r="G616" t="s">
-        <v>22</v>
+        <v>1898</v>
       </c>
       <c r="H616">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I616">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J616" t="s">
         <v>635</v>
       </c>
       <c r="K616" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>1142</v>
+      </c>
+      <c r="L616"/>
       <c r="M616" t="s">
         <v>636</v>
       </c>
       <c r="N616" t="s">
         <v>27</v>
       </c>
       <c r="O616" t="s">
-        <v>3042</v>
+        <v>3047</v>
       </c>
       <c r="P616" t="s">
-        <v>3043</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="617" spans="1:16">
       <c r="A617" t="s">
-        <v>3044</v>
+        <v>3049</v>
       </c>
       <c r="B617" t="s">
-        <v>3045</v>
+        <v>3050</v>
       </c>
       <c r="C617" t="s">
         <v>632</v>
       </c>
       <c r="D617" t="s">
-        <v>262</v>
+        <v>318</v>
       </c>
       <c r="E617" t="s">
         <v>20</v>
       </c>
       <c r="F617" t="s">
         <v>21</v>
       </c>
       <c r="G617" t="s">
         <v>22</v>
       </c>
       <c r="H617">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I617">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J617" t="s">
-        <v>635</v>
+        <v>1293</v>
       </c>
       <c r="K617" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>1142</v>
+      </c>
+      <c r="L617"/>
       <c r="M617" t="s">
         <v>636</v>
       </c>
       <c r="N617" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O617" t="s">
-        <v>3046</v>
+        <v>3051</v>
       </c>
       <c r="P617" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="618" spans="1:16">
       <c r="A618" t="s">
-        <v>3048</v>
+        <v>3052</v>
       </c>
       <c r="B618" t="s">
-        <v>3049</v>
+        <v>3053</v>
       </c>
       <c r="C618" t="s">
         <v>632</v>
       </c>
       <c r="D618" t="s">
-        <v>138</v>
+        <v>437</v>
       </c>
       <c r="E618" t="s">
         <v>20</v>
       </c>
       <c r="F618" t="s">
         <v>21</v>
       </c>
       <c r="G618" t="s">
         <v>22</v>
       </c>
       <c r="H618">
         <v>2012</v>
       </c>
       <c r="I618">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J618" t="s">
-        <v>1293</v>
+        <v>635</v>
       </c>
       <c r="K618" t="s">
         <v>34</v>
       </c>
-      <c r="L618"/>
+      <c r="L618" t="s">
+        <v>3054</v>
+      </c>
       <c r="M618" t="s">
         <v>636</v>
       </c>
       <c r="N618" t="s">
         <v>27</v>
       </c>
       <c r="O618" t="s">
-        <v>3050</v>
+        <v>3055</v>
       </c>
       <c r="P618" t="s">
-        <v>3051</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="619" spans="1:16">
       <c r="A619" t="s">
-        <v>3052</v>
+        <v>3057</v>
       </c>
       <c r="B619" t="s">
-        <v>2617</v>
+        <v>3058</v>
       </c>
       <c r="C619" t="s">
-        <v>2592</v>
+        <v>632</v>
       </c>
       <c r="D619" t="s">
-        <v>3053</v>
+        <v>262</v>
       </c>
       <c r="E619" t="s">
         <v>20</v>
       </c>
       <c r="F619" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G619" t="s">
         <v>22</v>
       </c>
       <c r="H619">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I619">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J619" t="s">
-        <v>33</v>
+        <v>635</v>
       </c>
       <c r="K619" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L619"/>
+        <v>34</v>
+      </c>
+      <c r="L619" t="s">
+        <v>3054</v>
+      </c>
       <c r="M619" t="s">
-        <v>2594</v>
+        <v>636</v>
       </c>
       <c r="N619" t="s">
         <v>27</v>
       </c>
       <c r="O619" t="s">
-        <v>3054</v>
+        <v>3059</v>
       </c>
       <c r="P619" t="s">
-        <v>3055</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="620" spans="1:16">
       <c r="A620" t="s">
-        <v>3056</v>
+        <v>3061</v>
       </c>
       <c r="B620" t="s">
-        <v>3057</v>
+        <v>3062</v>
       </c>
       <c r="C620" t="s">
-        <v>876</v>
+        <v>632</v>
       </c>
       <c r="D620" t="s">
-        <v>238</v>
+        <v>138</v>
       </c>
       <c r="E620" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F620" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G620" t="s">
         <v>22</v>
       </c>
       <c r="H620">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I620">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J620" t="s">
-        <v>877</v>
+        <v>1293</v>
       </c>
       <c r="K620" t="s">
         <v>34</v>
       </c>
-      <c r="L620" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L620"/>
       <c r="M620" t="s">
-        <v>1637</v>
+        <v>636</v>
       </c>
       <c r="N620" t="s">
         <v>27</v>
       </c>
       <c r="O620" t="s">
-        <v>3059</v>
+        <v>3063</v>
       </c>
       <c r="P620" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="621" spans="1:16">
       <c r="A621" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="B621" t="s">
-        <v>3062</v>
+        <v>2630</v>
       </c>
       <c r="C621" t="s">
-        <v>876</v>
+        <v>2605</v>
       </c>
       <c r="D621" t="s">
-        <v>227</v>
+        <v>3066</v>
       </c>
       <c r="E621" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F621" t="s">
-        <v>288</v>
+        <v>52</v>
       </c>
       <c r="G621" t="s">
         <v>22</v>
       </c>
       <c r="H621">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="I621">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J621" t="s">
         <v>33</v>
       </c>
       <c r="K621" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L621"/>
       <c r="M621" t="s">
-        <v>1637</v>
+        <v>2607</v>
       </c>
       <c r="N621" t="s">
         <v>27</v>
       </c>
       <c r="O621" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
       <c r="P621" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="622" spans="1:16">
       <c r="A622" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
       <c r="B622" t="s">
-        <v>3067</v>
+        <v>3070</v>
       </c>
       <c r="C622" t="s">
         <v>876</v>
       </c>
       <c r="D622" t="s">
-        <v>3068</v>
+        <v>238</v>
       </c>
       <c r="E622" t="s">
         <v>61</v>
       </c>
       <c r="F622" t="s">
         <v>288</v>
       </c>
       <c r="G622" t="s">
         <v>22</v>
       </c>
       <c r="H622">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="I622">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="J622" t="s">
         <v>877</v>
       </c>
       <c r="K622" t="s">
         <v>34</v>
       </c>
       <c r="L622" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="M622" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N622" t="s">
         <v>27</v>
       </c>
       <c r="O622" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="P622" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="623" spans="1:16">
       <c r="A623" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="B623" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
       <c r="C623" t="s">
         <v>876</v>
       </c>
       <c r="D623" t="s">
-        <v>262</v>
+        <v>227</v>
       </c>
       <c r="E623" t="s">
         <v>61</v>
       </c>
       <c r="F623" t="s">
         <v>288</v>
       </c>
       <c r="G623" t="s">
         <v>22</v>
       </c>
       <c r="H623">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="I623">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J623" t="s">
-        <v>877</v>
+        <v>33</v>
       </c>
       <c r="K623" t="s">
         <v>34</v>
       </c>
       <c r="L623" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="M623" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N623" t="s">
         <v>27</v>
       </c>
       <c r="O623" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="P623" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="624" spans="1:16">
       <c r="A624" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="B624" t="s">
-        <v>3078</v>
+        <v>3080</v>
       </c>
       <c r="C624" t="s">
         <v>876</v>
       </c>
       <c r="D624" t="s">
-        <v>1450</v>
+        <v>3081</v>
       </c>
       <c r="E624" t="s">
         <v>61</v>
       </c>
       <c r="F624" t="s">
         <v>288</v>
       </c>
       <c r="G624" t="s">
         <v>22</v>
       </c>
       <c r="H624">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I624">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J624" t="s">
         <v>877</v>
       </c>
       <c r="K624" t="s">
-        <v>562</v>
+        <v>34</v>
       </c>
       <c r="L624" t="s">
-        <v>3079</v>
+        <v>3082</v>
       </c>
       <c r="M624" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N624" t="s">
-        <v>564</v>
+        <v>27</v>
       </c>
       <c r="O624" t="s">
-        <v>3080</v>
+        <v>3083</v>
       </c>
       <c r="P624" t="s">
-        <v>3081</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="625" spans="1:16">
       <c r="A625" t="s">
-        <v>3082</v>
+        <v>3085</v>
       </c>
       <c r="B625" t="s">
-        <v>3083</v>
+        <v>3086</v>
       </c>
       <c r="C625" t="s">
         <v>876</v>
       </c>
       <c r="D625" t="s">
-        <v>544</v>
+        <v>262</v>
       </c>
       <c r="E625" t="s">
         <v>61</v>
       </c>
       <c r="F625" t="s">
         <v>288</v>
       </c>
       <c r="G625" t="s">
         <v>22</v>
       </c>
       <c r="H625">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I625">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J625" t="s">
         <v>877</v>
       </c>
       <c r="K625" t="s">
         <v>34</v>
       </c>
       <c r="L625" t="s">
-        <v>3084</v>
+        <v>3087</v>
       </c>
       <c r="M625" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N625" t="s">
         <v>27</v>
       </c>
       <c r="O625" t="s">
-        <v>3085</v>
+        <v>3088</v>
       </c>
       <c r="P625" t="s">
-        <v>3086</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="626" spans="1:16">
       <c r="A626" t="s">
-        <v>3087</v>
+        <v>3090</v>
       </c>
       <c r="B626" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
       <c r="C626" t="s">
         <v>876</v>
       </c>
       <c r="D626" t="s">
-        <v>3089</v>
+        <v>1451</v>
       </c>
       <c r="E626" t="s">
         <v>61</v>
       </c>
       <c r="F626" t="s">
         <v>288</v>
       </c>
       <c r="G626" t="s">
         <v>22</v>
       </c>
       <c r="H626">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="I626"/>
+        <v>2011</v>
+      </c>
+      <c r="I626">
+        <v>2017</v>
+      </c>
       <c r="J626" t="s">
         <v>877</v>
       </c>
       <c r="K626" t="s">
-        <v>34</v>
+        <v>562</v>
       </c>
       <c r="L626" t="s">
-        <v>3090</v>
+        <v>3092</v>
       </c>
       <c r="M626" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N626" t="s">
-        <v>27</v>
+        <v>564</v>
       </c>
       <c r="O626" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
       <c r="P626" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="627" spans="1:16">
       <c r="A627" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
       <c r="B627" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
       <c r="C627" t="s">
         <v>876</v>
       </c>
       <c r="D627" t="s">
-        <v>244</v>
+        <v>544</v>
       </c>
       <c r="E627" t="s">
         <v>61</v>
       </c>
       <c r="F627" t="s">
         <v>288</v>
       </c>
       <c r="G627" t="s">
         <v>22</v>
       </c>
       <c r="H627">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I627">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J627" t="s">
         <v>877</v>
       </c>
       <c r="K627" t="s">
         <v>34</v>
       </c>
       <c r="L627" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="M627" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N627" t="s">
         <v>27</v>
       </c>
       <c r="O627" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="P627" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="628" spans="1:16">
       <c r="A628" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="B628" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="C628" t="s">
         <v>876</v>
       </c>
       <c r="D628" t="s">
-        <v>214</v>
+        <v>3102</v>
       </c>
       <c r="E628" t="s">
         <v>61</v>
       </c>
       <c r="F628" t="s">
         <v>288</v>
       </c>
       <c r="G628" t="s">
         <v>22</v>
       </c>
       <c r="H628">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="I628"/>
       <c r="J628" t="s">
         <v>877</v>
       </c>
       <c r="K628" t="s">
         <v>34</v>
       </c>
       <c r="L628" t="s">
-        <v>3100</v>
+        <v>3103</v>
       </c>
       <c r="M628" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N628" t="s">
         <v>27</v>
       </c>
       <c r="O628" t="s">
-        <v>3101</v>
+        <v>3104</v>
       </c>
       <c r="P628" t="s">
-        <v>3102</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="629" spans="1:16">
       <c r="A629" t="s">
-        <v>3103</v>
+        <v>3106</v>
       </c>
       <c r="B629" t="s">
-        <v>3104</v>
+        <v>3107</v>
       </c>
       <c r="C629" t="s">
         <v>876</v>
       </c>
       <c r="D629" t="s">
-        <v>78</v>
+        <v>244</v>
       </c>
       <c r="E629" t="s">
         <v>61</v>
       </c>
       <c r="F629" t="s">
         <v>288</v>
       </c>
       <c r="G629" t="s">
         <v>22</v>
       </c>
       <c r="H629">
         <v>2013</v>
       </c>
       <c r="I629">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="J629" t="s">
         <v>877</v>
       </c>
       <c r="K629" t="s">
         <v>34</v>
       </c>
       <c r="L629" t="s">
-        <v>3105</v>
+        <v>3108</v>
       </c>
       <c r="M629" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N629" t="s">
         <v>27</v>
       </c>
       <c r="O629" t="s">
-        <v>3106</v>
+        <v>3109</v>
       </c>
       <c r="P629" t="s">
-        <v>3107</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="630" spans="1:16">
       <c r="A630" t="s">
-        <v>3108</v>
+        <v>3111</v>
       </c>
       <c r="B630" t="s">
-        <v>3109</v>
+        <v>3112</v>
       </c>
       <c r="C630" t="s">
         <v>876</v>
       </c>
       <c r="D630" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="E630" t="s">
         <v>61</v>
       </c>
       <c r="F630" t="s">
         <v>288</v>
       </c>
       <c r="G630" t="s">
         <v>22</v>
       </c>
       <c r="H630">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I630"/>
       <c r="J630" t="s">
         <v>877</v>
       </c>
       <c r="K630" t="s">
         <v>34</v>
       </c>
       <c r="L630" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
       <c r="M630" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N630" t="s">
         <v>27</v>
       </c>
       <c r="O630" t="s">
-        <v>3111</v>
+        <v>3114</v>
       </c>
       <c r="P630" t="s">
-        <v>3112</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="631" spans="1:16">
       <c r="A631" t="s">
-        <v>3113</v>
+        <v>3116</v>
       </c>
       <c r="B631" t="s">
-        <v>3114</v>
+        <v>3117</v>
       </c>
       <c r="C631" t="s">
         <v>876</v>
       </c>
       <c r="D631" t="s">
-        <v>204</v>
+        <v>78</v>
       </c>
       <c r="E631" t="s">
         <v>61</v>
       </c>
       <c r="F631" t="s">
         <v>288</v>
       </c>
       <c r="G631" t="s">
         <v>22</v>
       </c>
       <c r="H631">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I631">
         <v>2021</v>
       </c>
       <c r="J631" t="s">
         <v>877</v>
       </c>
       <c r="K631" t="s">
         <v>34</v>
       </c>
       <c r="L631" t="s">
-        <v>3115</v>
+        <v>3118</v>
       </c>
       <c r="M631" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N631" t="s">
         <v>27</v>
       </c>
       <c r="O631" t="s">
-        <v>3116</v>
+        <v>3119</v>
       </c>
       <c r="P631" t="s">
-        <v>3117</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="632" spans="1:16">
       <c r="A632" t="s">
-        <v>3118</v>
+        <v>3121</v>
       </c>
       <c r="B632" t="s">
-        <v>3119</v>
+        <v>3122</v>
       </c>
       <c r="C632" t="s">
         <v>876</v>
       </c>
       <c r="D632" t="s">
-        <v>138</v>
+        <v>192</v>
       </c>
       <c r="E632" t="s">
         <v>61</v>
       </c>
       <c r="F632" t="s">
         <v>288</v>
       </c>
       <c r="G632" t="s">
         <v>22</v>
       </c>
       <c r="H632">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I632">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J632" t="s">
         <v>877</v>
       </c>
       <c r="K632" t="s">
         <v>34</v>
       </c>
       <c r="L632" t="s">
-        <v>3120</v>
+        <v>3123</v>
       </c>
       <c r="M632" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N632" t="s">
         <v>27</v>
       </c>
       <c r="O632" t="s">
-        <v>3121</v>
+        <v>3124</v>
       </c>
       <c r="P632" t="s">
-        <v>3122</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="633" spans="1:16">
       <c r="A633" t="s">
-        <v>3123</v>
+        <v>3126</v>
       </c>
       <c r="B633" t="s">
-        <v>3124</v>
+        <v>3127</v>
       </c>
       <c r="C633" t="s">
         <v>876</v>
       </c>
       <c r="D633" t="s">
-        <v>678</v>
+        <v>204</v>
       </c>
       <c r="E633" t="s">
         <v>61</v>
       </c>
       <c r="F633" t="s">
         <v>288</v>
       </c>
       <c r="G633" t="s">
         <v>22</v>
       </c>
       <c r="H633">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="I633">
         <v>2021</v>
       </c>
       <c r="J633" t="s">
         <v>877</v>
       </c>
       <c r="K633" t="s">
         <v>34</v>
       </c>
       <c r="L633" t="s">
-        <v>3125</v>
+        <v>3128</v>
       </c>
       <c r="M633" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="N633" t="s">
         <v>27</v>
       </c>
       <c r="O633" t="s">
-        <v>3126</v>
+        <v>3129</v>
       </c>
       <c r="P633" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="634" spans="1:16">
       <c r="A634" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
       <c r="B634" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
       <c r="C634" t="s">
         <v>876</v>
       </c>
       <c r="D634" t="s">
-        <v>244</v>
+        <v>138</v>
       </c>
       <c r="E634" t="s">
         <v>61</v>
       </c>
       <c r="F634" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
       <c r="G634" t="s">
         <v>22</v>
       </c>
       <c r="H634">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="I634">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J634" t="s">
         <v>877</v>
       </c>
       <c r="K634" t="s">
         <v>34</v>
       </c>
       <c r="L634" t="s">
-        <v>3130</v>
+        <v>3133</v>
       </c>
       <c r="M634" t="s">
-        <v>879</v>
+        <v>1646</v>
       </c>
       <c r="N634" t="s">
         <v>27</v>
       </c>
       <c r="O634" t="s">
-        <v>3131</v>
+        <v>3134</v>
       </c>
       <c r="P634" t="s">
-        <v>3132</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="635" spans="1:16">
       <c r="A635" t="s">
-        <v>3133</v>
+        <v>3136</v>
       </c>
       <c r="B635" t="s">
-        <v>3134</v>
+        <v>3137</v>
       </c>
       <c r="C635" t="s">
         <v>876</v>
       </c>
       <c r="D635" t="s">
-        <v>204</v>
+        <v>678</v>
       </c>
       <c r="E635" t="s">
         <v>61</v>
       </c>
       <c r="F635" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
       <c r="G635" t="s">
         <v>22</v>
       </c>
       <c r="H635">
-        <v>1995</v>
+        <v>2015</v>
       </c>
       <c r="I635">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J635" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="K635" t="s">
         <v>34</v>
       </c>
       <c r="L635" t="s">
-        <v>3135</v>
+        <v>3138</v>
       </c>
       <c r="M635" t="s">
-        <v>879</v>
+        <v>1646</v>
       </c>
       <c r="N635" t="s">
         <v>27</v>
       </c>
       <c r="O635" t="s">
-        <v>3136</v>
+        <v>3139</v>
       </c>
       <c r="P635" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="636" spans="1:16">
       <c r="A636" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
       <c r="B636" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="C636" t="s">
         <v>876</v>
       </c>
       <c r="D636" t="s">
-        <v>1778</v>
+        <v>244</v>
       </c>
       <c r="E636" t="s">
         <v>61</v>
       </c>
       <c r="F636" t="s">
         <v>52</v>
       </c>
       <c r="G636" t="s">
         <v>22</v>
       </c>
       <c r="H636">
-        <v>2014</v>
+        <v>2001</v>
       </c>
       <c r="I636">
         <v>2019</v>
       </c>
       <c r="J636" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="K636" t="s">
         <v>34</v>
       </c>
       <c r="L636" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
       <c r="M636" t="s">
         <v>879</v>
       </c>
       <c r="N636" t="s">
         <v>27</v>
       </c>
       <c r="O636" t="s">
-        <v>3141</v>
+        <v>3144</v>
       </c>
       <c r="P636" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="637" spans="1:16">
       <c r="A637" t="s">
-        <v>3143</v>
+        <v>3146</v>
       </c>
       <c r="B637" t="s">
-        <v>3144</v>
+        <v>3147</v>
       </c>
       <c r="C637" t="s">
         <v>876</v>
       </c>
       <c r="D637" t="s">
-        <v>166</v>
+        <v>204</v>
       </c>
       <c r="E637" t="s">
         <v>61</v>
       </c>
       <c r="F637" t="s">
         <v>52</v>
       </c>
       <c r="G637" t="s">
         <v>22</v>
       </c>
       <c r="H637">
-        <v>2012</v>
+        <v>1995</v>
       </c>
       <c r="I637">
         <v>2019</v>
       </c>
       <c r="J637" t="s">
-        <v>62</v>
+        <v>884</v>
       </c>
       <c r="K637" t="s">
         <v>34</v>
       </c>
       <c r="L637" t="s">
-        <v>3145</v>
+        <v>3148</v>
       </c>
       <c r="M637" t="s">
         <v>879</v>
       </c>
       <c r="N637" t="s">
         <v>27</v>
       </c>
       <c r="O637" t="s">
-        <v>3146</v>
+        <v>3149</v>
       </c>
       <c r="P637" t="s">
-        <v>3147</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="638" spans="1:16">
       <c r="A638" t="s">
-        <v>3148</v>
+        <v>3151</v>
       </c>
       <c r="B638" t="s">
-        <v>3149</v>
+        <v>3152</v>
       </c>
       <c r="C638" t="s">
         <v>876</v>
       </c>
       <c r="D638" t="s">
-        <v>3150</v>
+        <v>1787</v>
       </c>
       <c r="E638" t="s">
         <v>61</v>
       </c>
       <c r="F638" t="s">
         <v>52</v>
       </c>
       <c r="G638" t="s">
         <v>22</v>
       </c>
       <c r="H638">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="I638">
         <v>2019</v>
       </c>
       <c r="J638" t="s">
         <v>884</v>
       </c>
       <c r="K638" t="s">
         <v>34</v>
       </c>
       <c r="L638" t="s">
-        <v>3151</v>
+        <v>3153</v>
       </c>
       <c r="M638" t="s">
         <v>879</v>
       </c>
       <c r="N638" t="s">
         <v>27</v>
       </c>
       <c r="O638" t="s">
-        <v>3152</v>
+        <v>3154</v>
       </c>
       <c r="P638" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="639" spans="1:16">
       <c r="A639" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="B639" t="s">
-        <v>3155</v>
+        <v>3157</v>
       </c>
       <c r="C639" t="s">
         <v>876</v>
       </c>
       <c r="D639" t="s">
-        <v>192</v>
+        <v>166</v>
       </c>
       <c r="E639" t="s">
         <v>61</v>
       </c>
       <c r="F639" t="s">
         <v>52</v>
       </c>
       <c r="G639" t="s">
         <v>22</v>
       </c>
       <c r="H639">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="I639">
         <v>2019</v>
       </c>
       <c r="J639" t="s">
-        <v>884</v>
+        <v>62</v>
       </c>
       <c r="K639" t="s">
         <v>34</v>
       </c>
       <c r="L639" t="s">
-        <v>3156</v>
+        <v>3158</v>
       </c>
       <c r="M639" t="s">
         <v>879</v>
       </c>
       <c r="N639" t="s">
         <v>27</v>
       </c>
       <c r="O639" t="s">
-        <v>3157</v>
+        <v>3159</v>
       </c>
       <c r="P639" t="s">
-        <v>3158</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="640" spans="1:16">
       <c r="A640" t="s">
-        <v>3159</v>
+        <v>3161</v>
       </c>
       <c r="B640" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
       <c r="C640" t="s">
         <v>876</v>
       </c>
       <c r="D640" t="s">
-        <v>3161</v>
+        <v>3163</v>
       </c>
       <c r="E640" t="s">
         <v>61</v>
       </c>
       <c r="F640" t="s">
         <v>52</v>
       </c>
       <c r="G640" t="s">
         <v>22</v>
       </c>
       <c r="H640">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="I640">
         <v>2019</v>
       </c>
       <c r="J640" t="s">
         <v>884</v>
       </c>
       <c r="K640" t="s">
         <v>34</v>
       </c>
       <c r="L640" t="s">
-        <v>3162</v>
+        <v>3164</v>
       </c>
       <c r="M640" t="s">
         <v>879</v>
       </c>
       <c r="N640" t="s">
         <v>27</v>
       </c>
       <c r="O640" t="s">
-        <v>3163</v>
+        <v>3165</v>
       </c>
       <c r="P640" t="s">
-        <v>3164</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="641" spans="1:16">
       <c r="A641" t="s">
-        <v>3165</v>
+        <v>3167</v>
       </c>
       <c r="B641" t="s">
-        <v>3166</v>
+        <v>3168</v>
       </c>
       <c r="C641" t="s">
         <v>876</v>
       </c>
       <c r="D641" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="E641" t="s">
         <v>61</v>
       </c>
       <c r="F641" t="s">
         <v>52</v>
       </c>
       <c r="G641" t="s">
         <v>22</v>
       </c>
       <c r="H641">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="I641">
         <v>2019</v>
       </c>
       <c r="J641" t="s">
         <v>884</v>
       </c>
       <c r="K641" t="s">
         <v>34</v>
       </c>
       <c r="L641" t="s">
-        <v>3167</v>
+        <v>3169</v>
       </c>
       <c r="M641" t="s">
         <v>879</v>
       </c>
       <c r="N641" t="s">
         <v>27</v>
       </c>
       <c r="O641" t="s">
-        <v>3168</v>
+        <v>3170</v>
       </c>
       <c r="P641" t="s">
-        <v>3169</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="642" spans="1:16">
       <c r="A642" t="s">
-        <v>3170</v>
+        <v>3172</v>
       </c>
       <c r="B642" t="s">
-        <v>3171</v>
+        <v>3173</v>
       </c>
       <c r="C642" t="s">
-        <v>936</v>
+        <v>876</v>
       </c>
       <c r="D642" t="s">
-        <v>227</v>
+        <v>3174</v>
       </c>
       <c r="E642" t="s">
         <v>61</v>
       </c>
       <c r="F642" t="s">
-        <v>288</v>
+        <v>52</v>
       </c>
       <c r="G642" t="s">
         <v>22</v>
       </c>
       <c r="H642">
         <v>2004</v>
       </c>
       <c r="I642">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J642" t="s">
-        <v>62</v>
+        <v>884</v>
       </c>
       <c r="K642" t="s">
         <v>34</v>
       </c>
       <c r="L642" t="s">
-        <v>1746</v>
+        <v>3175</v>
       </c>
       <c r="M642" t="s">
-        <v>3172</v>
+        <v>879</v>
       </c>
       <c r="N642" t="s">
         <v>27</v>
       </c>
       <c r="O642" t="s">
-        <v>3173</v>
+        <v>3176</v>
       </c>
       <c r="P642" t="s">
-        <v>3174</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="643" spans="1:16">
       <c r="A643" t="s">
-        <v>3175</v>
+        <v>3178</v>
       </c>
       <c r="B643" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
       <c r="C643" t="s">
-        <v>936</v>
+        <v>876</v>
       </c>
       <c r="D643" t="s">
-        <v>616</v>
+        <v>173</v>
       </c>
       <c r="E643" t="s">
         <v>61</v>
       </c>
       <c r="F643" t="s">
-        <v>288</v>
+        <v>52</v>
       </c>
       <c r="G643" t="s">
         <v>22</v>
       </c>
       <c r="H643">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I643">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J643" t="s">
-        <v>33</v>
+        <v>884</v>
       </c>
       <c r="K643" t="s">
         <v>34</v>
       </c>
       <c r="L643" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
       <c r="M643" t="s">
-        <v>3178</v>
+        <v>879</v>
       </c>
       <c r="N643" t="s">
         <v>27</v>
       </c>
       <c r="O643" t="s">
-        <v>3179</v>
+        <v>3181</v>
       </c>
       <c r="P643" t="s">
-        <v>3180</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="644" spans="1:16">
       <c r="A644" t="s">
-        <v>3181</v>
+        <v>3183</v>
       </c>
       <c r="B644" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="C644" t="s">
         <v>936</v>
       </c>
       <c r="D644" t="s">
-        <v>166</v>
+        <v>227</v>
       </c>
       <c r="E644" t="s">
         <v>61</v>
       </c>
       <c r="F644" t="s">
         <v>288</v>
       </c>
       <c r="G644" t="s">
         <v>22</v>
       </c>
       <c r="H644">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I644">
         <v>2020</v>
       </c>
       <c r="J644" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="K644" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L644" t="s">
-        <v>3183</v>
+        <v>1755</v>
       </c>
       <c r="M644" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N644" t="s">
         <v>27</v>
       </c>
       <c r="O644" t="s">
-        <v>3184</v>
+        <v>3186</v>
       </c>
       <c r="P644" t="s">
-        <v>3185</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="645" spans="1:16">
       <c r="A645" t="s">
-        <v>3186</v>
+        <v>3188</v>
       </c>
       <c r="B645" t="s">
-        <v>3187</v>
+        <v>3189</v>
       </c>
       <c r="C645" t="s">
         <v>936</v>
       </c>
       <c r="D645" t="s">
-        <v>173</v>
+        <v>616</v>
       </c>
       <c r="E645" t="s">
         <v>61</v>
       </c>
       <c r="F645" t="s">
         <v>288</v>
       </c>
       <c r="G645" t="s">
         <v>22</v>
       </c>
       <c r="H645">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="I645">
         <v>2020</v>
       </c>
       <c r="J645" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="K645" t="s">
         <v>34</v>
       </c>
       <c r="L645" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
       <c r="M645" t="s">
-        <v>3172</v>
+        <v>3191</v>
       </c>
       <c r="N645" t="s">
         <v>27</v>
       </c>
       <c r="O645" t="s">
-        <v>3189</v>
+        <v>3192</v>
       </c>
       <c r="P645" t="s">
-        <v>3190</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="646" spans="1:16">
       <c r="A646" t="s">
-        <v>3191</v>
+        <v>3194</v>
       </c>
       <c r="B646" t="s">
-        <v>3192</v>
+        <v>3195</v>
       </c>
       <c r="C646" t="s">
         <v>936</v>
       </c>
       <c r="D646" t="s">
-        <v>111</v>
+        <v>166</v>
       </c>
       <c r="E646" t="s">
         <v>61</v>
       </c>
       <c r="F646" t="s">
         <v>288</v>
       </c>
       <c r="G646" t="s">
         <v>22</v>
       </c>
       <c r="H646">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I646">
         <v>2020</v>
       </c>
       <c r="J646" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="K646" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L646" t="s">
-        <v>3193</v>
+        <v>3196</v>
       </c>
       <c r="M646" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N646" t="s">
         <v>27</v>
       </c>
       <c r="O646" t="s">
-        <v>3194</v>
+        <v>3197</v>
       </c>
       <c r="P646" t="s">
-        <v>3195</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="647" spans="1:16">
       <c r="A647" t="s">
-        <v>3196</v>
+        <v>3199</v>
       </c>
       <c r="B647" t="s">
-        <v>3197</v>
+        <v>3200</v>
       </c>
       <c r="C647" t="s">
         <v>936</v>
       </c>
       <c r="D647" t="s">
-        <v>262</v>
+        <v>173</v>
       </c>
       <c r="E647" t="s">
         <v>61</v>
       </c>
       <c r="F647" t="s">
         <v>288</v>
       </c>
       <c r="G647" t="s">
         <v>22</v>
       </c>
       <c r="H647">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="I647">
         <v>2020</v>
       </c>
       <c r="J647" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="K647" t="s">
         <v>34</v>
       </c>
       <c r="L647" t="s">
-        <v>1746</v>
+        <v>3201</v>
       </c>
       <c r="M647" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N647" t="s">
         <v>27</v>
       </c>
       <c r="O647" t="s">
-        <v>3198</v>
+        <v>3202</v>
       </c>
       <c r="P647" t="s">
-        <v>3199</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="648" spans="1:16">
       <c r="A648" t="s">
-        <v>3200</v>
+        <v>3204</v>
       </c>
       <c r="B648" t="s">
-        <v>3201</v>
+        <v>3205</v>
       </c>
       <c r="C648" t="s">
         <v>936</v>
       </c>
       <c r="D648" t="s">
-        <v>256</v>
+        <v>111</v>
       </c>
       <c r="E648" t="s">
         <v>61</v>
       </c>
       <c r="F648" t="s">
         <v>288</v>
       </c>
       <c r="G648" t="s">
         <v>22</v>
       </c>
       <c r="H648">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I648">
         <v>2020</v>
       </c>
       <c r="J648" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K648" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L648" t="s">
-        <v>3202</v>
+        <v>3206</v>
       </c>
       <c r="M648" t="s">
-        <v>939</v>
+        <v>3185</v>
       </c>
       <c r="N648" t="s">
         <v>27</v>
       </c>
       <c r="O648" t="s">
-        <v>3203</v>
+        <v>3207</v>
       </c>
       <c r="P648" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="649" spans="1:16">
       <c r="A649" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
       <c r="B649" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
       <c r="C649" t="s">
         <v>936</v>
       </c>
       <c r="D649" t="s">
-        <v>678</v>
+        <v>262</v>
       </c>
       <c r="E649" t="s">
         <v>61</v>
       </c>
       <c r="F649" t="s">
         <v>288</v>
       </c>
       <c r="G649" t="s">
         <v>22</v>
       </c>
       <c r="H649">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="I649">
         <v>2020</v>
       </c>
       <c r="J649" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="K649" t="s">
         <v>34</v>
       </c>
-      <c r="L649"/>
+      <c r="L649" t="s">
+        <v>1755</v>
+      </c>
       <c r="M649" t="s">
-        <v>939</v>
+        <v>3185</v>
       </c>
       <c r="N649" t="s">
         <v>27</v>
       </c>
       <c r="O649" t="s">
-        <v>3207</v>
+        <v>3211</v>
       </c>
       <c r="P649" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="650" spans="1:16">
       <c r="A650" t="s">
-        <v>3209</v>
+        <v>3213</v>
       </c>
       <c r="B650" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
       <c r="C650" t="s">
         <v>936</v>
       </c>
       <c r="D650" t="s">
-        <v>3211</v>
+        <v>256</v>
       </c>
       <c r="E650" t="s">
         <v>61</v>
       </c>
       <c r="F650" t="s">
         <v>288</v>
       </c>
       <c r="G650" t="s">
         <v>22</v>
       </c>
       <c r="H650">
         <v>2012</v>
       </c>
       <c r="I650">
         <v>2020</v>
       </c>
       <c r="J650" t="s">
         <v>70</v>
       </c>
       <c r="K650" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="L650" t="s">
-        <v>3212</v>
+        <v>3215</v>
       </c>
       <c r="M650" t="s">
         <v>939</v>
       </c>
       <c r="N650" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O650" t="s">
-        <v>3213</v>
+        <v>3216</v>
       </c>
       <c r="P650" t="s">
-        <v>3214</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="651" spans="1:16">
       <c r="A651" t="s">
-        <v>3215</v>
+        <v>3218</v>
       </c>
       <c r="B651" t="s">
-        <v>3216</v>
+        <v>3219</v>
       </c>
       <c r="C651" t="s">
         <v>936</v>
       </c>
       <c r="D651" t="s">
-        <v>437</v>
+        <v>678</v>
       </c>
       <c r="E651" t="s">
         <v>61</v>
       </c>
       <c r="F651" t="s">
         <v>288</v>
       </c>
       <c r="G651" t="s">
         <v>22</v>
       </c>
       <c r="H651">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I651">
         <v>2020</v>
       </c>
       <c r="J651" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="K651" t="s">
         <v>34</v>
       </c>
       <c r="L651"/>
       <c r="M651" t="s">
-        <v>3172</v>
+        <v>939</v>
       </c>
       <c r="N651" t="s">
         <v>27</v>
       </c>
       <c r="O651" t="s">
-        <v>3217</v>
+        <v>3220</v>
       </c>
       <c r="P651" t="s">
-        <v>3218</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="652" spans="1:16">
       <c r="A652" t="s">
-        <v>3219</v>
+        <v>3222</v>
       </c>
       <c r="B652" t="s">
-        <v>3220</v>
+        <v>3223</v>
       </c>
       <c r="C652" t="s">
         <v>936</v>
       </c>
       <c r="D652" t="s">
-        <v>1005</v>
+        <v>3224</v>
       </c>
       <c r="E652" t="s">
         <v>61</v>
       </c>
       <c r="F652" t="s">
         <v>288</v>
       </c>
       <c r="G652" t="s">
         <v>22</v>
       </c>
       <c r="H652">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I652">
         <v>2020</v>
       </c>
       <c r="J652" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="K652" t="s">
         <v>34</v>
       </c>
       <c r="L652" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
       <c r="M652" t="s">
-        <v>3172</v>
+        <v>939</v>
       </c>
       <c r="N652" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O652" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
       <c r="P652" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="653" spans="1:16">
       <c r="A653" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
       <c r="B653" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
       <c r="C653" t="s">
         <v>936</v>
       </c>
       <c r="D653" t="s">
-        <v>214</v>
+        <v>437</v>
       </c>
       <c r="E653" t="s">
         <v>61</v>
       </c>
       <c r="F653" t="s">
         <v>288</v>
       </c>
       <c r="G653" t="s">
         <v>22</v>
       </c>
       <c r="H653">
-        <v>2014</v>
+        <v>2003</v>
       </c>
       <c r="I653">
         <v>2020</v>
       </c>
       <c r="J653" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="K653" t="s">
         <v>34</v>
       </c>
-      <c r="L653" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L653"/>
       <c r="M653" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N653" t="s">
         <v>27</v>
       </c>
       <c r="O653" t="s">
-        <v>3227</v>
+        <v>3230</v>
       </c>
       <c r="P653" t="s">
-        <v>3228</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="654" spans="1:16">
       <c r="A654" t="s">
-        <v>3229</v>
+        <v>3232</v>
       </c>
       <c r="B654" t="s">
-        <v>3230</v>
+        <v>3233</v>
       </c>
       <c r="C654" t="s">
         <v>936</v>
       </c>
       <c r="D654" t="s">
-        <v>262</v>
+        <v>1005</v>
       </c>
       <c r="E654" t="s">
         <v>61</v>
       </c>
       <c r="F654" t="s">
         <v>288</v>
       </c>
       <c r="G654" t="s">
         <v>22</v>
       </c>
       <c r="H654">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="I654">
         <v>2020</v>
       </c>
       <c r="J654" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="K654" t="s">
         <v>34</v>
       </c>
       <c r="L654" t="s">
-        <v>1746</v>
+        <v>3234</v>
       </c>
       <c r="M654" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N654" t="s">
         <v>27</v>
       </c>
       <c r="O654" t="s">
-        <v>3231</v>
+        <v>3235</v>
       </c>
       <c r="P654" t="s">
-        <v>3232</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="655" spans="1:16">
       <c r="A655" t="s">
-        <v>3233</v>
+        <v>3237</v>
       </c>
       <c r="B655" t="s">
-        <v>3234</v>
+        <v>3238</v>
       </c>
       <c r="C655" t="s">
         <v>936</v>
       </c>
       <c r="D655" t="s">
-        <v>1005</v>
+        <v>214</v>
       </c>
       <c r="E655" t="s">
         <v>61</v>
       </c>
       <c r="F655" t="s">
         <v>288</v>
       </c>
       <c r="G655" t="s">
         <v>22</v>
       </c>
       <c r="H655">
-        <v>1998</v>
+        <v>2014</v>
       </c>
       <c r="I655">
         <v>2020</v>
       </c>
       <c r="J655" t="s">
         <v>62</v>
       </c>
       <c r="K655" t="s">
         <v>34</v>
       </c>
       <c r="L655" t="s">
-        <v>3235</v>
+        <v>3239</v>
       </c>
       <c r="M655" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N655" t="s">
         <v>27</v>
       </c>
       <c r="O655" t="s">
-        <v>3236</v>
+        <v>3240</v>
       </c>
       <c r="P655" t="s">
-        <v>3237</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="656" spans="1:16">
       <c r="A656" t="s">
-        <v>3238</v>
+        <v>3242</v>
       </c>
       <c r="B656" t="s">
-        <v>3239</v>
+        <v>3243</v>
       </c>
       <c r="C656" t="s">
         <v>936</v>
       </c>
       <c r="D656" t="s">
         <v>262</v>
       </c>
       <c r="E656" t="s">
         <v>61</v>
       </c>
       <c r="F656" t="s">
         <v>288</v>
       </c>
       <c r="G656" t="s">
         <v>22</v>
       </c>
       <c r="H656">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I656">
         <v>2020</v>
       </c>
       <c r="J656" t="s">
         <v>33</v>
       </c>
       <c r="K656" t="s">
         <v>34</v>
       </c>
       <c r="L656" t="s">
-        <v>1746</v>
+        <v>1755</v>
       </c>
       <c r="M656" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N656" t="s">
         <v>27</v>
       </c>
       <c r="O656" t="s">
-        <v>3240</v>
+        <v>3244</v>
       </c>
       <c r="P656" t="s">
-        <v>3241</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="657" spans="1:16">
       <c r="A657" t="s">
-        <v>3242</v>
+        <v>3246</v>
       </c>
       <c r="B657" t="s">
-        <v>3243</v>
+        <v>3247</v>
       </c>
       <c r="C657" t="s">
         <v>936</v>
       </c>
       <c r="D657" t="s">
-        <v>262</v>
+        <v>1005</v>
       </c>
       <c r="E657" t="s">
         <v>61</v>
       </c>
       <c r="F657" t="s">
         <v>288</v>
       </c>
       <c r="G657" t="s">
         <v>22</v>
       </c>
       <c r="H657">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="I657">
         <v>2020</v>
       </c>
       <c r="J657" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="K657" t="s">
         <v>34</v>
       </c>
       <c r="L657" t="s">
-        <v>1746</v>
+        <v>3248</v>
       </c>
       <c r="M657" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="N657" t="s">
         <v>27</v>
       </c>
       <c r="O657" t="s">
-        <v>3244</v>
+        <v>3249</v>
       </c>
       <c r="P657" t="s">
-        <v>3245</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="658" spans="1:16">
       <c r="A658" t="s">
-        <v>3246</v>
+        <v>3251</v>
       </c>
       <c r="B658" t="s">
-        <v>3247</v>
+        <v>3252</v>
       </c>
       <c r="C658" t="s">
-        <v>876</v>
+        <v>936</v>
       </c>
       <c r="D658" t="s">
-        <v>3248</v>
+        <v>262</v>
       </c>
       <c r="E658" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F658" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="G658" t="s">
         <v>22</v>
       </c>
       <c r="H658">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="I658">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="J658" t="s">
-        <v>884</v>
+        <v>33</v>
       </c>
       <c r="K658" t="s">
         <v>34</v>
       </c>
-      <c r="L658"/>
+      <c r="L658" t="s">
+        <v>1755</v>
+      </c>
       <c r="M658" t="s">
-        <v>3249</v>
+        <v>3185</v>
       </c>
       <c r="N658" t="s">
         <v>27</v>
       </c>
       <c r="O658" t="s">
-        <v>3250</v>
+        <v>3253</v>
       </c>
       <c r="P658" t="s">
-        <v>3251</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="659" spans="1:16">
       <c r="A659" t="s">
-        <v>3252</v>
+        <v>3255</v>
       </c>
       <c r="B659" t="s">
-        <v>3253</v>
+        <v>3256</v>
       </c>
       <c r="C659" t="s">
-        <v>876</v>
+        <v>936</v>
       </c>
       <c r="D659" t="s">
-        <v>204</v>
+        <v>262</v>
       </c>
       <c r="E659" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F659" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="G659" t="s">
         <v>22</v>
       </c>
       <c r="H659">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I659">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="J659" t="s">
-        <v>877</v>
+        <v>33</v>
       </c>
       <c r="K659" t="s">
         <v>34</v>
       </c>
-      <c r="L659"/>
+      <c r="L659" t="s">
+        <v>1755</v>
+      </c>
       <c r="M659" t="s">
-        <v>3249</v>
+        <v>3185</v>
       </c>
       <c r="N659" t="s">
         <v>27</v>
       </c>
       <c r="O659" t="s">
-        <v>3254</v>
+        <v>3257</v>
       </c>
       <c r="P659" t="s">
-        <v>3255</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="660" spans="1:16">
       <c r="A660" t="s">
-        <v>3256</v>
+        <v>3259</v>
       </c>
       <c r="B660" t="s">
-        <v>3257</v>
+        <v>3260</v>
       </c>
       <c r="C660" t="s">
         <v>876</v>
       </c>
       <c r="D660" t="s">
-        <v>192</v>
+        <v>3261</v>
       </c>
       <c r="E660" t="s">
         <v>20</v>
       </c>
       <c r="F660" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G660" t="s">
         <v>22</v>
       </c>
       <c r="H660">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="I660">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J660" t="s">
-        <v>1293</v>
+        <v>884</v>
       </c>
       <c r="K660" t="s">
         <v>34</v>
       </c>
       <c r="L660"/>
       <c r="M660" t="s">
-        <v>3249</v>
+        <v>3262</v>
       </c>
       <c r="N660" t="s">
         <v>27</v>
       </c>
       <c r="O660" t="s">
-        <v>3258</v>
+        <v>3263</v>
       </c>
       <c r="P660" t="s">
-        <v>3259</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="661" spans="1:16">
       <c r="A661" t="s">
-        <v>3260</v>
+        <v>3265</v>
       </c>
       <c r="B661" t="s">
-        <v>3261</v>
+        <v>3266</v>
       </c>
       <c r="C661" t="s">
         <v>876</v>
       </c>
       <c r="D661" t="s">
-        <v>111</v>
+        <v>204</v>
       </c>
       <c r="E661" t="s">
         <v>20</v>
       </c>
       <c r="F661" t="s">
         <v>21</v>
       </c>
       <c r="G661" t="s">
         <v>22</v>
       </c>
       <c r="H661">
-        <v>1978</v>
+        <v>2003</v>
       </c>
       <c r="I661">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J661" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="K661" t="s">
         <v>34</v>
       </c>
       <c r="L661"/>
       <c r="M661" t="s">
-        <v>3249</v>
+        <v>3262</v>
       </c>
       <c r="N661" t="s">
         <v>27</v>
       </c>
       <c r="O661" t="s">
-        <v>3262</v>
+        <v>3267</v>
       </c>
       <c r="P661" t="s">
-        <v>3263</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="662" spans="1:16">
       <c r="A662" t="s">
-        <v>3264</v>
+        <v>3269</v>
       </c>
       <c r="B662" t="s">
-        <v>3265</v>
+        <v>3270</v>
       </c>
       <c r="C662" t="s">
         <v>876</v>
       </c>
       <c r="D662" t="s">
-        <v>3266</v>
+        <v>192</v>
       </c>
       <c r="E662" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F662" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G662" t="s">
         <v>22</v>
       </c>
       <c r="H662">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="I662">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="J662" t="s">
-        <v>3267</v>
+        <v>1293</v>
       </c>
       <c r="K662" t="s">
         <v>34</v>
       </c>
       <c r="L662"/>
       <c r="M662" t="s">
-        <v>3249</v>
+        <v>3262</v>
       </c>
       <c r="N662" t="s">
         <v>27</v>
       </c>
       <c r="O662" t="s">
-        <v>3268</v>
+        <v>3271</v>
       </c>
       <c r="P662" t="s">
-        <v>3269</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="663" spans="1:16">
       <c r="A663" t="s">
-        <v>3270</v>
+        <v>3273</v>
       </c>
       <c r="B663" t="s">
-        <v>3271</v>
+        <v>3274</v>
       </c>
       <c r="C663" t="s">
         <v>876</v>
       </c>
       <c r="D663" t="s">
-        <v>895</v>
+        <v>111</v>
       </c>
       <c r="E663" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F663" t="s">
         <v>21</v>
       </c>
       <c r="G663" t="s">
         <v>22</v>
       </c>
       <c r="H663">
-        <v>2014</v>
+        <v>1978</v>
       </c>
       <c r="I663">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="J663" t="s">
-        <v>1293</v>
+        <v>884</v>
       </c>
       <c r="K663" t="s">
         <v>34</v>
       </c>
       <c r="L663"/>
       <c r="M663" t="s">
-        <v>3249</v>
+        <v>3262</v>
       </c>
       <c r="N663" t="s">
         <v>27</v>
       </c>
       <c r="O663" t="s">
-        <v>3272</v>
+        <v>3275</v>
       </c>
       <c r="P663" t="s">
-        <v>3273</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="664" spans="1:16">
       <c r="A664" t="s">
-        <v>3274</v>
+        <v>3277</v>
       </c>
       <c r="B664" t="s">
-        <v>3275</v>
+        <v>3278</v>
       </c>
       <c r="C664" t="s">
-        <v>3276</v>
+        <v>876</v>
       </c>
       <c r="D664" t="s">
-        <v>99</v>
+        <v>3279</v>
       </c>
       <c r="E664" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F664" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G664" t="s">
         <v>22</v>
       </c>
       <c r="H664">
         <v>2007</v>
       </c>
       <c r="I664">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J664" t="s">
-        <v>79</v>
+        <v>3280</v>
       </c>
       <c r="K664" t="s">
         <v>34</v>
       </c>
-      <c r="L664" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L664"/>
       <c r="M664" t="s">
-        <v>3278</v>
+        <v>3262</v>
       </c>
       <c r="N664" t="s">
         <v>27</v>
       </c>
       <c r="O664" t="s">
-        <v>3279</v>
+        <v>3281</v>
       </c>
       <c r="P664" t="s">
-        <v>3280</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="665" spans="1:16">
       <c r="A665" t="s">
-        <v>3281</v>
+        <v>3283</v>
       </c>
       <c r="B665" t="s">
-        <v>3282</v>
+        <v>3284</v>
       </c>
       <c r="C665" t="s">
-        <v>3283</v>
+        <v>876</v>
       </c>
       <c r="D665" t="s">
-        <v>99</v>
+        <v>895</v>
       </c>
       <c r="E665" t="s">
         <v>61</v>
       </c>
       <c r="F665" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G665" t="s">
         <v>22</v>
       </c>
       <c r="H665">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I665">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="J665" t="s">
-        <v>70</v>
+        <v>1293</v>
       </c>
       <c r="K665" t="s">
         <v>34</v>
       </c>
-      <c r="L665" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L665"/>
       <c r="M665" t="s">
+        <v>3262</v>
+      </c>
+      <c r="N665" t="s">
+        <v>27</v>
+      </c>
+      <c r="O665" t="s">
         <v>3285</v>
       </c>
-      <c r="N665" t="s">
-[...2 lines deleted...]
-      <c r="O665" t="s">
+      <c r="P665" t="s">
         <v>3286</v>
-      </c>
-[...1 lines deleted...]
-        <v>3287</v>
       </c>
     </row>
     <row r="666" spans="1:16">
       <c r="A666" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B666" t="s">
         <v>3288</v>
       </c>
-      <c r="B666" t="s">
+      <c r="C666" t="s">
         <v>3289</v>
       </c>
-      <c r="C666" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D666" t="s">
-        <v>220</v>
+        <v>99</v>
       </c>
       <c r="E666" t="s">
         <v>20</v>
       </c>
       <c r="F666" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G666" t="s">
         <v>22</v>
       </c>
       <c r="H666">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I666">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J666" t="s">
-        <v>2552</v>
+        <v>79</v>
       </c>
       <c r="K666" t="s">
         <v>34</v>
       </c>
       <c r="L666" t="s">
         <v>3290</v>
       </c>
       <c r="M666" t="s">
-        <v>3285</v>
+        <v>3291</v>
       </c>
       <c r="N666" t="s">
         <v>27</v>
       </c>
       <c r="O666" t="s">
-        <v>3291</v>
+        <v>3292</v>
       </c>
       <c r="P666" t="s">
-        <v>3292</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="667" spans="1:16">
       <c r="A667" t="s">
-        <v>3293</v>
+        <v>3294</v>
       </c>
       <c r="B667" t="s">
-        <v>3294</v>
+        <v>3295</v>
       </c>
       <c r="C667" t="s">
-        <v>3283</v>
+        <v>3296</v>
       </c>
       <c r="D667" t="s">
-        <v>220</v>
+        <v>99</v>
       </c>
       <c r="E667" t="s">
         <v>61</v>
       </c>
       <c r="F667" t="s">
         <v>52</v>
       </c>
       <c r="G667" t="s">
         <v>22</v>
       </c>
       <c r="H667">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I667">
         <v>2011</v>
       </c>
       <c r="J667" t="s">
         <v>70</v>
       </c>
       <c r="K667" t="s">
         <v>34</v>
       </c>
       <c r="L667" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
       <c r="M667" t="s">
-        <v>3285</v>
+        <v>3298</v>
       </c>
       <c r="N667" t="s">
         <v>27</v>
       </c>
       <c r="O667" t="s">
-        <v>3296</v>
+        <v>3299</v>
       </c>
       <c r="P667" t="s">
-        <v>3297</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="668" spans="1:16">
       <c r="A668" t="s">
-        <v>3298</v>
+        <v>3301</v>
       </c>
       <c r="B668" t="s">
-        <v>3299</v>
+        <v>3302</v>
       </c>
       <c r="C668" t="s">
-        <v>3283</v>
+        <v>3296</v>
       </c>
       <c r="D668" t="s">
-        <v>864</v>
+        <v>220</v>
       </c>
       <c r="E668" t="s">
         <v>20</v>
       </c>
       <c r="F668" t="s">
         <v>21</v>
       </c>
       <c r="G668" t="s">
         <v>22</v>
       </c>
       <c r="H668">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I668">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J668" t="s">
-        <v>2552</v>
+        <v>2565</v>
       </c>
       <c r="K668" t="s">
         <v>34</v>
       </c>
       <c r="L668" t="s">
-        <v>3300</v>
+        <v>3303</v>
       </c>
       <c r="M668" t="s">
-        <v>3285</v>
+        <v>3298</v>
       </c>
       <c r="N668" t="s">
         <v>27</v>
       </c>
       <c r="O668" t="s">
-        <v>3301</v>
+        <v>3304</v>
       </c>
       <c r="P668" t="s">
-        <v>3302</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="669" spans="1:16">
       <c r="A669" t="s">
-        <v>3303</v>
+        <v>3306</v>
       </c>
       <c r="B669" t="s">
-        <v>3304</v>
+        <v>3307</v>
       </c>
       <c r="C669" t="s">
-        <v>632</v>
+        <v>3296</v>
       </c>
       <c r="D669" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="E669" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F669" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G669" t="s">
         <v>22</v>
       </c>
       <c r="H669">
+        <v>2007</v>
+      </c>
+      <c r="I669">
         <v>2011</v>
       </c>
-      <c r="I669">
-[...1 lines deleted...]
-      </c>
       <c r="J669" t="s">
-        <v>2152</v>
+        <v>70</v>
       </c>
       <c r="K669" t="s">
         <v>34</v>
       </c>
-      <c r="L669"/>
+      <c r="L669" t="s">
+        <v>3308</v>
+      </c>
       <c r="M669" t="s">
-        <v>636</v>
+        <v>3298</v>
       </c>
       <c r="N669" t="s">
         <v>27</v>
       </c>
       <c r="O669" t="s">
-        <v>3305</v>
+        <v>3309</v>
       </c>
       <c r="P669" t="s">
-        <v>3306</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="670" spans="1:16">
       <c r="A670" t="s">
-        <v>3307</v>
+        <v>3311</v>
       </c>
       <c r="B670" t="s">
-        <v>3308</v>
+        <v>3312</v>
       </c>
       <c r="C670" t="s">
-        <v>1642</v>
+        <v>3296</v>
       </c>
       <c r="D670" t="s">
-        <v>3309</v>
+        <v>864</v>
       </c>
       <c r="E670" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F670" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G670" t="s">
         <v>22</v>
       </c>
       <c r="H670">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I670">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J670" t="s">
-        <v>1890</v>
+        <v>2565</v>
       </c>
       <c r="K670" t="s">
-        <v>562</v>
+        <v>34</v>
       </c>
       <c r="L670" t="s">
-        <v>3310</v>
+        <v>3313</v>
       </c>
       <c r="M670" t="s">
-        <v>3311</v>
+        <v>3298</v>
       </c>
       <c r="N670" t="s">
-        <v>564</v>
+        <v>27</v>
       </c>
       <c r="O670" t="s">
-        <v>3312</v>
+        <v>3314</v>
       </c>
       <c r="P670" t="s">
-        <v>3313</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="671" spans="1:16">
       <c r="A671" t="s">
-        <v>3314</v>
+        <v>3316</v>
       </c>
       <c r="B671" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="C671" t="s">
-        <v>646</v>
+        <v>632</v>
       </c>
       <c r="D671" t="s">
-        <v>3316</v>
+        <v>244</v>
       </c>
       <c r="E671" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F671" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G671" t="s">
         <v>22</v>
       </c>
       <c r="H671">
         <v>2011</v>
       </c>
       <c r="I671">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J671" t="s">
-        <v>174</v>
+        <v>2168</v>
       </c>
       <c r="K671" t="s">
-        <v>562</v>
+        <v>34</v>
       </c>
       <c r="L671"/>
       <c r="M671" t="s">
-        <v>3317</v>
+        <v>636</v>
       </c>
       <c r="N671" t="s">
-        <v>564</v>
+        <v>27</v>
       </c>
       <c r="O671" t="s">
         <v>3318</v>
       </c>
       <c r="P671" t="s">
         <v>3319</v>
       </c>
     </row>
     <row r="672" spans="1:16">
       <c r="A672" t="s">
         <v>3320</v>
       </c>
       <c r="B672" t="s">
         <v>3321</v>
       </c>
       <c r="C672" t="s">
-        <v>18</v>
+        <v>1651</v>
       </c>
       <c r="D672" t="s">
-        <v>1486</v>
+        <v>3322</v>
       </c>
       <c r="E672" t="s">
         <v>61</v>
       </c>
       <c r="F672" t="s">
-        <v>3322</v>
+        <v>52</v>
       </c>
       <c r="G672" t="s">
         <v>22</v>
       </c>
       <c r="H672">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I672">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J672" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="K672" t="s">
         <v>562</v>
       </c>
       <c r="L672" t="s">
         <v>3323</v>
       </c>
       <c r="M672" t="s">
         <v>3324</v>
       </c>
       <c r="N672" t="s">
         <v>564</v>
       </c>
       <c r="O672" t="s">
         <v>3325</v>
       </c>
       <c r="P672" t="s">
         <v>3326</v>
+      </c>
+    </row>
+    <row r="673" spans="1:16">
+      <c r="A673" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B673" t="s">
+        <v>3328</v>
+      </c>
+      <c r="C673" t="s">
+        <v>646</v>
+      </c>
+      <c r="D673" t="s">
+        <v>3329</v>
+      </c>
+      <c r="E673" t="s">
+        <v>61</v>
+      </c>
+      <c r="F673" t="s">
+        <v>288</v>
+      </c>
+      <c r="G673" t="s">
+        <v>22</v>
+      </c>
+      <c r="H673">
+        <v>2011</v>
+      </c>
+      <c r="I673">
+        <v>2017</v>
+      </c>
+      <c r="J673" t="s">
+        <v>174</v>
+      </c>
+      <c r="K673" t="s">
+        <v>562</v>
+      </c>
+      <c r="L673"/>
+      <c r="M673" t="s">
+        <v>3330</v>
+      </c>
+      <c r="N673" t="s">
+        <v>564</v>
+      </c>
+      <c r="O673" t="s">
+        <v>3331</v>
+      </c>
+      <c r="P673" t="s">
+        <v>3332</v>
+      </c>
+    </row>
+    <row r="674" spans="1:16">
+      <c r="A674" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B674" t="s">
+        <v>3334</v>
+      </c>
+      <c r="C674" t="s">
+        <v>18</v>
+      </c>
+      <c r="D674" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E674" t="s">
+        <v>61</v>
+      </c>
+      <c r="F674" t="s">
+        <v>3335</v>
+      </c>
+      <c r="G674" t="s">
+        <v>22</v>
+      </c>
+      <c r="H674">
+        <v>2018</v>
+      </c>
+      <c r="I674">
+        <v>2018</v>
+      </c>
+      <c r="J674" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K674" t="s">
+        <v>562</v>
+      </c>
+      <c r="L674" t="s">
+        <v>3336</v>
+      </c>
+      <c r="M674" t="s">
+        <v>3337</v>
+      </c>
+      <c r="N674" t="s">
+        <v>564</v>
+      </c>
+      <c r="O674" t="s">
+        <v>3338</v>
+      </c>
+      <c r="P674" t="s">
+        <v>3339</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">