--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,50 +102,245 @@
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -449,73 +644,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="240.513" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="482.454" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -573,50 +768,444 @@
         <v>1989</v>
       </c>
       <c r="I2">
         <v>2016</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>80</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>83</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">