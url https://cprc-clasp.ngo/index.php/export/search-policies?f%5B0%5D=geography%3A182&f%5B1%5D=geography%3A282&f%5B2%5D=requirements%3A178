--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,2988 +12,4535 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="964">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1459">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal Pumps for Fresh Water</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification Rules for centrifugal pumps for fresh water. It applies to clean water centrifugal pump units powered by 690 V or below voltage, 50 Hz three-phase AC power supply, and three-phase AC motor-driven centrifugal pump units. The rated power of the motor is in the range of 0.75 kW to 375 kW.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>JB/T 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pumps-fresh-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>Water</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/honduras</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3257,11575 +4804,13168 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N266"/>
+  <dimension ref="A1:P266"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...51 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4">
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>56</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" t="s">
+        <v>94</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>58</v>
+      </c>
+      <c r="N11" t="s">
+        <v>96</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>58</v>
+      </c>
+      <c r="N12" t="s">
+        <v>96</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>58</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>58</v>
+      </c>
+      <c r="N14" t="s">
+        <v>96</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>55</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>58</v>
+      </c>
+      <c r="N15" t="s">
+        <v>118</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>64</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>55</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>58</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>55</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>58</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2008</v>
       </c>
-      <c r="H4">
-[...43 lines deleted...]
-      <c r="H5">
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>58</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>75</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>143</v>
+      </c>
+      <c r="M20" t="s">
+        <v>58</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>75</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>58</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>53</v>
+      </c>
+      <c r="D22" t="s">
+        <v>142</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" t="s">
+        <v>75</v>
+      </c>
+      <c r="H22">
+        <v>2019</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>36</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
+        <v>58</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...40 lines deleted...]
-      <c r="H6">
+      <c r="J23" t="s">
+        <v>55</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>164</v>
+      </c>
+      <c r="M23" t="s">
+        <v>58</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>55</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>170</v>
+      </c>
+      <c r="M24" t="s">
+        <v>58</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2002</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>58</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" t="s">
+        <v>142</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>55</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>58</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>53</v>
+      </c>
+      <c r="D27" t="s">
+        <v>163</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>36</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>186</v>
+      </c>
+      <c r="M27" t="s">
+        <v>58</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>53</v>
+      </c>
+      <c r="D28" t="s">
+        <v>81</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" t="s">
+        <v>75</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>55</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>191</v>
+      </c>
+      <c r="M28" t="s">
+        <v>58</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>192</v>
+      </c>
+      <c r="P28" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>194</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>53</v>
+      </c>
+      <c r="D29" t="s">
+        <v>142</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
         <v>2013</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J29" t="s">
+        <v>55</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>195</v>
+      </c>
+      <c r="M29" t="s">
+        <v>58</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>196</v>
+      </c>
+      <c r="P29" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>198</v>
+      </c>
+      <c r="B30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" t="s">
         <v>53</v>
       </c>
-      <c r="J6" t="s">
-[...16 lines deleted...]
-      <c r="A7" t="s">
+      <c r="D30" t="s">
+        <v>131</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2003</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
+      <c r="J30" t="s">
         <v>55</v>
       </c>
-      <c r="B7" t="s">
-[...35 lines deleted...]
-      <c r="N7" t="s">
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>200</v>
+      </c>
+      <c r="M30" t="s">
         <v>58</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G8">
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>53</v>
+      </c>
+      <c r="D31" t="s">
+        <v>205</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>45</v>
+      </c>
+      <c r="G31" t="s">
+        <v>75</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>55</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>206</v>
+      </c>
+      <c r="M31" t="s">
+        <v>58</v>
+      </c>
+      <c r="N31" t="s">
+        <v>96</v>
+      </c>
+      <c r="O31" t="s">
+        <v>207</v>
+      </c>
+      <c r="P31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>53</v>
+      </c>
+      <c r="D32" t="s">
+        <v>211</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>45</v>
+      </c>
+      <c r="G32" t="s">
+        <v>75</v>
+      </c>
+      <c r="H32">
         <v>2020</v>
       </c>
-      <c r="H8"/>
-[...136 lines deleted...]
-      <c r="K11" t="s">
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>36</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>212</v>
+      </c>
+      <c r="M32" t="s">
+        <v>58</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>213</v>
+      </c>
+      <c r="P32" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" t="s">
+        <v>216</v>
+      </c>
+      <c r="C33" t="s">
+        <v>53</v>
+      </c>
+      <c r="D33" t="s">
+        <v>217</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>55</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>58</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>53</v>
+      </c>
+      <c r="D34" t="s">
+        <v>223</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>45</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2018</v>
+      </c>
+      <c r="J34" t="s">
+        <v>55</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>224</v>
+      </c>
+      <c r="M34" t="s">
+        <v>58</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>53</v>
+      </c>
+      <c r="D35" t="s">
+        <v>223</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>45</v>
+      </c>
+      <c r="G35" t="s">
         <v>75</v>
       </c>
-      <c r="L11" t="s">
-[...206 lines deleted...]
-      <c r="I16" t="s">
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>36</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
+      <c r="M35" t="s">
+        <v>58</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>230</v>
+      </c>
+      <c r="P35" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>232</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
         <v>53</v>
       </c>
-      <c r="J16" t="s">
-[...5 lines deleted...]
-      <c r="L16" t="s">
+      <c r="D36" t="s">
+        <v>223</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>45</v>
+      </c>
+      <c r="G36" t="s">
+        <v>75</v>
+      </c>
+      <c r="H36">
+        <v>2020</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>36</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
+        <v>234</v>
+      </c>
+      <c r="M36" t="s">
+        <v>58</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>235</v>
+      </c>
+      <c r="P36" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>237</v>
+      </c>
+      <c r="B37" t="s">
+        <v>238</v>
+      </c>
+      <c r="C37" t="s">
+        <v>53</v>
+      </c>
+      <c r="D37" t="s">
+        <v>239</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>45</v>
+      </c>
+      <c r="G37" t="s">
+        <v>75</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>36</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37" t="s">
+        <v>240</v>
+      </c>
+      <c r="M37" t="s">
+        <v>58</v>
+      </c>
+      <c r="N37" t="s">
         <v>96</v>
       </c>
-      <c r="M16" t="s">
-[...912 lines deleted...]
-    <row r="38" spans="1:14">
+      <c r="O37" t="s">
+        <v>241</v>
+      </c>
+      <c r="P37" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>171</v>
+        <v>243</v>
       </c>
       <c r="B38" t="s">
-        <v>44</v>
+        <v>244</v>
       </c>
       <c r="C38" t="s">
-        <v>172</v>
+        <v>53</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>245</v>
       </c>
       <c r="E38" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>45</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>46</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K38" t="s">
-        <v>173</v>
+        <v>37</v>
       </c>
       <c r="L38" t="s">
-        <v>49</v>
+        <v>246</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N38" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>247</v>
+      </c>
+      <c r="P38" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>249</v>
+      </c>
+      <c r="B39" t="s">
+        <v>250</v>
+      </c>
+      <c r="C39" t="s">
+        <v>53</v>
+      </c>
+      <c r="D39" t="s">
+        <v>245</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2016</v>
+      </c>
+      <c r="J39" t="s">
+        <v>55</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>251</v>
+      </c>
+      <c r="M39" t="s">
+        <v>58</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>254</v>
+      </c>
+      <c r="B40" t="s">
+        <v>255</v>
+      </c>
+      <c r="C40" t="s">
+        <v>53</v>
+      </c>
+      <c r="D40" t="s">
+        <v>93</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>45</v>
+      </c>
+      <c r="G40" t="s">
+        <v>75</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>55</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>256</v>
+      </c>
+      <c r="M40" t="s">
+        <v>58</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>257</v>
+      </c>
+      <c r="P40" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>259</v>
+      </c>
+      <c r="B41" t="s">
+        <v>260</v>
+      </c>
+      <c r="C41" t="s">
+        <v>53</v>
+      </c>
+      <c r="D41" t="s">
         <v>175</v>
       </c>
-      <c r="B39" t="s">
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>45</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2002</v>
+      </c>
+      <c r="I41">
+        <v>2018</v>
+      </c>
+      <c r="J41" t="s">
+        <v>36</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
+        <v>261</v>
+      </c>
+      <c r="M41" t="s">
+        <v>58</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>262</v>
+      </c>
+      <c r="P41" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>264</v>
+      </c>
+      <c r="B42" t="s">
+        <v>265</v>
+      </c>
+      <c r="C42" t="s">
+        <v>53</v>
+      </c>
+      <c r="D42" t="s">
+        <v>266</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>45</v>
+      </c>
+      <c r="G42" t="s">
+        <v>75</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>55</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>267</v>
+      </c>
+      <c r="M42" t="s">
+        <v>58</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>268</v>
+      </c>
+      <c r="P42" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>270</v>
+      </c>
+      <c r="B43" t="s">
+        <v>271</v>
+      </c>
+      <c r="C43" t="s">
+        <v>53</v>
+      </c>
+      <c r="D43" t="s">
         <v>44</v>
       </c>
-      <c r="C39" t="s">
-[...97 lines deleted...]
-      <c r="G41">
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>45</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>55</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43" t="s">
+        <v>272</v>
+      </c>
+      <c r="M43" t="s">
+        <v>58</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>273</v>
+      </c>
+      <c r="P43" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>275</v>
+      </c>
+      <c r="B44" t="s">
+        <v>276</v>
+      </c>
+      <c r="C44" t="s">
+        <v>53</v>
+      </c>
+      <c r="D44" t="s">
+        <v>93</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>45</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2002</v>
       </c>
-      <c r="H41">
-[...129 lines deleted...]
-      <c r="H44">
+      <c r="I44">
         <v>2017</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K44" t="s">
-        <v>192</v>
+        <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>49</v>
+        <v>277</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N44" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>278</v>
+      </c>
+      <c r="P44" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>194</v>
+        <v>280</v>
       </c>
       <c r="B45" t="s">
-        <v>44</v>
+        <v>281</v>
       </c>
       <c r="C45" t="s">
-        <v>195</v>
+        <v>53</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>282</v>
       </c>
       <c r="E45" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>45</v>
+      </c>
+      <c r="G45" t="s">
+        <v>75</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>196</v>
+        <v>36</v>
       </c>
       <c r="K45" t="s">
-        <v>197</v>
+        <v>283</v>
       </c>
       <c r="L45" t="s">
-        <v>49</v>
+        <v>284</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N45" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>285</v>
+      </c>
+      <c r="P45" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>199</v>
+        <v>287</v>
       </c>
       <c r="B46" t="s">
-        <v>44</v>
+        <v>288</v>
       </c>
       <c r="C46" t="s">
-        <v>200</v>
+        <v>53</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>289</v>
       </c>
       <c r="E46" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>45</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
-      <c r="I46" t="s">
-        <v>46</v>
+      <c r="I46">
+        <v>2011</v>
       </c>
       <c r="J46" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K46" t="s">
-        <v>201</v>
+        <v>37</v>
       </c>
       <c r="L46" t="s">
-        <v>49</v>
+        <v>290</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N46" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>291</v>
+      </c>
+      <c r="P46" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>203</v>
+        <v>293</v>
       </c>
       <c r="B47" t="s">
-        <v>44</v>
+        <v>294</v>
       </c>
       <c r="C47" t="s">
-        <v>204</v>
+        <v>53</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>295</v>
       </c>
       <c r="E47" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>45</v>
+      </c>
+      <c r="G47" t="s">
+        <v>75</v>
+      </c>
+      <c r="H47">
         <v>2013</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2019</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K47" t="s">
-        <v>205</v>
+        <v>37</v>
       </c>
       <c r="L47" t="s">
-        <v>49</v>
+        <v>296</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N47" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>297</v>
+      </c>
+      <c r="P47" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>207</v>
+        <v>299</v>
       </c>
       <c r="B48" t="s">
-        <v>44</v>
+        <v>300</v>
       </c>
       <c r="C48" t="s">
-        <v>208</v>
+        <v>53</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="E48" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>45</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2003</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2011</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K48" t="s">
-        <v>209</v>
+        <v>37</v>
       </c>
       <c r="L48" t="s">
-        <v>49</v>
+        <v>302</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N48" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>211</v>
+        <v>305</v>
       </c>
       <c r="B49" t="s">
-        <v>44</v>
+        <v>306</v>
       </c>
       <c r="C49" t="s">
-        <v>208</v>
+        <v>53</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="E49" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>45</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2003</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2015</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K49" t="s">
-        <v>212</v>
+        <v>37</v>
       </c>
       <c r="L49" t="s">
-        <v>49</v>
+        <v>307</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N49" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>308</v>
+      </c>
+      <c r="P49" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>214</v>
+        <v>310</v>
       </c>
       <c r="B50" t="s">
-        <v>44</v>
+        <v>311</v>
       </c>
       <c r="C50" t="s">
-        <v>215</v>
+        <v>53</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="E50" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>45</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2003</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2016</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K50" t="s">
-        <v>216</v>
+        <v>37</v>
       </c>
       <c r="L50" t="s">
-        <v>49</v>
+        <v>313</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N50" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>314</v>
+      </c>
+      <c r="P50" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>218</v>
+        <v>316</v>
       </c>
       <c r="B51" t="s">
-        <v>44</v>
+        <v>317</v>
       </c>
       <c r="C51" t="s">
-        <v>219</v>
+        <v>53</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="E51" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>45</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2002</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2013</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K51" t="s">
-        <v>220</v>
+        <v>37</v>
       </c>
       <c r="L51" t="s">
-        <v>49</v>
+        <v>319</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N51" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>320</v>
+      </c>
+      <c r="P51" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>222</v>
+        <v>322</v>
       </c>
       <c r="B52" t="s">
-        <v>44</v>
+        <v>323</v>
       </c>
       <c r="C52" t="s">
-        <v>223</v>
+        <v>53</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>324</v>
       </c>
       <c r="E52" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>45</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2002</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2021</v>
       </c>
-      <c r="I52" t="s">
+      <c r="J52" t="s">
+        <v>64</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="L52" t="s">
+        <v>325</v>
+      </c>
+      <c r="M52" t="s">
+        <v>126</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>326</v>
+      </c>
+      <c r="P52" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>328</v>
+      </c>
+      <c r="B53" t="s">
+        <v>329</v>
+      </c>
+      <c r="C53" t="s">
         <v>53</v>
       </c>
-      <c r="J52" t="s">
-[...5 lines deleted...]
-      <c r="L52" t="s">
+      <c r="D53" t="s">
+        <v>312</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>45</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2003</v>
+      </c>
+      <c r="I53">
+        <v>2016</v>
+      </c>
+      <c r="J53" t="s">
+        <v>55</v>
+      </c>
+      <c r="K53" t="s">
+        <v>37</v>
+      </c>
+      <c r="L53" t="s">
+        <v>330</v>
+      </c>
+      <c r="M53" t="s">
+        <v>58</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>331</v>
+      </c>
+      <c r="P53" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>333</v>
+      </c>
+      <c r="B54" t="s">
+        <v>334</v>
+      </c>
+      <c r="C54" t="s">
+        <v>53</v>
+      </c>
+      <c r="D54" t="s">
+        <v>312</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>45</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2003</v>
+      </c>
+      <c r="I54">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>55</v>
+      </c>
+      <c r="K54" t="s">
+        <v>37</v>
+      </c>
+      <c r="L54" t="s">
+        <v>335</v>
+      </c>
+      <c r="M54" t="s">
+        <v>58</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>336</v>
+      </c>
+      <c r="P54" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>338</v>
+      </c>
+      <c r="B55" t="s">
+        <v>339</v>
+      </c>
+      <c r="C55" t="s">
+        <v>53</v>
+      </c>
+      <c r="D55" t="s">
+        <v>340</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>45</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2001</v>
+      </c>
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>36</v>
+      </c>
+      <c r="K55" t="s">
+        <v>37</v>
+      </c>
+      <c r="L55" t="s">
+        <v>341</v>
+      </c>
+      <c r="M55" t="s">
+        <v>58</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>342</v>
+      </c>
+      <c r="P55" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>344</v>
+      </c>
+      <c r="B56" t="s">
+        <v>345</v>
+      </c>
+      <c r="C56" t="s">
+        <v>53</v>
+      </c>
+      <c r="D56" t="s">
+        <v>340</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>45</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2001</v>
+      </c>
+      <c r="I56">
+        <v>2014</v>
+      </c>
+      <c r="J56" t="s">
+        <v>55</v>
+      </c>
+      <c r="K56" t="s">
+        <v>37</v>
+      </c>
+      <c r="L56" t="s">
+        <v>346</v>
+      </c>
+      <c r="M56" t="s">
+        <v>58</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>347</v>
+      </c>
+      <c r="P56" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>349</v>
+      </c>
+      <c r="B57" t="s">
+        <v>350</v>
+      </c>
+      <c r="C57" t="s">
+        <v>53</v>
+      </c>
+      <c r="D57" t="s">
+        <v>340</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>45</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2001</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>55</v>
+      </c>
+      <c r="K57" t="s">
+        <v>37</v>
+      </c>
+      <c r="L57" t="s">
+        <v>351</v>
+      </c>
+      <c r="M57" t="s">
+        <v>58</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>352</v>
+      </c>
+      <c r="P57" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>354</v>
+      </c>
+      <c r="B58" t="s">
+        <v>355</v>
+      </c>
+      <c r="C58" t="s">
+        <v>53</v>
+      </c>
+      <c r="D58" t="s">
+        <v>356</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>45</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2003</v>
+      </c>
+      <c r="I58">
+        <v>2020</v>
+      </c>
+      <c r="J58" t="s">
+        <v>36</v>
+      </c>
+      <c r="K58" t="s">
+        <v>37</v>
+      </c>
+      <c r="L58" t="s">
+        <v>357</v>
+      </c>
+      <c r="M58" t="s">
+        <v>58</v>
+      </c>
+      <c r="N58" t="s">
         <v>96</v>
       </c>
-      <c r="M52" t="s">
-[...25 lines deleted...]
-      <c r="G53">
+      <c r="O58" t="s">
+        <v>358</v>
+      </c>
+      <c r="P58" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>360</v>
+      </c>
+      <c r="B59" t="s">
+        <v>361</v>
+      </c>
+      <c r="C59" t="s">
+        <v>53</v>
+      </c>
+      <c r="D59" t="s">
+        <v>356</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>45</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2003</v>
       </c>
-      <c r="H53">
-[...263 lines deleted...]
-      <c r="H59">
+      <c r="I59">
         <v>2010</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>32</v>
+        <v>362</v>
       </c>
       <c r="K59" t="s">
-        <v>248</v>
+        <v>37</v>
       </c>
       <c r="L59" t="s">
-        <v>49</v>
+        <v>363</v>
       </c>
       <c r="M59" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="N59" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>96</v>
+      </c>
+      <c r="O59" t="s">
+        <v>364</v>
+      </c>
+      <c r="P59"/>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>250</v>
+        <v>365</v>
       </c>
       <c r="B60" t="s">
-        <v>44</v>
+        <v>366</v>
       </c>
       <c r="C60" t="s">
-        <v>251</v>
+        <v>53</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>367</v>
       </c>
       <c r="E60" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>45</v>
+      </c>
+      <c r="G60" t="s">
+        <v>75</v>
+      </c>
+      <c r="H60">
         <v>2012</v>
       </c>
-      <c r="H60"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K60" t="s">
-        <v>252</v>
+        <v>37</v>
       </c>
       <c r="L60" t="s">
-        <v>49</v>
+        <v>368</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N60" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>369</v>
+      </c>
+      <c r="P60" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="B61" t="s">
-        <v>44</v>
+        <v>372</v>
       </c>
       <c r="C61" t="s">
-        <v>255</v>
+        <v>53</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>373</v>
       </c>
       <c r="E61" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>45</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2010</v>
       </c>
-      <c r="I61" t="s">
-        <v>46</v>
+      <c r="I61">
+        <v>2010</v>
       </c>
       <c r="J61" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K61" t="s">
-        <v>256</v>
+        <v>37</v>
       </c>
       <c r="L61" t="s">
-        <v>49</v>
+        <v>374</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N61" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>375</v>
+      </c>
+      <c r="P61" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>258</v>
+        <v>377</v>
       </c>
       <c r="B62" t="s">
-        <v>44</v>
+        <v>378</v>
       </c>
       <c r="C62" t="s">
-        <v>255</v>
+        <v>53</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>373</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>45</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2010</v>
       </c>
-      <c r="I62" t="s">
-        <v>46</v>
+      <c r="I62">
+        <v>2010</v>
       </c>
       <c r="J62" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K62" t="s">
-        <v>259</v>
+        <v>37</v>
       </c>
       <c r="L62" t="s">
-        <v>49</v>
+        <v>379</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N62" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>380</v>
+      </c>
+      <c r="P62" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>261</v>
+        <v>382</v>
       </c>
       <c r="B63" t="s">
-        <v>44</v>
+        <v>383</v>
       </c>
       <c r="C63" t="s">
-        <v>255</v>
+        <v>53</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>373</v>
       </c>
       <c r="E63" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>45</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2000</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2014</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K63" t="s">
-        <v>252</v>
+        <v>37</v>
       </c>
       <c r="L63" t="s">
-        <v>49</v>
+        <v>368</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N63" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>384</v>
+      </c>
+      <c r="P63" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>263</v>
+        <v>386</v>
       </c>
       <c r="B64" t="s">
-        <v>44</v>
+        <v>387</v>
       </c>
       <c r="C64" t="s">
-        <v>264</v>
+        <v>53</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>388</v>
       </c>
       <c r="E64" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>45</v>
+      </c>
+      <c r="G64" t="s">
+        <v>75</v>
+      </c>
+      <c r="H64">
         <v>2009</v>
       </c>
-      <c r="H64"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K64" t="s">
-        <v>265</v>
+        <v>37</v>
       </c>
       <c r="L64" t="s">
-        <v>49</v>
+        <v>389</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N64" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>390</v>
+      </c>
+      <c r="P64" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>267</v>
+        <v>392</v>
       </c>
       <c r="B65" t="s">
-        <v>44</v>
+        <v>393</v>
       </c>
       <c r="C65" t="s">
-        <v>168</v>
+        <v>53</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>239</v>
       </c>
       <c r="E65" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>45</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2005</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2014</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K65" t="s">
-        <v>268</v>
+        <v>37</v>
       </c>
       <c r="L65" t="s">
-        <v>49</v>
+        <v>394</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N65" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>395</v>
+      </c>
+      <c r="P65" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>270</v>
+        <v>397</v>
       </c>
       <c r="B66" t="s">
-        <v>44</v>
+        <v>398</v>
       </c>
       <c r="C66" t="s">
-        <v>271</v>
+        <v>53</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>399</v>
       </c>
       <c r="E66" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>45</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2005</v>
       </c>
-      <c r="H66">
+      <c r="I66">
         <v>2014</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K66" t="s">
-        <v>272</v>
+        <v>37</v>
       </c>
       <c r="L66" t="s">
-        <v>49</v>
+        <v>400</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N66" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>401</v>
+      </c>
+      <c r="P66" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>274</v>
+        <v>403</v>
       </c>
       <c r="B67" t="s">
-        <v>44</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
-        <v>275</v>
+        <v>53</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>405</v>
       </c>
       <c r="E67" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G67">
+        <v>45</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2002</v>
       </c>
-      <c r="H67">
+      <c r="I67">
         <v>2009</v>
       </c>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K67" t="s">
-        <v>276</v>
+        <v>37</v>
       </c>
       <c r="L67" t="s">
-        <v>49</v>
+        <v>406</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N67" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>407</v>
+      </c>
+      <c r="P67" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>278</v>
+        <v>409</v>
       </c>
       <c r="B68" t="s">
-        <v>44</v>
+        <v>410</v>
       </c>
       <c r="C68" t="s">
-        <v>279</v>
+        <v>53</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>411</v>
       </c>
       <c r="E68" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G68">
+        <v>45</v>
+      </c>
+      <c r="G68" t="s">
+        <v>75</v>
+      </c>
+      <c r="H68">
         <v>2017</v>
       </c>
-      <c r="H68"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K68" t="s">
-        <v>280</v>
+        <v>37</v>
       </c>
       <c r="L68" t="s">
-        <v>49</v>
+        <v>412</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N68" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>413</v>
+      </c>
+      <c r="P68" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>282</v>
+        <v>415</v>
       </c>
       <c r="B69" t="s">
-        <v>44</v>
+        <v>416</v>
       </c>
       <c r="C69" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>417</v>
       </c>
       <c r="E69" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>45</v>
+      </c>
+      <c r="G69" t="s">
+        <v>75</v>
+      </c>
+      <c r="H69">
         <v>2021</v>
       </c>
-      <c r="H69"/>
-      <c r="I69" t="s">
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>64</v>
+      </c>
+      <c r="K69" t="s">
+        <v>37</v>
+      </c>
+      <c r="L69" t="s">
+        <v>418</v>
+      </c>
+      <c r="M69" t="s">
+        <v>126</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>419</v>
+      </c>
+      <c r="P69" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>421</v>
+      </c>
+      <c r="B70" t="s">
+        <v>422</v>
+      </c>
+      <c r="C70" t="s">
         <v>53</v>
       </c>
-      <c r="J69" t="s">
-[...5 lines deleted...]
-      <c r="L69" t="s">
+      <c r="D70" t="s">
+        <v>423</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>45</v>
+      </c>
+      <c r="G70" t="s">
+        <v>75</v>
+      </c>
+      <c r="H70">
+        <v>2009</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>55</v>
+      </c>
+      <c r="K70" t="s">
+        <v>37</v>
+      </c>
+      <c r="L70" t="s">
+        <v>424</v>
+      </c>
+      <c r="M70" t="s">
+        <v>58</v>
+      </c>
+      <c r="N70" t="s">
         <v>96</v>
       </c>
-      <c r="M69" t="s">
-[...25 lines deleted...]
-      <c r="G70">
+      <c r="O70" t="s">
+        <v>425</v>
+      </c>
+      <c r="P70" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>427</v>
+      </c>
+      <c r="B71" t="s">
+        <v>428</v>
+      </c>
+      <c r="C71" t="s">
+        <v>53</v>
+      </c>
+      <c r="D71" t="s">
+        <v>417</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>45</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2009</v>
       </c>
-      <c r="H70"/>
-[...41 lines deleted...]
-      <c r="H71">
+      <c r="I71">
         <v>2021</v>
       </c>
-      <c r="I71" t="s">
+      <c r="J71" t="s">
+        <v>64</v>
+      </c>
+      <c r="K71" t="s">
+        <v>37</v>
+      </c>
+      <c r="L71" t="s">
+        <v>424</v>
+      </c>
+      <c r="M71" t="s">
+        <v>126</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>429</v>
+      </c>
+      <c r="P71" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>431</v>
+      </c>
+      <c r="B72" t="s">
+        <v>432</v>
+      </c>
+      <c r="C72" t="s">
         <v>53</v>
       </c>
-      <c r="J71" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>433</v>
       </c>
       <c r="E72" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>45</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
-      <c r="I72" t="s">
+      <c r="I72">
+        <v>2010</v>
+      </c>
+      <c r="J72" t="s">
+        <v>55</v>
+      </c>
+      <c r="K72" t="s">
+        <v>37</v>
+      </c>
+      <c r="L72" t="s">
+        <v>434</v>
+      </c>
+      <c r="M72" t="s">
+        <v>58</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>435</v>
+      </c>
+      <c r="P72" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>437</v>
+      </c>
+      <c r="B73" t="s">
+        <v>438</v>
+      </c>
+      <c r="C73" t="s">
+        <v>53</v>
+      </c>
+      <c r="D73" t="s">
+        <v>239</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>45</v>
+      </c>
+      <c r="G73" t="s">
+        <v>75</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>36</v>
+      </c>
+      <c r="K73" t="s">
+        <v>37</v>
+      </c>
+      <c r="L73" t="s">
+        <v>439</v>
+      </c>
+      <c r="M73" t="s">
+        <v>58</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>440</v>
+      </c>
+      <c r="P73" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>442</v>
+      </c>
+      <c r="B74" t="s">
+        <v>443</v>
+      </c>
+      <c r="C74" t="s">
+        <v>53</v>
+      </c>
+      <c r="D74" t="s">
+        <v>239</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>45</v>
+      </c>
+      <c r="G74" t="s">
+        <v>75</v>
+      </c>
+      <c r="H74">
+        <v>2021</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>36</v>
+      </c>
+      <c r="K74" t="s">
+        <v>37</v>
+      </c>
+      <c r="L74" t="s">
+        <v>444</v>
+      </c>
+      <c r="M74" t="s">
+        <v>58</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>445</v>
+      </c>
+      <c r="P74" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>447</v>
+      </c>
+      <c r="B75" t="s">
+        <v>448</v>
+      </c>
+      <c r="C75" t="s">
+        <v>53</v>
+      </c>
+      <c r="D75" t="s">
+        <v>356</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>45</v>
+      </c>
+      <c r="G75" t="s">
+        <v>75</v>
+      </c>
+      <c r="H75">
+        <v>2022</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>64</v>
+      </c>
+      <c r="K75" t="s">
+        <v>37</v>
+      </c>
+      <c r="L75" t="s">
+        <v>449</v>
+      </c>
+      <c r="M75" t="s">
+        <v>126</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>450</v>
+      </c>
+      <c r="P75" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>452</v>
+      </c>
+      <c r="B76" t="s">
+        <v>453</v>
+      </c>
+      <c r="C76" t="s">
+        <v>53</v>
+      </c>
+      <c r="D76" t="s">
+        <v>454</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>45</v>
+      </c>
+      <c r="G76" t="s">
+        <v>75</v>
+      </c>
+      <c r="H76">
+        <v>2018</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>36</v>
+      </c>
+      <c r="K76" t="s">
+        <v>37</v>
+      </c>
+      <c r="L76" t="s">
+        <v>455</v>
+      </c>
+      <c r="M76" t="s">
+        <v>58</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>456</v>
+      </c>
+      <c r="P76" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>458</v>
+      </c>
+      <c r="B77" t="s">
+        <v>459</v>
+      </c>
+      <c r="C77" t="s">
+        <v>53</v>
+      </c>
+      <c r="D77" t="s">
+        <v>399</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>45</v>
+      </c>
+      <c r="G77" t="s">
+        <v>75</v>
+      </c>
+      <c r="H77">
+        <v>2018</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>36</v>
+      </c>
+      <c r="K77" t="s">
+        <v>37</v>
+      </c>
+      <c r="L77" t="s">
+        <v>460</v>
+      </c>
+      <c r="M77" t="s">
+        <v>58</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>461</v>
+      </c>
+      <c r="P77" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>463</v>
+      </c>
+      <c r="B78" t="s">
+        <v>464</v>
+      </c>
+      <c r="C78" t="s">
+        <v>53</v>
+      </c>
+      <c r="D78" t="s">
+        <v>465</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>45</v>
+      </c>
+      <c r="G78" t="s">
+        <v>75</v>
+      </c>
+      <c r="H78">
+        <v>2013</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>55</v>
+      </c>
+      <c r="K78" t="s">
+        <v>37</v>
+      </c>
+      <c r="L78" t="s">
+        <v>466</v>
+      </c>
+      <c r="M78" t="s">
+        <v>58</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>467</v>
+      </c>
+      <c r="P78" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>469</v>
+      </c>
+      <c r="B79" t="s">
+        <v>470</v>
+      </c>
+      <c r="C79" t="s">
+        <v>53</v>
+      </c>
+      <c r="D79" t="s">
+        <v>367</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>45</v>
+      </c>
+      <c r="G79" t="s">
+        <v>75</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>55</v>
+      </c>
+      <c r="K79" t="s">
+        <v>37</v>
+      </c>
+      <c r="L79" t="s">
+        <v>471</v>
+      </c>
+      <c r="M79" t="s">
+        <v>58</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>472</v>
+      </c>
+      <c r="P79" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>474</v>
+      </c>
+      <c r="B80" t="s">
+        <v>475</v>
+      </c>
+      <c r="C80" t="s">
+        <v>53</v>
+      </c>
+      <c r="D80" t="s">
+        <v>476</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>45</v>
+      </c>
+      <c r="G80" t="s">
+        <v>75</v>
+      </c>
+      <c r="H80">
+        <v>2009</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>55</v>
+      </c>
+      <c r="K80" t="s">
+        <v>37</v>
+      </c>
+      <c r="L80" t="s">
+        <v>477</v>
+      </c>
+      <c r="M80" t="s">
+        <v>58</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>478</v>
+      </c>
+      <c r="P80" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>480</v>
+      </c>
+      <c r="B81" t="s">
+        <v>481</v>
+      </c>
+      <c r="C81" t="s">
+        <v>53</v>
+      </c>
+      <c r="D81" t="s">
+        <v>465</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>45</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2009</v>
+      </c>
+      <c r="I81">
+        <v>2018</v>
+      </c>
+      <c r="J81" t="s">
+        <v>55</v>
+      </c>
+      <c r="K81" t="s">
+        <v>37</v>
+      </c>
+      <c r="L81" t="s">
+        <v>482</v>
+      </c>
+      <c r="M81" t="s">
+        <v>58</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>483</v>
+      </c>
+      <c r="P81" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>485</v>
+      </c>
+      <c r="B82" t="s">
+        <v>486</v>
+      </c>
+      <c r="C82" t="s">
+        <v>53</v>
+      </c>
+      <c r="D82" t="s">
+        <v>487</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>45</v>
+      </c>
+      <c r="G82" t="s">
+        <v>75</v>
+      </c>
+      <c r="H82">
+        <v>2014</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>55</v>
+      </c>
+      <c r="K82" t="s">
+        <v>37</v>
+      </c>
+      <c r="L82" t="s">
+        <v>488</v>
+      </c>
+      <c r="M82" t="s">
+        <v>58</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>489</v>
+      </c>
+      <c r="P82" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>491</v>
+      </c>
+      <c r="B83" t="s">
+        <v>492</v>
+      </c>
+      <c r="C83" t="s">
+        <v>53</v>
+      </c>
+      <c r="D83" t="s">
+        <v>465</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>45</v>
+      </c>
+      <c r="G83" t="s">
+        <v>75</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>55</v>
+      </c>
+      <c r="K83" t="s">
+        <v>37</v>
+      </c>
+      <c r="L83" t="s">
+        <v>493</v>
+      </c>
+      <c r="M83" t="s">
+        <v>58</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>494</v>
+      </c>
+      <c r="P83" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>496</v>
+      </c>
+      <c r="B84" t="s">
+        <v>497</v>
+      </c>
+      <c r="C84" t="s">
+        <v>53</v>
+      </c>
+      <c r="D84" t="s">
+        <v>465</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>45</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2003</v>
+      </c>
+      <c r="I84">
+        <v>2014</v>
+      </c>
+      <c r="J84" t="s">
+        <v>55</v>
+      </c>
+      <c r="K84" t="s">
+        <v>37</v>
+      </c>
+      <c r="L84" t="s">
+        <v>498</v>
+      </c>
+      <c r="M84" t="s">
+        <v>58</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>499</v>
+      </c>
+      <c r="P84" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>501</v>
+      </c>
+      <c r="B85" t="s">
+        <v>502</v>
+      </c>
+      <c r="C85" t="s">
+        <v>53</v>
+      </c>
+      <c r="D85" t="s">
+        <v>367</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>45</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85">
+        <v>2014</v>
+      </c>
+      <c r="J85" t="s">
+        <v>55</v>
+      </c>
+      <c r="K85" t="s">
+        <v>37</v>
+      </c>
+      <c r="L85" t="s">
+        <v>503</v>
+      </c>
+      <c r="M85" t="s">
+        <v>58</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>504</v>
+      </c>
+      <c r="P85" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>506</v>
+      </c>
+      <c r="B86" t="s">
+        <v>507</v>
+      </c>
+      <c r="C86" t="s">
+        <v>53</v>
+      </c>
+      <c r="D86" t="s">
+        <v>508</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>45</v>
+      </c>
+      <c r="G86" t="s">
+        <v>75</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>55</v>
+      </c>
+      <c r="K86" t="s">
+        <v>37</v>
+      </c>
+      <c r="L86" t="s">
+        <v>509</v>
+      </c>
+      <c r="M86" t="s">
+        <v>58</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>510</v>
+      </c>
+      <c r="P86" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>512</v>
+      </c>
+      <c r="B87" t="s">
+        <v>513</v>
+      </c>
+      <c r="C87" t="s">
+        <v>53</v>
+      </c>
+      <c r="D87" t="s">
+        <v>465</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>45</v>
+      </c>
+      <c r="G87" t="s">
+        <v>75</v>
+      </c>
+      <c r="H87">
+        <v>2014</v>
+      </c>
+      <c r="I87">
+        <v>2020</v>
+      </c>
+      <c r="J87" t="s">
+        <v>36</v>
+      </c>
+      <c r="K87" t="s">
+        <v>37</v>
+      </c>
+      <c r="L87" t="s">
+        <v>514</v>
+      </c>
+      <c r="M87" t="s">
+        <v>58</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>515</v>
+      </c>
+      <c r="P87" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>517</v>
+      </c>
+      <c r="B88" t="s">
+        <v>518</v>
+      </c>
+      <c r="C88" t="s">
+        <v>53</v>
+      </c>
+      <c r="D88" t="s">
+        <v>508</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>45</v>
+      </c>
+      <c r="G88" t="s">
+        <v>75</v>
+      </c>
+      <c r="H88">
+        <v>2016</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>36</v>
+      </c>
+      <c r="K88" t="s">
+        <v>37</v>
+      </c>
+      <c r="L88" t="s">
+        <v>519</v>
+      </c>
+      <c r="M88" t="s">
+        <v>58</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>520</v>
+      </c>
+      <c r="P88" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>522</v>
+      </c>
+      <c r="B89" t="s">
+        <v>523</v>
+      </c>
+      <c r="C89" t="s">
+        <v>53</v>
+      </c>
+      <c r="D89" t="s">
+        <v>508</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>45</v>
+      </c>
+      <c r="G89" t="s">
+        <v>75</v>
+      </c>
+      <c r="H89">
+        <v>2019</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>55</v>
+      </c>
+      <c r="K89" t="s">
+        <v>37</v>
+      </c>
+      <c r="L89" t="s">
+        <v>524</v>
+      </c>
+      <c r="M89" t="s">
+        <v>58</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>525</v>
+      </c>
+      <c r="P89" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>527</v>
+      </c>
+      <c r="B90" t="s">
+        <v>528</v>
+      </c>
+      <c r="C90" t="s">
+        <v>53</v>
+      </c>
+      <c r="D90" t="s">
+        <v>476</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>45</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2014</v>
+      </c>
+      <c r="I90">
+        <v>2018</v>
+      </c>
+      <c r="J90" t="s">
+        <v>55</v>
+      </c>
+      <c r="K90" t="s">
+        <v>37</v>
+      </c>
+      <c r="L90" t="s">
+        <v>529</v>
+      </c>
+      <c r="M90" t="s">
+        <v>58</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>530</v>
+      </c>
+      <c r="P90" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>532</v>
+      </c>
+      <c r="B91" t="s">
+        <v>533</v>
+      </c>
+      <c r="C91" t="s">
+        <v>53</v>
+      </c>
+      <c r="D91" t="s">
+        <v>476</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>45</v>
+      </c>
+      <c r="G91" t="s">
+        <v>75</v>
+      </c>
+      <c r="H91">
+        <v>2014</v>
+      </c>
+      <c r="I91">
+        <v>2017</v>
+      </c>
+      <c r="J91" t="s">
+        <v>36</v>
+      </c>
+      <c r="K91" t="s">
+        <v>37</v>
+      </c>
+      <c r="L91" t="s">
+        <v>534</v>
+      </c>
+      <c r="M91" t="s">
+        <v>58</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>535</v>
+      </c>
+      <c r="P91" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>537</v>
+      </c>
+      <c r="B92" t="s">
+        <v>538</v>
+      </c>
+      <c r="C92" t="s">
+        <v>53</v>
+      </c>
+      <c r="D92" t="s">
+        <v>476</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>45</v>
+      </c>
+      <c r="G92" t="s">
+        <v>75</v>
+      </c>
+      <c r="H92">
+        <v>2019</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>36</v>
+      </c>
+      <c r="K92" t="s">
+        <v>37</v>
+      </c>
+      <c r="L92" t="s">
+        <v>539</v>
+      </c>
+      <c r="M92" t="s">
+        <v>58</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>540</v>
+      </c>
+      <c r="P92" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>542</v>
+      </c>
+      <c r="B93" t="s">
+        <v>543</v>
+      </c>
+      <c r="C93" t="s">
+        <v>53</v>
+      </c>
+      <c r="D93" t="s">
+        <v>295</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>45</v>
+      </c>
+      <c r="G93" t="s">
+        <v>75</v>
+      </c>
+      <c r="H93">
+        <v>2014</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>36</v>
+      </c>
+      <c r="K93" t="s">
+        <v>37</v>
+      </c>
+      <c r="L93" t="s">
+        <v>544</v>
+      </c>
+      <c r="M93" t="s">
+        <v>58</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>545</v>
+      </c>
+      <c r="P93" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>547</v>
+      </c>
+      <c r="B94" t="s">
+        <v>548</v>
+      </c>
+      <c r="C94" t="s">
+        <v>53</v>
+      </c>
+      <c r="D94" t="s">
+        <v>295</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>45</v>
+      </c>
+      <c r="G94" t="s">
+        <v>75</v>
+      </c>
+      <c r="H94">
+        <v>2017</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>36</v>
+      </c>
+      <c r="K94" t="s">
+        <v>37</v>
+      </c>
+      <c r="L94" t="s">
+        <v>549</v>
+      </c>
+      <c r="M94" t="s">
+        <v>58</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>550</v>
+      </c>
+      <c r="P94" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>552</v>
+      </c>
+      <c r="B95" t="s">
+        <v>553</v>
+      </c>
+      <c r="C95" t="s">
+        <v>53</v>
+      </c>
+      <c r="D95" t="s">
+        <v>554</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>45</v>
+      </c>
+      <c r="G95" t="s">
+        <v>75</v>
+      </c>
+      <c r="H95">
+        <v>2017</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>36</v>
+      </c>
+      <c r="K95" t="s">
+        <v>37</v>
+      </c>
+      <c r="L95" t="s">
+        <v>555</v>
+      </c>
+      <c r="M95" t="s">
+        <v>58</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>556</v>
+      </c>
+      <c r="P95" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>558</v>
+      </c>
+      <c r="B96" t="s">
+        <v>559</v>
+      </c>
+      <c r="C96" t="s">
+        <v>53</v>
+      </c>
+      <c r="D96" t="s">
+        <v>56</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>45</v>
+      </c>
+      <c r="G96" t="s">
+        <v>75</v>
+      </c>
+      <c r="H96">
+        <v>2018</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>64</v>
+      </c>
+      <c r="K96" t="s">
+        <v>37</v>
+      </c>
+      <c r="L96" t="s">
+        <v>560</v>
+      </c>
+      <c r="M96" t="s">
+        <v>126</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>561</v>
+      </c>
+      <c r="P96" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>563</v>
+      </c>
+      <c r="B97" t="s">
+        <v>564</v>
+      </c>
+      <c r="C97" t="s">
+        <v>53</v>
+      </c>
+      <c r="D97" t="s">
+        <v>56</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>45</v>
+      </c>
+      <c r="G97" t="s">
+        <v>75</v>
+      </c>
+      <c r="H97">
+        <v>2018</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>64</v>
+      </c>
+      <c r="K97" t="s">
+        <v>37</v>
+      </c>
+      <c r="L97" t="s">
+        <v>565</v>
+      </c>
+      <c r="M97" t="s">
+        <v>126</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>566</v>
+      </c>
+      <c r="P97" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>568</v>
+      </c>
+      <c r="B98" t="s">
+        <v>569</v>
+      </c>
+      <c r="C98" t="s">
+        <v>53</v>
+      </c>
+      <c r="D98" t="s">
+        <v>570</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>45</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2015</v>
+      </c>
+      <c r="I98">
+        <v>2020</v>
+      </c>
+      <c r="J98" t="s">
+        <v>64</v>
+      </c>
+      <c r="K98" t="s">
+        <v>37</v>
+      </c>
+      <c r="L98" t="s">
+        <v>571</v>
+      </c>
+      <c r="M98" t="s">
+        <v>126</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>572</v>
+      </c>
+      <c r="P98" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>574</v>
+      </c>
+      <c r="B99" t="s">
+        <v>575</v>
+      </c>
+      <c r="C99" t="s">
+        <v>53</v>
+      </c>
+      <c r="D99" t="s">
+        <v>289</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>45</v>
+      </c>
+      <c r="G99" t="s">
+        <v>75</v>
+      </c>
+      <c r="H99">
+        <v>2018</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>36</v>
+      </c>
+      <c r="K99" t="s">
+        <v>37</v>
+      </c>
+      <c r="L99" t="s">
+        <v>576</v>
+      </c>
+      <c r="M99" t="s">
+        <v>58</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>577</v>
+      </c>
+      <c r="P99" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>579</v>
+      </c>
+      <c r="B100" t="s">
+        <v>580</v>
+      </c>
+      <c r="C100" t="s">
+        <v>53</v>
+      </c>
+      <c r="D100" t="s">
+        <v>581</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>45</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2009</v>
+      </c>
+      <c r="I100">
+        <v>2013</v>
+      </c>
+      <c r="J100" t="s">
+        <v>64</v>
+      </c>
+      <c r="K100" t="s">
+        <v>581</v>
+      </c>
+      <c r="L100" t="s">
+        <v>582</v>
+      </c>
+      <c r="M100" t="s">
+        <v>126</v>
+      </c>
+      <c r="N100" t="s">
+        <v>583</v>
+      </c>
+      <c r="O100" t="s">
+        <v>584</v>
+      </c>
+      <c r="P100" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>586</v>
+      </c>
+      <c r="B101" t="s">
+        <v>587</v>
+      </c>
+      <c r="C101" t="s">
+        <v>53</v>
+      </c>
+      <c r="D101" t="s">
+        <v>588</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>45</v>
+      </c>
+      <c r="G101" t="s">
+        <v>75</v>
+      </c>
+      <c r="H101">
+        <v>2021</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>36</v>
+      </c>
+      <c r="K101" t="s">
+        <v>56</v>
+      </c>
+      <c r="L101" t="s">
+        <v>589</v>
+      </c>
+      <c r="M101" t="s">
+        <v>58</v>
+      </c>
+      <c r="N101" t="s">
+        <v>583</v>
+      </c>
+      <c r="O101" t="s">
+        <v>590</v>
+      </c>
+      <c r="P101" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>592</v>
+      </c>
+      <c r="B102" t="s">
+        <v>593</v>
+      </c>
+      <c r="C102" t="s">
+        <v>53</v>
+      </c>
+      <c r="D102" t="s">
+        <v>594</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>45</v>
+      </c>
+      <c r="G102" t="s">
+        <v>75</v>
+      </c>
+      <c r="H102">
+        <v>2021</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>36</v>
+      </c>
+      <c r="K102" t="s">
+        <v>56</v>
+      </c>
+      <c r="L102" t="s">
+        <v>595</v>
+      </c>
+      <c r="M102" t="s">
+        <v>58</v>
+      </c>
+      <c r="N102" t="s">
+        <v>583</v>
+      </c>
+      <c r="O102" t="s">
+        <v>596</v>
+      </c>
+      <c r="P102" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>598</v>
+      </c>
+      <c r="B103" t="s">
+        <v>599</v>
+      </c>
+      <c r="C103" t="s">
+        <v>53</v>
+      </c>
+      <c r="D103" t="s">
+        <v>600</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>45</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103">
+        <v>2017</v>
+      </c>
+      <c r="J103" t="s">
+        <v>55</v>
+      </c>
+      <c r="K103" t="s">
+        <v>37</v>
+      </c>
+      <c r="L103" t="s">
+        <v>601</v>
+      </c>
+      <c r="M103" t="s">
+        <v>58</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>602</v>
+      </c>
+      <c r="P103" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>604</v>
+      </c>
+      <c r="B104" t="s">
+        <v>605</v>
+      </c>
+      <c r="C104" t="s">
+        <v>53</v>
+      </c>
+      <c r="D104" t="s">
+        <v>588</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>45</v>
+      </c>
+      <c r="G104" t="s">
+        <v>75</v>
+      </c>
+      <c r="H104">
+        <v>2021</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>36</v>
+      </c>
+      <c r="K104" t="s">
+        <v>56</v>
+      </c>
+      <c r="L104" t="s">
+        <v>606</v>
+      </c>
+      <c r="M104" t="s">
+        <v>58</v>
+      </c>
+      <c r="N104" t="s">
+        <v>583</v>
+      </c>
+      <c r="O104" t="s">
+        <v>607</v>
+      </c>
+      <c r="P104" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>609</v>
+      </c>
+      <c r="B105" t="s">
+        <v>610</v>
+      </c>
+      <c r="C105" t="s">
+        <v>53</v>
+      </c>
+      <c r="D105" t="s">
+        <v>611</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>45</v>
+      </c>
+      <c r="G105" t="s">
+        <v>75</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>36</v>
+      </c>
+      <c r="K105" t="s">
+        <v>56</v>
+      </c>
+      <c r="L105" t="s">
+        <v>612</v>
+      </c>
+      <c r="M105" t="s">
+        <v>58</v>
+      </c>
+      <c r="N105" t="s">
+        <v>583</v>
+      </c>
+      <c r="O105" t="s">
+        <v>613</v>
+      </c>
+      <c r="P105" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>615</v>
+      </c>
+      <c r="B106" t="s">
+        <v>616</v>
+      </c>
+      <c r="C106" t="s">
+        <v>53</v>
+      </c>
+      <c r="D106" t="s">
+        <v>611</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>45</v>
+      </c>
+      <c r="G106" t="s">
+        <v>75</v>
+      </c>
+      <c r="H106">
+        <v>2009</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>36</v>
+      </c>
+      <c r="K106" t="s">
+        <v>56</v>
+      </c>
+      <c r="L106" t="s">
+        <v>617</v>
+      </c>
+      <c r="M106" t="s">
+        <v>58</v>
+      </c>
+      <c r="N106" t="s">
+        <v>583</v>
+      </c>
+      <c r="O106" t="s">
+        <v>618</v>
+      </c>
+      <c r="P106" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>620</v>
+      </c>
+      <c r="B107" t="s">
+        <v>621</v>
+      </c>
+      <c r="C107" t="s">
+        <v>53</v>
+      </c>
+      <c r="D107" t="s">
+        <v>611</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>45</v>
+      </c>
+      <c r="G107" t="s">
+        <v>75</v>
+      </c>
+      <c r="H107">
+        <v>2021</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>36</v>
+      </c>
+      <c r="K107" t="s">
+        <v>56</v>
+      </c>
+      <c r="L107" t="s">
+        <v>622</v>
+      </c>
+      <c r="M107" t="s">
+        <v>58</v>
+      </c>
+      <c r="N107" t="s">
+        <v>583</v>
+      </c>
+      <c r="O107" t="s">
+        <v>623</v>
+      </c>
+      <c r="P107" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>625</v>
+      </c>
+      <c r="B108" t="s">
+        <v>626</v>
+      </c>
+      <c r="C108" t="s">
+        <v>53</v>
+      </c>
+      <c r="D108" t="s">
+        <v>266</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>45</v>
+      </c>
+      <c r="G108" t="s">
+        <v>75</v>
+      </c>
+      <c r="H108">
+        <v>2016</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>55</v>
+      </c>
+      <c r="K108" t="s">
+        <v>37</v>
+      </c>
+      <c r="L108" t="s">
+        <v>627</v>
+      </c>
+      <c r="M108" t="s">
+        <v>58</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>628</v>
+      </c>
+      <c r="P108" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>630</v>
+      </c>
+      <c r="B109" t="s">
+        <v>631</v>
+      </c>
+      <c r="C109" t="s">
+        <v>53</v>
+      </c>
+      <c r="D109" t="s">
+        <v>632</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>45</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2016</v>
+      </c>
+      <c r="I109">
+        <v>2022</v>
+      </c>
+      <c r="J109" t="s">
+        <v>64</v>
+      </c>
+      <c r="K109" t="s">
+        <v>581</v>
+      </c>
+      <c r="L109" t="s">
+        <v>633</v>
+      </c>
+      <c r="M109" t="s">
+        <v>126</v>
+      </c>
+      <c r="N109" t="s">
+        <v>583</v>
+      </c>
+      <c r="O109" t="s">
+        <v>634</v>
+      </c>
+      <c r="P109" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>636</v>
+      </c>
+      <c r="B110" t="s">
+        <v>637</v>
+      </c>
+      <c r="C110" t="s">
+        <v>53</v>
+      </c>
+      <c r="D110" t="s">
+        <v>554</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>45</v>
+      </c>
+      <c r="G110" t="s">
+        <v>75</v>
+      </c>
+      <c r="H110">
+        <v>2013</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>36</v>
+      </c>
+      <c r="K110" t="s">
+        <v>37</v>
+      </c>
+      <c r="L110" t="s">
+        <v>638</v>
+      </c>
+      <c r="M110" t="s">
+        <v>58</v>
+      </c>
+      <c r="N110" t="s">
+        <v>583</v>
+      </c>
+      <c r="O110" t="s">
+        <v>639</v>
+      </c>
+      <c r="P110" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>641</v>
+      </c>
+      <c r="B111" t="s">
+        <v>642</v>
+      </c>
+      <c r="C111" t="s">
+        <v>53</v>
+      </c>
+      <c r="D111" t="s">
+        <v>44</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>45</v>
+      </c>
+      <c r="G111" t="s">
+        <v>75</v>
+      </c>
+      <c r="H111">
+        <v>2015</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>55</v>
+      </c>
+      <c r="K111" t="s">
         <v>46</v>
       </c>
-      <c r="J72" t="s">
-[...19 lines deleted...]
-      <c r="B73" t="s">
+      <c r="L111" t="s">
+        <v>643</v>
+      </c>
+      <c r="M111" t="s">
+        <v>58</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>644</v>
+      </c>
+      <c r="P111" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>646</v>
+      </c>
+      <c r="B112" t="s">
+        <v>647</v>
+      </c>
+      <c r="C112" t="s">
+        <v>53</v>
+      </c>
+      <c r="D112" t="s">
+        <v>648</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>45</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>1999</v>
+      </c>
+      <c r="I112">
+        <v>2016</v>
+      </c>
+      <c r="J112" t="s">
+        <v>36</v>
+      </c>
+      <c r="K112" t="s">
+        <v>37</v>
+      </c>
+      <c r="L112" t="s">
+        <v>649</v>
+      </c>
+      <c r="M112" t="s">
+        <v>58</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>650</v>
+      </c>
+      <c r="P112" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>652</v>
+      </c>
+      <c r="B113" t="s">
+        <v>653</v>
+      </c>
+      <c r="C113" t="s">
+        <v>53</v>
+      </c>
+      <c r="D113" t="s">
+        <v>648</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>45</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>1999</v>
+      </c>
+      <c r="I113">
+        <v>2016</v>
+      </c>
+      <c r="J113" t="s">
+        <v>362</v>
+      </c>
+      <c r="K113" t="s">
+        <v>37</v>
+      </c>
+      <c r="L113" t="s">
+        <v>654</v>
+      </c>
+      <c r="M113" t="s">
+        <v>58</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>655</v>
+      </c>
+      <c r="P113" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>657</v>
+      </c>
+      <c r="B114" t="s">
+        <v>658</v>
+      </c>
+      <c r="C114" t="s">
+        <v>53</v>
+      </c>
+      <c r="D114" t="s">
         <v>44</v>
       </c>
-      <c r="C73" t="s">
-[...11 lines deleted...]
-      <c r="G73">
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>45</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2013</v>
+      </c>
+      <c r="I114">
+        <v>2018</v>
+      </c>
+      <c r="J114" t="s">
+        <v>55</v>
+      </c>
+      <c r="K114" t="s">
+        <v>37</v>
+      </c>
+      <c r="L114" t="s">
+        <v>659</v>
+      </c>
+      <c r="M114" t="s">
+        <v>58</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>660</v>
+      </c>
+      <c r="P114" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>662</v>
+      </c>
+      <c r="B115" t="s">
+        <v>663</v>
+      </c>
+      <c r="C115" t="s">
+        <v>53</v>
+      </c>
+      <c r="D115" t="s">
+        <v>44</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>45</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2003</v>
+      </c>
+      <c r="I115">
         <v>2015</v>
       </c>
-      <c r="H73"/>
-[...57 lines deleted...]
-      <c r="N74" t="s">
+      <c r="J115" t="s">
+        <v>55</v>
+      </c>
+      <c r="K115" t="s">
+        <v>46</v>
+      </c>
+      <c r="L115" t="s">
+        <v>664</v>
+      </c>
+      <c r="M115" t="s">
+        <v>58</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>665</v>
+      </c>
+      <c r="P115" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>667</v>
+      </c>
+      <c r="B116" t="s">
+        <v>668</v>
+      </c>
+      <c r="C116" t="s">
+        <v>53</v>
+      </c>
+      <c r="D116" t="s">
+        <v>175</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>45</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2002</v>
+      </c>
+      <c r="I116">
+        <v>2012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>55</v>
+      </c>
+      <c r="K116" t="s">
+        <v>37</v>
+      </c>
+      <c r="L116" t="s">
+        <v>669</v>
+      </c>
+      <c r="M116" t="s">
+        <v>58</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>670</v>
+      </c>
+      <c r="P116" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>672</v>
+      </c>
+      <c r="B117" t="s">
+        <v>673</v>
+      </c>
+      <c r="C117" t="s">
+        <v>53</v>
+      </c>
+      <c r="D117" t="s">
+        <v>93</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>45</v>
+      </c>
+      <c r="G117" t="s">
+        <v>75</v>
+      </c>
+      <c r="H117">
+        <v>2015</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>55</v>
+      </c>
+      <c r="K117" t="s">
+        <v>46</v>
+      </c>
+      <c r="L117" t="s">
+        <v>674</v>
+      </c>
+      <c r="M117" t="s">
+        <v>58</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>675</v>
+      </c>
+      <c r="P117" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>677</v>
+      </c>
+      <c r="B118" t="s">
+        <v>678</v>
+      </c>
+      <c r="C118" t="s">
+        <v>53</v>
+      </c>
+      <c r="D118" t="s">
+        <v>679</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>45</v>
+      </c>
+      <c r="G118" t="s">
+        <v>75</v>
+      </c>
+      <c r="H118">
+        <v>2009</v>
+      </c>
+      <c r="I118">
+        <v>2016</v>
+      </c>
+      <c r="J118" t="s">
+        <v>36</v>
+      </c>
+      <c r="K118" t="s">
+        <v>37</v>
+      </c>
+      <c r="L118" t="s">
+        <v>680</v>
+      </c>
+      <c r="M118" t="s">
+        <v>58</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>681</v>
+      </c>
+      <c r="P118" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>683</v>
+      </c>
+      <c r="B119" t="s">
+        <v>684</v>
+      </c>
+      <c r="C119" t="s">
+        <v>53</v>
+      </c>
+      <c r="D119" t="s">
+        <v>163</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>45</v>
+      </c>
+      <c r="G119" t="s">
+        <v>75</v>
+      </c>
+      <c r="H119">
+        <v>2019</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>36</v>
+      </c>
+      <c r="K119" t="s">
+        <v>37</v>
+      </c>
+      <c r="L119" t="s">
+        <v>685</v>
+      </c>
+      <c r="M119" t="s">
+        <v>58</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>686</v>
+      </c>
+      <c r="P119" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>688</v>
+      </c>
+      <c r="B120" t="s">
+        <v>689</v>
+      </c>
+      <c r="C120" t="s">
+        <v>53</v>
+      </c>
+      <c r="D120" t="s">
+        <v>690</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>45</v>
+      </c>
+      <c r="G120" t="s">
+        <v>75</v>
+      </c>
+      <c r="H120">
+        <v>2020</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>36</v>
+      </c>
+      <c r="K120" t="s">
+        <v>37</v>
+      </c>
+      <c r="L120" t="s">
+        <v>691</v>
+      </c>
+      <c r="M120" t="s">
+        <v>58</v>
+      </c>
+      <c r="N120" t="s">
+        <v>692</v>
+      </c>
+      <c r="O120" t="s">
+        <v>693</v>
+      </c>
+      <c r="P120" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>695</v>
+      </c>
+      <c r="B121" t="s">
+        <v>696</v>
+      </c>
+      <c r="C121" t="s">
+        <v>53</v>
+      </c>
+      <c r="D121" t="s">
+        <v>697</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>45</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2003</v>
+      </c>
+      <c r="I121">
+        <v>2013</v>
+      </c>
+      <c r="J121" t="s">
+        <v>55</v>
+      </c>
+      <c r="K121" t="s">
+        <v>37</v>
+      </c>
+      <c r="L121" t="s">
+        <v>698</v>
+      </c>
+      <c r="M121" t="s">
+        <v>58</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>699</v>
+      </c>
+      <c r="P121" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>701</v>
+      </c>
+      <c r="B122" t="s">
+        <v>702</v>
+      </c>
+      <c r="C122" t="s">
+        <v>53</v>
+      </c>
+      <c r="D122" t="s">
+        <v>703</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>45</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2014</v>
+      </c>
+      <c r="I122">
+        <v>2017</v>
+      </c>
+      <c r="J122" t="s">
+        <v>362</v>
+      </c>
+      <c r="K122" t="s">
+        <v>37</v>
+      </c>
+      <c r="L122" t="s">
+        <v>704</v>
+      </c>
+      <c r="M122" t="s">
+        <v>58</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>705</v>
+      </c>
+      <c r="P122" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>707</v>
+      </c>
+      <c r="B123" t="s">
+        <v>708</v>
+      </c>
+      <c r="C123" t="s">
+        <v>53</v>
+      </c>
+      <c r="D123" t="s">
+        <v>152</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>45</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2014</v>
+      </c>
+      <c r="I123">
+        <v>2018</v>
+      </c>
+      <c r="J123" t="s">
+        <v>55</v>
+      </c>
+      <c r="K123" t="s">
+        <v>37</v>
+      </c>
+      <c r="L123" t="s">
+        <v>709</v>
+      </c>
+      <c r="M123" t="s">
+        <v>58</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>710</v>
+      </c>
+      <c r="P123" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>712</v>
+      </c>
+      <c r="B124" t="s">
+        <v>713</v>
+      </c>
+      <c r="C124" t="s">
+        <v>53</v>
+      </c>
+      <c r="D124" t="s">
+        <v>703</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>45</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2014</v>
+      </c>
+      <c r="I124">
+        <v>2015</v>
+      </c>
+      <c r="J124" t="s">
+        <v>55</v>
+      </c>
+      <c r="K124" t="s">
+        <v>37</v>
+      </c>
+      <c r="L124" t="s">
+        <v>714</v>
+      </c>
+      <c r="M124" t="s">
+        <v>58</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>715</v>
+      </c>
+      <c r="P124" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>717</v>
+      </c>
+      <c r="B125" t="s">
+        <v>718</v>
+      </c>
+      <c r="C125" t="s">
+        <v>53</v>
+      </c>
+      <c r="D125" t="s">
+        <v>600</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>45</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2008</v>
+      </c>
+      <c r="I125">
+        <v>2018</v>
+      </c>
+      <c r="J125" t="s">
+        <v>55</v>
+      </c>
+      <c r="K125" t="s">
+        <v>37</v>
+      </c>
+      <c r="L125" t="s">
+        <v>719</v>
+      </c>
+      <c r="M125" t="s">
+        <v>58</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>720</v>
+      </c>
+      <c r="P125" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>722</v>
+      </c>
+      <c r="B126" t="s">
+        <v>723</v>
+      </c>
+      <c r="C126" t="s">
+        <v>724</v>
+      </c>
+      <c r="D126" t="s">
+        <v>725</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>45</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2002</v>
+      </c>
+      <c r="I126">
+        <v>2014</v>
+      </c>
+      <c r="J126" t="s">
+        <v>64</v>
+      </c>
+      <c r="K126" t="s">
+        <v>37</v>
+      </c>
+      <c r="L126" t="s">
+        <v>726</v>
+      </c>
+      <c r="M126" t="s">
+        <v>727</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>728</v>
+      </c>
+      <c r="P126" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>730</v>
+      </c>
+      <c r="B127" t="s">
+        <v>731</v>
+      </c>
+      <c r="C127" t="s">
+        <v>724</v>
+      </c>
+      <c r="D127" t="s">
+        <v>732</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>45</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2014</v>
+      </c>
+      <c r="I127">
+        <v>2017</v>
+      </c>
+      <c r="J127" t="s">
+        <v>64</v>
+      </c>
+      <c r="K127" t="s">
+        <v>733</v>
+      </c>
+      <c r="L127" t="s">
+        <v>734</v>
+      </c>
+      <c r="M127" t="s">
+        <v>727</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>735</v>
+      </c>
+      <c r="P127" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>737</v>
+      </c>
+      <c r="B128" t="s">
+        <v>738</v>
+      </c>
+      <c r="C128" t="s">
+        <v>724</v>
+      </c>
+      <c r="D128" t="s">
+        <v>697</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>45</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>1997</v>
+      </c>
+      <c r="I128">
+        <v>2018</v>
+      </c>
+      <c r="J128" t="s">
+        <v>64</v>
+      </c>
+      <c r="K128" t="s">
+        <v>37</v>
+      </c>
+      <c r="L128" t="s">
+        <v>739</v>
+      </c>
+      <c r="M128" t="s">
+        <v>727</v>
+      </c>
+      <c r="N128" t="s">
+        <v>692</v>
+      </c>
+      <c r="O128" t="s">
+        <v>740</v>
+      </c>
+      <c r="P128" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>742</v>
+      </c>
+      <c r="B129" t="s">
+        <v>743</v>
+      </c>
+      <c r="C129" t="s">
+        <v>724</v>
+      </c>
+      <c r="D129" t="s">
+        <v>744</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>45</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2016</v>
+      </c>
+      <c r="I129">
+        <v>2018</v>
+      </c>
+      <c r="J129" t="s">
+        <v>64</v>
+      </c>
+      <c r="K129" t="s">
+        <v>37</v>
+      </c>
+      <c r="L129" t="s">
+        <v>745</v>
+      </c>
+      <c r="M129" t="s">
+        <v>727</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>746</v>
+      </c>
+      <c r="P129" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>748</v>
+      </c>
+      <c r="B130" t="s">
+        <v>749</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>690</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>45</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2007</v>
+      </c>
+      <c r="I130">
+        <v>2012</v>
+      </c>
+      <c r="J130" t="s">
+        <v>55</v>
+      </c>
+      <c r="K130" t="s">
+        <v>37</v>
+      </c>
+      <c r="L130" t="s">
+        <v>750</v>
+      </c>
+      <c r="M130" t="s">
+        <v>727</v>
+      </c>
+      <c r="N130" t="s">
+        <v>692</v>
+      </c>
+      <c r="O130" t="s">
+        <v>751</v>
+      </c>
+      <c r="P130" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>753</v>
+      </c>
+      <c r="B131" t="s">
+        <v>754</v>
+      </c>
+      <c r="C131" t="s">
+        <v>755</v>
+      </c>
+      <c r="D131" t="s">
+        <v>756</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>45</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2011</v>
+      </c>
+      <c r="I131">
+        <v>2016</v>
+      </c>
+      <c r="J131" t="s">
+        <v>55</v>
+      </c>
+      <c r="K131" t="s">
+        <v>37</v>
+      </c>
+      <c r="L131" t="s">
+        <v>757</v>
+      </c>
+      <c r="M131" t="s">
+        <v>727</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>758</v>
+      </c>
+      <c r="P131" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>760</v>
+      </c>
+      <c r="B132" t="s">
+        <v>761</v>
+      </c>
+      <c r="C132" t="s">
+        <v>755</v>
+      </c>
+      <c r="D132" t="s">
+        <v>762</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>45</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2009</v>
+      </c>
+      <c r="I132">
+        <v>2020</v>
+      </c>
+      <c r="J132" t="s">
+        <v>55</v>
+      </c>
+      <c r="K132" t="s">
+        <v>37</v>
+      </c>
+      <c r="L132" t="s">
+        <v>763</v>
+      </c>
+      <c r="M132" t="s">
+        <v>727</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>764</v>
+      </c>
+      <c r="P132" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>766</v>
+      </c>
+      <c r="B133" t="s">
+        <v>767</v>
+      </c>
+      <c r="C133" t="s">
+        <v>755</v>
+      </c>
+      <c r="D133" t="s">
+        <v>768</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>45</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2003</v>
+      </c>
+      <c r="I133">
+        <v>2011</v>
+      </c>
+      <c r="J133" t="s">
+        <v>55</v>
+      </c>
+      <c r="K133" t="s">
+        <v>37</v>
+      </c>
+      <c r="L133" t="s">
+        <v>769</v>
+      </c>
+      <c r="M133" t="s">
+        <v>727</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>770</v>
+      </c>
+      <c r="P133" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>772</v>
+      </c>
+      <c r="B134" t="s">
+        <v>773</v>
+      </c>
+      <c r="C134" t="s">
+        <v>755</v>
+      </c>
+      <c r="D134" t="s">
+        <v>774</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>45</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2008</v>
+      </c>
+      <c r="I134">
+        <v>2018</v>
+      </c>
+      <c r="J134" t="s">
+        <v>55</v>
+      </c>
+      <c r="K134" t="s">
+        <v>37</v>
+      </c>
+      <c r="L134" t="s">
+        <v>775</v>
+      </c>
+      <c r="M134" t="s">
+        <v>727</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>776</v>
+      </c>
+      <c r="P134" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>778</v>
+      </c>
+      <c r="B135" t="s">
+        <v>779</v>
+      </c>
+      <c r="C135" t="s">
+        <v>755</v>
+      </c>
+      <c r="D135" t="s">
+        <v>780</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>45</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2009</v>
+      </c>
+      <c r="I135">
+        <v>2015</v>
+      </c>
+      <c r="J135" t="s">
+        <v>55</v>
+      </c>
+      <c r="K135" t="s">
+        <v>37</v>
+      </c>
+      <c r="L135" t="s">
+        <v>781</v>
+      </c>
+      <c r="M135" t="s">
+        <v>727</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>782</v>
+      </c>
+      <c r="P135" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>784</v>
+      </c>
+      <c r="B136" t="s">
+        <v>785</v>
+      </c>
+      <c r="C136" t="s">
+        <v>755</v>
+      </c>
+      <c r="D136" t="s">
+        <v>93</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>45</v>
+      </c>
+      <c r="G136" t="s">
+        <v>75</v>
+      </c>
+      <c r="H136">
+        <v>2016</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>55</v>
+      </c>
+      <c r="K136" t="s">
+        <v>786</v>
+      </c>
+      <c r="L136" t="s">
+        <v>787</v>
+      </c>
+      <c r="M136" t="s">
+        <v>727</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>788</v>
+      </c>
+      <c r="P136" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>790</v>
+      </c>
+      <c r="B137" t="s">
+        <v>791</v>
+      </c>
+      <c r="C137" t="s">
+        <v>755</v>
+      </c>
+      <c r="D137" t="s">
+        <v>792</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>45</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2001</v>
+      </c>
+      <c r="I137">
+        <v>2013</v>
+      </c>
+      <c r="J137" t="s">
+        <v>55</v>
+      </c>
+      <c r="K137" t="s">
+        <v>37</v>
+      </c>
+      <c r="L137" t="s">
+        <v>793</v>
+      </c>
+      <c r="M137" t="s">
+        <v>727</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>794</v>
+      </c>
+      <c r="P137" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>796</v>
+      </c>
+      <c r="B138" t="s">
+        <v>797</v>
+      </c>
+      <c r="C138" t="s">
+        <v>755</v>
+      </c>
+      <c r="D138" t="s">
+        <v>798</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>45</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2003</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>55</v>
+      </c>
+      <c r="K138" t="s">
+        <v>37</v>
+      </c>
+      <c r="L138" t="s">
+        <v>799</v>
+      </c>
+      <c r="M138" t="s">
+        <v>727</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>800</v>
+      </c>
+      <c r="P138" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>802</v>
+      </c>
+      <c r="B139" t="s">
+        <v>803</v>
+      </c>
+      <c r="C139" t="s">
+        <v>755</v>
+      </c>
+      <c r="D139" t="s">
+        <v>804</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>45</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2013</v>
+      </c>
+      <c r="I139">
+        <v>2018</v>
+      </c>
+      <c r="J139" t="s">
+        <v>55</v>
+      </c>
+      <c r="K139" t="s">
+        <v>733</v>
+      </c>
+      <c r="L139" t="s">
+        <v>805</v>
+      </c>
+      <c r="M139" t="s">
+        <v>727</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>806</v>
+      </c>
+      <c r="P139" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>808</v>
+      </c>
+      <c r="B140" t="s">
+        <v>809</v>
+      </c>
+      <c r="C140" t="s">
+        <v>810</v>
+      </c>
+      <c r="D140" t="s">
+        <v>289</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>45</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2013</v>
+      </c>
+      <c r="I140">
+        <v>2020</v>
+      </c>
+      <c r="J140" t="s">
+        <v>55</v>
+      </c>
+      <c r="K140" t="s">
+        <v>37</v>
+      </c>
+      <c r="L140" t="s">
+        <v>811</v>
+      </c>
+      <c r="M140" t="s">
+        <v>727</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>812</v>
+      </c>
+      <c r="P140" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>814</v>
+      </c>
+      <c r="B141" t="s">
+        <v>815</v>
+      </c>
+      <c r="C141" t="s">
+        <v>816</v>
+      </c>
+      <c r="D141" t="s">
+        <v>68</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>45</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>1994</v>
+      </c>
+      <c r="I141">
+        <v>2020</v>
+      </c>
+      <c r="J141" t="s">
+        <v>55</v>
+      </c>
+      <c r="K141" t="s">
+        <v>37</v>
+      </c>
+      <c r="L141" t="s">
+        <v>817</v>
+      </c>
+      <c r="M141" t="s">
+        <v>727</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>818</v>
+      </c>
+      <c r="P141" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>820</v>
+      </c>
+      <c r="B142" t="s">
+        <v>821</v>
+      </c>
+      <c r="C142" t="s">
+        <v>755</v>
+      </c>
+      <c r="D142" t="s">
+        <v>822</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>45</v>
+      </c>
+      <c r="G142" t="s">
+        <v>75</v>
+      </c>
+      <c r="H142">
+        <v>2016</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>55</v>
+      </c>
+      <c r="K142" t="s">
+        <v>37</v>
+      </c>
+      <c r="L142" t="s">
+        <v>823</v>
+      </c>
+      <c r="M142" t="s">
+        <v>727</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>824</v>
+      </c>
+      <c r="P142" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>826</v>
+      </c>
+      <c r="B143" t="s">
+        <v>827</v>
+      </c>
+      <c r="C143" t="s">
+        <v>755</v>
+      </c>
+      <c r="D143" t="s">
+        <v>289</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>45</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2009</v>
+      </c>
+      <c r="I143">
+        <v>2018</v>
+      </c>
+      <c r="J143" t="s">
+        <v>55</v>
+      </c>
+      <c r="K143" t="s">
+        <v>37</v>
+      </c>
+      <c r="L143" t="s">
+        <v>828</v>
+      </c>
+      <c r="M143" t="s">
+        <v>727</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>829</v>
+      </c>
+      <c r="P143" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>831</v>
+      </c>
+      <c r="B144" t="s">
+        <v>832</v>
+      </c>
+      <c r="C144" t="s">
+        <v>755</v>
+      </c>
+      <c r="D144" t="s">
+        <v>465</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>45</v>
+      </c>
+      <c r="G144" t="s">
+        <v>75</v>
+      </c>
+      <c r="H144">
+        <v>2007</v>
+      </c>
+      <c r="I144">
+        <v>2008</v>
+      </c>
+      <c r="J144" t="s">
+        <v>55</v>
+      </c>
+      <c r="K144" t="s">
+        <v>37</v>
+      </c>
+      <c r="L144" t="s">
+        <v>833</v>
+      </c>
+      <c r="M144" t="s">
+        <v>727</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>834</v>
+      </c>
+      <c r="P144" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>836</v>
+      </c>
+      <c r="B145" t="s">
+        <v>837</v>
+      </c>
+      <c r="C145" t="s">
+        <v>755</v>
+      </c>
+      <c r="D145" t="s">
+        <v>152</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>45</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2012</v>
+      </c>
+      <c r="I145">
+        <v>2019</v>
+      </c>
+      <c r="J145" t="s">
+        <v>55</v>
+      </c>
+      <c r="K145" t="s">
+        <v>37</v>
+      </c>
+      <c r="L145" t="s">
+        <v>838</v>
+      </c>
+      <c r="M145" t="s">
+        <v>727</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>839</v>
+      </c>
+      <c r="P145" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>841</v>
+      </c>
+      <c r="B146" t="s">
+        <v>842</v>
+      </c>
+      <c r="C146" t="s">
+        <v>843</v>
+      </c>
+      <c r="D146" t="s">
+        <v>312</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>45</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>1992</v>
+      </c>
+      <c r="I146">
+        <v>2020</v>
+      </c>
+      <c r="J146" t="s">
+        <v>55</v>
+      </c>
+      <c r="K146" t="s">
+        <v>37</v>
+      </c>
+      <c r="L146" t="s">
+        <v>844</v>
+      </c>
+      <c r="M146" t="s">
+        <v>727</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>845</v>
+      </c>
+      <c r="P146" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>847</v>
+      </c>
+      <c r="B147" t="s">
+        <v>848</v>
+      </c>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>54</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>45</v>
+      </c>
+      <c r="G147" t="s">
+        <v>75</v>
+      </c>
+      <c r="H147">
+        <v>2018</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>55</v>
+      </c>
+      <c r="K147" t="s">
+        <v>56</v>
+      </c>
+      <c r="L147" t="s">
+        <v>849</v>
+      </c>
+      <c r="M147" t="s">
+        <v>727</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>850</v>
+      </c>
+      <c r="P147" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>852</v>
+      </c>
+      <c r="B148" t="s">
+        <v>853</v>
+      </c>
+      <c r="C148" t="s">
+        <v>755</v>
+      </c>
+      <c r="D148" t="s">
+        <v>93</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>45</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>1995</v>
+      </c>
+      <c r="I148">
+        <v>2013</v>
+      </c>
+      <c r="J148" t="s">
+        <v>55</v>
+      </c>
+      <c r="K148" t="s">
+        <v>786</v>
+      </c>
+      <c r="L148" t="s">
+        <v>854</v>
+      </c>
+      <c r="M148" t="s">
+        <v>727</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>855</v>
+      </c>
+      <c r="P148" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>857</v>
+      </c>
+      <c r="B149" t="s">
+        <v>858</v>
+      </c>
+      <c r="C149" t="s">
+        <v>755</v>
+      </c>
+      <c r="D149" t="s">
+        <v>142</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>45</v>
+      </c>
+      <c r="G149" t="s">
+        <v>75</v>
+      </c>
+      <c r="H149">
+        <v>2001</v>
+      </c>
+      <c r="I149">
+        <v>2012</v>
+      </c>
+      <c r="J149" t="s">
+        <v>55</v>
+      </c>
+      <c r="K149" t="s">
+        <v>37</v>
+      </c>
+      <c r="L149" t="s">
+        <v>859</v>
+      </c>
+      <c r="M149" t="s">
+        <v>727</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>860</v>
+      </c>
+      <c r="P149" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>862</v>
+      </c>
+      <c r="B150" t="s">
+        <v>863</v>
+      </c>
+      <c r="C150" t="s">
+        <v>816</v>
+      </c>
+      <c r="D150" t="s">
         <v>301</v>
       </c>
-    </row>
-[...615 lines deleted...]
-      <c r="G89">
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>45</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2001</v>
+      </c>
+      <c r="I150">
         <v>2019</v>
       </c>
-      <c r="H89"/>
-[...2640 lines deleted...]
-      </c>
       <c r="J150" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K150" t="s">
-        <v>568</v>
+        <v>37</v>
       </c>
       <c r="L150" t="s">
-        <v>479</v>
+        <v>864</v>
       </c>
       <c r="M150" t="s">
-        <v>24</v>
+        <v>727</v>
       </c>
       <c r="N150" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>865</v>
+      </c>
+      <c r="P150" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>570</v>
+        <v>867</v>
       </c>
       <c r="B151" t="s">
-        <v>497</v>
+        <v>868</v>
       </c>
       <c r="C151" t="s">
-        <v>571</v>
+        <v>755</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>869</v>
       </c>
       <c r="E151" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>45</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
       </c>
       <c r="H151">
         <v>2016</v>
       </c>
-      <c r="I151" t="s">
-        <v>46</v>
+      <c r="I151">
+        <v>2016</v>
       </c>
       <c r="J151" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K151" t="s">
-        <v>572</v>
+        <v>37</v>
       </c>
       <c r="L151" t="s">
-        <v>479</v>
+        <v>870</v>
       </c>
       <c r="M151" t="s">
-        <v>24</v>
+        <v>727</v>
       </c>
       <c r="N151" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>871</v>
+      </c>
+      <c r="P151" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>574</v>
+        <v>873</v>
       </c>
       <c r="B152" t="s">
-        <v>497</v>
+        <v>874</v>
       </c>
       <c r="C152" t="s">
-        <v>575</v>
+        <v>755</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>875</v>
       </c>
       <c r="E152" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G152">
+        <v>45</v>
+      </c>
+      <c r="G152" t="s">
+        <v>75</v>
+      </c>
+      <c r="H152">
         <v>2017</v>
       </c>
-      <c r="H152"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I152"/>
       <c r="J152" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K152" t="s">
-        <v>576</v>
+        <v>37</v>
       </c>
       <c r="L152" t="s">
-        <v>479</v>
+        <v>876</v>
       </c>
       <c r="M152" t="s">
-        <v>24</v>
+        <v>727</v>
       </c>
       <c r="N152" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>877</v>
+      </c>
+      <c r="P152" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>578</v>
+        <v>879</v>
       </c>
       <c r="B153" t="s">
-        <v>497</v>
+        <v>880</v>
       </c>
       <c r="C153" t="s">
-        <v>204</v>
+        <v>755</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>295</v>
       </c>
       <c r="E153" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>45</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
       </c>
       <c r="H153">
         <v>2016</v>
       </c>
-      <c r="I153" t="s">
-        <v>46</v>
+      <c r="I153">
+        <v>2016</v>
       </c>
       <c r="J153" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="K153" t="s">
-        <v>579</v>
+        <v>37</v>
       </c>
       <c r="L153" t="s">
-        <v>479</v>
+        <v>881</v>
       </c>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>727</v>
       </c>
       <c r="N153" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>882</v>
+      </c>
+      <c r="P153" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
       <c r="A154" t="s">
+        <v>884</v>
+      </c>
+      <c r="B154" t="s">
+        <v>885</v>
+      </c>
+      <c r="C154" t="s">
+        <v>755</v>
+      </c>
+      <c r="D154" t="s">
+        <v>142</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>45</v>
+      </c>
+      <c r="G154" t="s">
+        <v>75</v>
+      </c>
+      <c r="H154">
+        <v>2001</v>
+      </c>
+      <c r="I154">
+        <v>2018</v>
+      </c>
+      <c r="J154" t="s">
+        <v>55</v>
+      </c>
+      <c r="K154" t="s">
+        <v>37</v>
+      </c>
+      <c r="L154" t="s">
+        <v>886</v>
+      </c>
+      <c r="M154" t="s">
+        <v>727</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>887</v>
+      </c>
+      <c r="P154" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>889</v>
+      </c>
+      <c r="B155" t="s">
+        <v>890</v>
+      </c>
+      <c r="C155" t="s">
+        <v>755</v>
+      </c>
+      <c r="D155" t="s">
+        <v>875</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>45</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155">
+        <v>2019</v>
+      </c>
+      <c r="J155" t="s">
+        <v>55</v>
+      </c>
+      <c r="K155" t="s">
+        <v>37</v>
+      </c>
+      <c r="L155" t="s">
+        <v>876</v>
+      </c>
+      <c r="M155" t="s">
+        <v>727</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>891</v>
+      </c>
+      <c r="P155" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>893</v>
+      </c>
+      <c r="B156" t="s">
+        <v>894</v>
+      </c>
+      <c r="C156" t="s">
+        <v>755</v>
+      </c>
+      <c r="D156" t="s">
+        <v>895</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>45</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2014</v>
+      </c>
+      <c r="I156">
+        <v>2021</v>
+      </c>
+      <c r="J156" t="s">
+        <v>55</v>
+      </c>
+      <c r="K156" t="s">
+        <v>37</v>
+      </c>
+      <c r="L156" t="s">
+        <v>896</v>
+      </c>
+      <c r="M156" t="s">
+        <v>727</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>897</v>
+      </c>
+      <c r="P156" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>899</v>
+      </c>
+      <c r="B157" t="s">
+        <v>900</v>
+      </c>
+      <c r="C157" t="s">
+        <v>755</v>
+      </c>
+      <c r="D157" t="s">
+        <v>211</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>45</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2004</v>
+      </c>
+      <c r="I157">
+        <v>2020</v>
+      </c>
+      <c r="J157" t="s">
+        <v>55</v>
+      </c>
+      <c r="K157" t="s">
+        <v>37</v>
+      </c>
+      <c r="L157" t="s">
+        <v>901</v>
+      </c>
+      <c r="M157" t="s">
+        <v>727</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>902</v>
+      </c>
+      <c r="P157" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>904</v>
+      </c>
+      <c r="B158" t="s">
+        <v>905</v>
+      </c>
+      <c r="C158" t="s">
+        <v>755</v>
+      </c>
+      <c r="D158" t="s">
+        <v>142</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>45</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>1995</v>
+      </c>
+      <c r="I158">
+        <v>2015</v>
+      </c>
+      <c r="J158" t="s">
+        <v>55</v>
+      </c>
+      <c r="K158" t="s">
+        <v>37</v>
+      </c>
+      <c r="L158" t="s">
+        <v>906</v>
+      </c>
+      <c r="M158" t="s">
+        <v>727</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>907</v>
+      </c>
+      <c r="P158" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>909</v>
+      </c>
+      <c r="B159" t="s">
+        <v>910</v>
+      </c>
+      <c r="C159" t="s">
+        <v>755</v>
+      </c>
+      <c r="D159" t="s">
+        <v>93</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>45</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>1996</v>
+      </c>
+      <c r="I159">
+        <v>2014</v>
+      </c>
+      <c r="J159" t="s">
+        <v>55</v>
+      </c>
+      <c r="K159" t="s">
+        <v>786</v>
+      </c>
+      <c r="L159" t="s">
+        <v>911</v>
+      </c>
+      <c r="M159" t="s">
+        <v>727</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>912</v>
+      </c>
+      <c r="P159" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>914</v>
+      </c>
+      <c r="B160" t="s">
+        <v>915</v>
+      </c>
+      <c r="C160" t="s">
+        <v>755</v>
+      </c>
+      <c r="D160" t="s">
+        <v>916</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>45</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2001</v>
+      </c>
+      <c r="I160">
+        <v>2018</v>
+      </c>
+      <c r="J160" t="s">
+        <v>55</v>
+      </c>
+      <c r="K160" t="s">
+        <v>37</v>
+      </c>
+      <c r="L160" t="s">
+        <v>917</v>
+      </c>
+      <c r="M160" t="s">
+        <v>727</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>918</v>
+      </c>
+      <c r="P160" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>920</v>
+      </c>
+      <c r="B161" t="s">
+        <v>921</v>
+      </c>
+      <c r="C161" t="s">
+        <v>755</v>
+      </c>
+      <c r="D161" t="s">
+        <v>690</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>45</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>1996</v>
+      </c>
+      <c r="I161">
+        <v>2016</v>
+      </c>
+      <c r="J161" t="s">
+        <v>55</v>
+      </c>
+      <c r="K161" t="s">
+        <v>37</v>
+      </c>
+      <c r="L161" t="s">
+        <v>922</v>
+      </c>
+      <c r="M161" t="s">
+        <v>727</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>923</v>
+      </c>
+      <c r="P161" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>925</v>
+      </c>
+      <c r="B162" t="s">
+        <v>926</v>
+      </c>
+      <c r="C162" t="s">
+        <v>755</v>
+      </c>
+      <c r="D162" t="s">
+        <v>792</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>45</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2001</v>
+      </c>
+      <c r="I162">
+        <v>2014</v>
+      </c>
+      <c r="J162" t="s">
+        <v>55</v>
+      </c>
+      <c r="K162" t="s">
+        <v>37</v>
+      </c>
+      <c r="L162" t="s">
+        <v>927</v>
+      </c>
+      <c r="M162" t="s">
+        <v>727</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>928</v>
+      </c>
+      <c r="P162" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>930</v>
+      </c>
+      <c r="B163" t="s">
+        <v>931</v>
+      </c>
+      <c r="C163" t="s">
+        <v>755</v>
+      </c>
+      <c r="D163" t="s">
+        <v>932</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>45</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2012</v>
+      </c>
+      <c r="I163">
+        <v>2015</v>
+      </c>
+      <c r="J163" t="s">
+        <v>55</v>
+      </c>
+      <c r="K163" t="s">
+        <v>37</v>
+      </c>
+      <c r="L163" t="s">
+        <v>933</v>
+      </c>
+      <c r="M163" t="s">
+        <v>727</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>934</v>
+      </c>
+      <c r="P163" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>936</v>
+      </c>
+      <c r="B164" t="s">
+        <v>937</v>
+      </c>
+      <c r="C164" t="s">
+        <v>755</v>
+      </c>
+      <c r="D164" t="s">
+        <v>804</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>45</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2009</v>
+      </c>
+      <c r="I164">
+        <v>2015</v>
+      </c>
+      <c r="J164" t="s">
+        <v>55</v>
+      </c>
+      <c r="K164" t="s">
+        <v>938</v>
+      </c>
+      <c r="L164" t="s">
+        <v>939</v>
+      </c>
+      <c r="M164" t="s">
+        <v>727</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>940</v>
+      </c>
+      <c r="P164" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>942</v>
+      </c>
+      <c r="B165" t="s">
+        <v>943</v>
+      </c>
+      <c r="C165" t="s">
+        <v>18</v>
+      </c>
+      <c r="D165" t="s">
+        <v>944</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>45</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2003</v>
+      </c>
+      <c r="I165">
+        <v>2015</v>
+      </c>
+      <c r="J165" t="s">
+        <v>55</v>
+      </c>
+      <c r="K165" t="s">
+        <v>56</v>
+      </c>
+      <c r="L165" t="s">
+        <v>945</v>
+      </c>
+      <c r="M165" t="s">
+        <v>727</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>946</v>
+      </c>
+      <c r="P165" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>948</v>
+      </c>
+      <c r="B166" t="s">
+        <v>949</v>
+      </c>
+      <c r="C166" t="s">
+        <v>755</v>
+      </c>
+      <c r="D166" t="s">
+        <v>703</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>45</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2004</v>
+      </c>
+      <c r="I166">
+        <v>2020</v>
+      </c>
+      <c r="J166" t="s">
+        <v>55</v>
+      </c>
+      <c r="K166" t="s">
+        <v>37</v>
+      </c>
+      <c r="L166" t="s">
+        <v>950</v>
+      </c>
+      <c r="M166" t="s">
+        <v>727</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>951</v>
+      </c>
+      <c r="P166" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>953</v>
+      </c>
+      <c r="B167" t="s">
+        <v>954</v>
+      </c>
+      <c r="C167" t="s">
+        <v>755</v>
+      </c>
+      <c r="D167" t="s">
+        <v>131</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>45</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>1996</v>
+      </c>
+      <c r="I167">
+        <v>2015</v>
+      </c>
+      <c r="J167" t="s">
+        <v>55</v>
+      </c>
+      <c r="K167" t="s">
+        <v>37</v>
+      </c>
+      <c r="L167" t="s">
+        <v>955</v>
+      </c>
+      <c r="M167" t="s">
+        <v>727</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>956</v>
+      </c>
+      <c r="P167" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>958</v>
+      </c>
+      <c r="B168" t="s">
+        <v>959</v>
+      </c>
+      <c r="C168" t="s">
+        <v>755</v>
+      </c>
+      <c r="D168" t="s">
+        <v>960</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>45</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2001</v>
+      </c>
+      <c r="I168">
+        <v>2018</v>
+      </c>
+      <c r="J168" t="s">
+        <v>55</v>
+      </c>
+      <c r="K168" t="s">
+        <v>37</v>
+      </c>
+      <c r="L168" t="s">
+        <v>961</v>
+      </c>
+      <c r="M168" t="s">
+        <v>727</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>962</v>
+      </c>
+      <c r="P168" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>964</v>
+      </c>
+      <c r="B169" t="s">
+        <v>965</v>
+      </c>
+      <c r="C169" t="s">
+        <v>755</v>
+      </c>
+      <c r="D169" t="s">
+        <v>295</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>45</v>
+      </c>
+      <c r="G169" t="s">
+        <v>75</v>
+      </c>
+      <c r="H169">
+        <v>2013</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>55</v>
+      </c>
+      <c r="K169" t="s">
+        <v>37</v>
+      </c>
+      <c r="L169" t="s">
+        <v>966</v>
+      </c>
+      <c r="M169" t="s">
+        <v>727</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>967</v>
+      </c>
+      <c r="P169" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>969</v>
+      </c>
+      <c r="B170" t="s">
+        <v>970</v>
+      </c>
+      <c r="C170" t="s">
+        <v>755</v>
+      </c>
+      <c r="D170" t="s">
+        <v>971</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>45</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2004</v>
+      </c>
+      <c r="I170">
+        <v>2014</v>
+      </c>
+      <c r="J170" t="s">
+        <v>55</v>
+      </c>
+      <c r="K170" t="s">
+        <v>37</v>
+      </c>
+      <c r="L170" t="s">
+        <v>972</v>
+      </c>
+      <c r="M170" t="s">
+        <v>727</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>973</v>
+      </c>
+      <c r="P170" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>975</v>
+      </c>
+      <c r="B171" t="s">
+        <v>976</v>
+      </c>
+      <c r="C171" t="s">
+        <v>755</v>
+      </c>
+      <c r="D171" t="s">
+        <v>318</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>45</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>1998</v>
+      </c>
+      <c r="I171">
+        <v>2019</v>
+      </c>
+      <c r="J171" t="s">
+        <v>55</v>
+      </c>
+      <c r="K171" t="s">
+        <v>37</v>
+      </c>
+      <c r="L171" t="s">
+        <v>977</v>
+      </c>
+      <c r="M171" t="s">
+        <v>727</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>978</v>
+      </c>
+      <c r="P171" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>980</v>
+      </c>
+      <c r="B172" t="s">
+        <v>981</v>
+      </c>
+      <c r="C172" t="s">
+        <v>755</v>
+      </c>
+      <c r="D172" t="s">
+        <v>388</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>45</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2012</v>
+      </c>
+      <c r="I172">
+        <v>2019</v>
+      </c>
+      <c r="J172" t="s">
+        <v>55</v>
+      </c>
+      <c r="K172" t="s">
+        <v>37</v>
+      </c>
+      <c r="L172" t="s">
+        <v>982</v>
+      </c>
+      <c r="M172" t="s">
+        <v>727</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>983</v>
+      </c>
+      <c r="P172" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>985</v>
+      </c>
+      <c r="B173" t="s">
+        <v>986</v>
+      </c>
+      <c r="C173" t="s">
+        <v>755</v>
+      </c>
+      <c r="D173" t="s">
+        <v>266</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>45</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2010</v>
+      </c>
+      <c r="I173">
+        <v>2014</v>
+      </c>
+      <c r="J173" t="s">
+        <v>55</v>
+      </c>
+      <c r="K173" t="s">
+        <v>37</v>
+      </c>
+      <c r="L173" t="s">
+        <v>987</v>
+      </c>
+      <c r="M173" t="s">
+        <v>727</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>988</v>
+      </c>
+      <c r="P173" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>990</v>
+      </c>
+      <c r="B174" t="s">
+        <v>991</v>
+      </c>
+      <c r="C174" t="s">
+        <v>992</v>
+      </c>
+      <c r="D174" t="s">
+        <v>993</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>45</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2009</v>
+      </c>
+      <c r="I174">
+        <v>2020</v>
+      </c>
+      <c r="J174" t="s">
+        <v>55</v>
+      </c>
+      <c r="K174" t="s">
+        <v>37</v>
+      </c>
+      <c r="L174" t="s">
+        <v>994</v>
+      </c>
+      <c r="M174" t="s">
+        <v>995</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>996</v>
+      </c>
+      <c r="P174" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>998</v>
+      </c>
+      <c r="B175" t="s">
+        <v>999</v>
+      </c>
+      <c r="C175" t="s">
+        <v>992</v>
+      </c>
+      <c r="D175" t="s">
+        <v>54</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>45</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2018</v>
+      </c>
+      <c r="I175">
+        <v>2020</v>
+      </c>
+      <c r="J175" t="s">
+        <v>55</v>
+      </c>
+      <c r="K175" t="s">
+        <v>56</v>
+      </c>
+      <c r="L175" t="s">
+        <v>876</v>
+      </c>
+      <c r="M175" t="s">
+        <v>995</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C176" t="s">
+        <v>53</v>
+      </c>
+      <c r="D176" t="s">
+        <v>465</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2003</v>
+      </c>
+      <c r="I176">
+        <v>2014</v>
+      </c>
+      <c r="J176" t="s">
+        <v>55</v>
+      </c>
+      <c r="K176" t="s">
+        <v>37</v>
+      </c>
+      <c r="L176" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C177" t="s">
+        <v>53</v>
+      </c>
+      <c r="D177" t="s">
+        <v>465</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2003</v>
+      </c>
+      <c r="I177">
+        <v>2017</v>
+      </c>
+      <c r="J177" t="s">
+        <v>55</v>
+      </c>
+      <c r="K177" t="s">
+        <v>37</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M177" t="s">
+        <v>1012</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C178" t="s">
+        <v>53</v>
+      </c>
+      <c r="D178" t="s">
+        <v>101</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2005</v>
+      </c>
+      <c r="I178">
+        <v>2016</v>
+      </c>
+      <c r="J178" t="s">
+        <v>55</v>
+      </c>
+      <c r="K178" t="s">
+        <v>37</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M178" t="s">
+        <v>1012</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C179" t="s">
+        <v>53</v>
+      </c>
+      <c r="D179" t="s">
+        <v>101</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2005</v>
+      </c>
+      <c r="I179">
+        <v>2016</v>
+      </c>
+      <c r="J179" t="s">
+        <v>55</v>
+      </c>
+      <c r="K179" t="s">
+        <v>37</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1012</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H180">
+        <v>2024</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>1031</v>
+      </c>
+      <c r="K180" t="s">
+        <v>37</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>1032</v>
+      </c>
+      <c r="N180" t="s">
+        <v>692</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C181" t="s">
+        <v>53</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>45</v>
+      </c>
+      <c r="G181" t="s">
+        <v>75</v>
+      </c>
+      <c r="H181">
+        <v>2018</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>64</v>
+      </c>
+      <c r="K181" t="s">
+        <v>283</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1038</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1039</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C182" t="s">
+        <v>53</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>45</v>
+      </c>
+      <c r="G182" t="s">
+        <v>75</v>
+      </c>
+      <c r="H182">
+        <v>2021</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>64</v>
+      </c>
+      <c r="K182" t="s">
+        <v>37</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1039</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1046</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C183" t="s">
+        <v>53</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H183">
+        <v>2025</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>1051</v>
+      </c>
+      <c r="K183" t="s">
+        <v>37</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1053</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C184" t="s">
+        <v>53</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G184" t="s">
+        <v>75</v>
+      </c>
+      <c r="H184">
+        <v>2022</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>1059</v>
+      </c>
+      <c r="K184" t="s">
+        <v>283</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1060</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1061</v>
+      </c>
+      <c r="N184" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2002</v>
+      </c>
+      <c r="I185">
+        <v>2010</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K185" t="s">
+        <v>56</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1071</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D186" t="s">
+        <v>101</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>75</v>
+      </c>
+      <c r="H186">
+        <v>2012</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K186" t="s">
+        <v>37</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1076</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1071</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1077</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D187" t="s">
+        <v>131</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G187" t="s">
+        <v>35</v>
+      </c>
+      <c r="H187"/>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K187" t="s">
+        <v>37</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D188" t="s">
+        <v>131</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>35</v>
+      </c>
+      <c r="H188"/>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K188" t="s">
+        <v>37</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D189" t="s">
+        <v>487</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G189" t="s">
+        <v>35</v>
+      </c>
+      <c r="H189"/>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K189" t="s">
+        <v>37</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D190" t="s">
+        <v>487</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>35</v>
+      </c>
+      <c r="H190"/>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K190" t="s">
+        <v>37</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D191" t="s">
+        <v>648</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G191" t="s">
+        <v>35</v>
+      </c>
+      <c r="H191"/>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K191" t="s">
+        <v>37</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D192" t="s">
+        <v>648</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>35</v>
+      </c>
+      <c r="H192"/>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K192" t="s">
+        <v>37</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D193" t="s">
+        <v>648</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G193" t="s">
+        <v>35</v>
+      </c>
+      <c r="H193"/>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K193" t="s">
+        <v>37</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D194" t="s">
+        <v>648</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>35</v>
+      </c>
+      <c r="H194"/>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K194" t="s">
+        <v>37</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D195" t="s">
+        <v>648</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G195" t="s">
+        <v>35</v>
+      </c>
+      <c r="H195"/>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K195" t="s">
+        <v>37</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>1099</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C196" t="s">
+        <v>43</v>
+      </c>
+      <c r="D196" t="s">
+        <v>131</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>45</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>1993</v>
+      </c>
+      <c r="I196">
+        <v>2022</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K196" t="s">
+        <v>37</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1104</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C197" t="s">
+        <v>43</v>
+      </c>
+      <c r="D197" t="s">
+        <v>101</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>45</v>
+      </c>
+      <c r="G197" t="s">
+        <v>75</v>
+      </c>
+      <c r="H197">
+        <v>2011</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K197" t="s">
+        <v>37</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1110</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C198" t="s">
+        <v>43</v>
+      </c>
+      <c r="D198" t="s">
+        <v>465</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>45</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>1993</v>
+      </c>
+      <c r="I198">
+        <v>2012</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K198" t="s">
+        <v>37</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1114</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C199" t="s">
+        <v>43</v>
+      </c>
+      <c r="D199" t="s">
+        <v>697</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>45</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>1993</v>
+      </c>
+      <c r="I199">
+        <v>2010</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K199" t="s">
+        <v>37</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1118</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1119</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C200" t="s">
+        <v>43</v>
+      </c>
+      <c r="D200" t="s">
+        <v>340</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>45</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>1995</v>
+      </c>
+      <c r="I200">
+        <v>2019</v>
+      </c>
+      <c r="J200" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K200" t="s">
+        <v>37</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1123</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C201" t="s">
+        <v>43</v>
+      </c>
+      <c r="D201" t="s">
+        <v>373</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>45</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>1993</v>
+      </c>
+      <c r="I201">
+        <v>2010</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K201" t="s">
+        <v>37</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1126</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1127</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C202" t="s">
+        <v>43</v>
+      </c>
+      <c r="D202" t="s">
+        <v>373</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>45</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>1993</v>
+      </c>
+      <c r="I202">
+        <v>2013</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K202" t="s">
+        <v>37</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1130</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1131</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C203" t="s">
+        <v>43</v>
+      </c>
+      <c r="D203" t="s">
+        <v>465</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>45</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>1993</v>
+      </c>
+      <c r="I203">
+        <v>2016</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K203" t="s">
+        <v>37</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C204" t="s">
+        <v>43</v>
+      </c>
+      <c r="D204" t="s">
+        <v>476</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>45</v>
+      </c>
+      <c r="G204" t="s">
+        <v>75</v>
+      </c>
+      <c r="H204">
+        <v>2018</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K204" t="s">
+        <v>37</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C205" t="s">
+        <v>43</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>45</v>
+      </c>
+      <c r="G205" t="s">
+        <v>75</v>
+      </c>
+      <c r="H205">
+        <v>2013</v>
+      </c>
+      <c r="I205"/>
+      <c r="J205" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K205" t="s">
+        <v>37</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C206" t="s">
+        <v>43</v>
+      </c>
+      <c r="D206" t="s">
+        <v>792</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>45</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>1993</v>
+      </c>
+      <c r="I206">
+        <v>2016</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K206" t="s">
+        <v>37</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1146</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1147</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C207" t="s">
+        <v>43</v>
+      </c>
+      <c r="D207" t="s">
+        <v>465</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>45</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>1993</v>
+      </c>
+      <c r="I207">
+        <v>2010</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K207" t="s">
+        <v>37</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1150</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1151</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C208" t="s">
+        <v>43</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>45</v>
+      </c>
+      <c r="G208" t="s">
+        <v>75</v>
+      </c>
+      <c r="H208">
+        <v>2010</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K208" t="s">
+        <v>283</v>
+      </c>
+      <c r="L208"/>
+      <c r="M208" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N208" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1155</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C209" t="s">
+        <v>43</v>
+      </c>
+      <c r="D209" t="s">
+        <v>175</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>45</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209"/>
+      <c r="I209">
+        <v>2010</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K209" t="s">
+        <v>283</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N209" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1158</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C210" t="s">
+        <v>43</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>45</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>1997</v>
+      </c>
+      <c r="I210">
+        <v>2011</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K210" t="s">
+        <v>37</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1162</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1163</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C211" t="s">
+        <v>43</v>
+      </c>
+      <c r="D211" t="s">
+        <v>318</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>45</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>2010</v>
+      </c>
+      <c r="I211">
+        <v>2017</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K211" t="s">
+        <v>37</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1166</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1167</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
+        <v>2015</v>
+      </c>
+      <c r="I212">
+        <v>2018</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1172</v>
+      </c>
+      <c r="K212" t="s">
+        <v>733</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>1173</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D213" t="s">
+        <v>792</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>45</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2000</v>
+      </c>
+      <c r="I213">
+        <v>2020</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K213" t="s">
+        <v>37</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1179</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1181</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D214" t="s">
+        <v>465</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>45</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2010</v>
+      </c>
+      <c r="I214">
+        <v>2022</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K214" t="s">
+        <v>37</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1185</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D215" t="s">
+        <v>131</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>45</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2010</v>
+      </c>
+      <c r="I215">
+        <v>2017</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K215" t="s">
+        <v>37</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1191</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D216" t="s">
+        <v>340</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>45</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>1994</v>
+      </c>
+      <c r="I216">
+        <v>2012</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K216" t="s">
+        <v>37</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N216" t="s">
+        <v>96</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D217" t="s">
+        <v>465</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>45</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>1995</v>
+      </c>
+      <c r="I217">
+        <v>2013</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K217" t="s">
+        <v>37</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1200</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D218" t="s">
+        <v>373</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>45</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>1996</v>
+      </c>
+      <c r="I218">
+        <v>2012</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K218" t="s">
+        <v>37</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1205</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D219" t="s">
+        <v>373</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>45</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>1996</v>
+      </c>
+      <c r="I219">
+        <v>2012</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K219" t="s">
+        <v>37</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D220" t="s">
+        <v>367</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>45</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>1996</v>
+      </c>
+      <c r="I220">
+        <v>2012</v>
+      </c>
+      <c r="J220" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K220" t="s">
+        <v>37</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D221" t="s">
+        <v>465</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>45</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>1996</v>
+      </c>
+      <c r="I221">
+        <v>2015</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K221" t="s">
+        <v>37</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1220</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D222" t="s">
+        <v>367</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>45</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>1996</v>
+      </c>
+      <c r="I222">
+        <v>2013</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K222" t="s">
+        <v>37</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1225</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1226</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D223" t="s">
+        <v>367</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>45</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>1997</v>
+      </c>
+      <c r="I223">
+        <v>2012</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K223" t="s">
+        <v>37</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1230</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D224" t="s">
+        <v>465</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>45</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>1998</v>
+      </c>
+      <c r="I224">
+        <v>2012</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K224" t="s">
+        <v>37</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1235</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1236</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D225" t="s">
+        <v>131</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>45</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>1998</v>
+      </c>
+      <c r="I225">
+        <v>2012</v>
+      </c>
+      <c r="J225" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K225" t="s">
+        <v>37</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1241</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>45</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>1999</v>
+      </c>
+      <c r="I226">
+        <v>2012</v>
+      </c>
+      <c r="J226" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K226" t="s">
+        <v>37</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D227" t="s">
+        <v>697</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>45</v>
+      </c>
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2000</v>
+      </c>
+      <c r="I227">
+        <v>2012</v>
+      </c>
+      <c r="J227" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K227" t="s">
+        <v>37</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>45</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2001</v>
+      </c>
+      <c r="I228">
+        <v>2015</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K228" t="s">
+        <v>37</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1259</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1260</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D229" t="s">
+        <v>101</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>45</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2002</v>
+      </c>
+      <c r="I229">
+        <v>2012</v>
+      </c>
+      <c r="J229" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K229" t="s">
+        <v>37</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D230" t="s">
+        <v>367</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>45</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2003</v>
+      </c>
+      <c r="I230">
+        <v>2013</v>
+      </c>
+      <c r="J230" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K230" t="s">
+        <v>37</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D231" t="s">
+        <v>131</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>45</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>1998</v>
+      </c>
+      <c r="I231">
+        <v>2012</v>
+      </c>
+      <c r="J231" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K231" t="s">
+        <v>37</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1275</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D232" t="s">
+        <v>960</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>45</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2003</v>
+      </c>
+      <c r="I232">
+        <v>2012</v>
+      </c>
+      <c r="J232" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K232" t="s">
+        <v>37</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D233" t="s">
+        <v>465</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>45</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2004</v>
+      </c>
+      <c r="I233">
+        <v>2012</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K233" t="s">
+        <v>37</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1283</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N233" t="s">
+        <v>96</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1284</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D234" t="s">
+        <v>367</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>45</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2004</v>
+      </c>
+      <c r="I234">
+        <v>2012</v>
+      </c>
+      <c r="J234" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K234" t="s">
+        <v>37</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1289</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D235" t="s">
+        <v>367</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>45</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2004</v>
+      </c>
+      <c r="I235">
+        <v>2012</v>
+      </c>
+      <c r="J235" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K235" t="s">
+        <v>37</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D236" t="s">
+        <v>101</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>45</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
+        <v>2004</v>
+      </c>
+      <c r="I236">
+        <v>2012</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K236" t="s">
+        <v>37</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1298</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D237" t="s">
+        <v>373</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>45</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2004</v>
+      </c>
+      <c r="I237">
+        <v>2012</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K237" t="s">
+        <v>37</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1205</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1302</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D238" t="s">
+        <v>373</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>45</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2005</v>
+      </c>
+      <c r="I238">
+        <v>2012</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K238" t="s">
+        <v>37</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1306</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1307</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D239" t="s">
+        <v>367</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>45</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>2005</v>
+      </c>
+      <c r="I239">
+        <v>2012</v>
+      </c>
+      <c r="J239" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K239" t="s">
+        <v>37</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1311</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1312</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D240" t="s">
+        <v>373</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>45</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2007</v>
+      </c>
+      <c r="I240">
+        <v>2012</v>
+      </c>
+      <c r="J240" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K240" t="s">
+        <v>37</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1316</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1317</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D241" t="s">
+        <v>266</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>45</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2007</v>
+      </c>
+      <c r="I241">
+        <v>2012</v>
+      </c>
+      <c r="J241" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K241" t="s">
+        <v>37</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1322</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D242" t="s">
+        <v>476</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>45</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2013</v>
+      </c>
+      <c r="I242">
+        <v>2014</v>
+      </c>
+      <c r="J242" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K242" t="s">
+        <v>37</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1326</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1327</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>45</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2008</v>
+      </c>
+      <c r="I243">
+        <v>2012</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K243" t="s">
+        <v>37</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1330</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N243" t="s">
+        <v>96</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>45</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
+        <v>2008</v>
+      </c>
+      <c r="I244">
+        <v>2012</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K244" t="s">
+        <v>37</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1336</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N244" t="s">
+        <v>96</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1337</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>45</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
+        <v>2008</v>
+      </c>
+      <c r="I245">
+        <v>2009</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K245" t="s">
+        <v>37</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1342</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1343</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D246" t="s">
+        <v>340</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>45</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
+        <v>1994</v>
+      </c>
+      <c r="I246">
+        <v>2012</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K246" t="s">
+        <v>37</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1347</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1348</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D247" t="s">
+        <v>356</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>45</v>
+      </c>
+      <c r="G247" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247">
+        <v>2008</v>
+      </c>
+      <c r="I247">
+        <v>2012</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K247" t="s">
+        <v>37</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D248" t="s">
+        <v>340</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>45</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2009</v>
+      </c>
+      <c r="I248">
+        <v>2012</v>
+      </c>
+      <c r="J248" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K248" t="s">
+        <v>37</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1355</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D249" t="s">
+        <v>465</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>45</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2009</v>
+      </c>
+      <c r="I249">
+        <v>2012</v>
+      </c>
+      <c r="J249" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K249" t="s">
+        <v>37</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1360</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1361</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>45</v>
+      </c>
+      <c r="G250" t="s">
+        <v>75</v>
+      </c>
+      <c r="H250">
+        <v>2011</v>
+      </c>
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K250" t="s">
+        <v>37</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1366</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1367</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D251" t="s">
+        <v>388</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>45</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
+        <v>2010</v>
+      </c>
+      <c r="I251">
+        <v>2012</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K251" t="s">
+        <v>37</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1371</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1372</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>45</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2010</v>
+      </c>
+      <c r="I252">
+        <v>2012</v>
+      </c>
+      <c r="J252" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K252" t="s">
+        <v>37</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1377</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D253" t="s">
+        <v>465</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>45</v>
+      </c>
+      <c r="G253" t="s">
+        <v>75</v>
+      </c>
+      <c r="H253">
+        <v>2015</v>
+      </c>
+      <c r="I253"/>
+      <c r="J253" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K253" t="s">
+        <v>37</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1381</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P253"/>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D254" t="s">
+        <v>282</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>45</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2011</v>
+      </c>
+      <c r="I254">
+        <v>2022</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K254" t="s">
+        <v>1385</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1386</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N254" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1387</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D255" t="s">
+        <v>476</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>45</v>
+      </c>
+      <c r="G255" t="s">
+        <v>75</v>
+      </c>
+      <c r="H255">
+        <v>2013</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K255" t="s">
+        <v>37</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1391</v>
+      </c>
+      <c r="M255" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1392</v>
+      </c>
+      <c r="P255"/>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D256" t="s">
+        <v>131</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>75</v>
+      </c>
+      <c r="H256">
+        <v>2015</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>64</v>
+      </c>
+      <c r="K256" t="s">
+        <v>37</v>
+      </c>
+      <c r="L256"/>
+      <c r="M256" t="s">
+        <v>1396</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1397</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C257" t="s">
+        <v>18</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>45</v>
+      </c>
+      <c r="G257" t="s">
+        <v>75</v>
+      </c>
+      <c r="H257">
+        <v>2013</v>
+      </c>
+      <c r="I257"/>
+      <c r="J257" t="s">
+        <v>55</v>
+      </c>
+      <c r="K257" t="s">
+        <v>37</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1402</v>
+      </c>
+      <c r="M257" t="s">
+        <v>1403</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1404</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D258" t="s">
+        <v>792</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>22</v>
+      </c>
+      <c r="H258">
+        <v>2008</v>
+      </c>
+      <c r="I258">
+        <v>2011</v>
+      </c>
+      <c r="J258" t="s">
+        <v>64</v>
+      </c>
+      <c r="K258" t="s">
+        <v>37</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1409</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1410</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1411</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D259" t="s">
+        <v>175</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2007</v>
+      </c>
+      <c r="I259">
+        <v>2011</v>
+      </c>
+      <c r="J259" t="s">
+        <v>64</v>
+      </c>
+      <c r="K259" t="s">
+        <v>37</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1415</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1410</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1416</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D260" t="s">
+        <v>465</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>75</v>
+      </c>
+      <c r="H260">
+        <v>2007</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>64</v>
+      </c>
+      <c r="K260" t="s">
+        <v>37</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1410</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>75</v>
+      </c>
+      <c r="H261">
+        <v>2009</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>64</v>
+      </c>
+      <c r="K261" t="s">
+        <v>37</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1426</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1410</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1427</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C262" t="s">
+        <v>53</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>45</v>
+      </c>
+      <c r="G262" t="s">
+        <v>75</v>
+      </c>
+      <c r="H262">
+        <v>2017</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>1432</v>
+      </c>
+      <c r="K262" t="s">
         <v>581</v>
       </c>
-      <c r="B154" t="s">
-[...35 lines deleted...]
-      <c r="N154" t="s">
+      <c r="L262"/>
+      <c r="M262" t="s">
+        <v>58</v>
+      </c>
+      <c r="N262" t="s">
         <v>583</v>
       </c>
-    </row>
-[...75 lines deleted...]
-      <c r="K156" t="s">
+      <c r="O262" t="s">
+        <v>1433</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C263" t="s">
+        <v>18</v>
+      </c>
+      <c r="D263" t="s">
+        <v>611</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1437</v>
+      </c>
+      <c r="G263" t="s">
+        <v>75</v>
+      </c>
+      <c r="H263">
+        <v>2007</v>
+      </c>
+      <c r="I263"/>
+      <c r="J263" t="s">
+        <v>1438</v>
+      </c>
+      <c r="K263" t="s">
+        <v>581</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1439</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1440</v>
+      </c>
+      <c r="N263" t="s">
+        <v>583</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1441</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C264" t="s">
+        <v>18</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1437</v>
+      </c>
+      <c r="G264" t="s">
+        <v>75</v>
+      </c>
+      <c r="H264">
+        <v>2009</v>
+      </c>
+      <c r="I264"/>
+      <c r="J264" t="s">
+        <v>1438</v>
+      </c>
+      <c r="K264" t="s">
+        <v>581</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1440</v>
+      </c>
+      <c r="N264" t="s">
+        <v>583</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C265" t="s">
+        <v>18</v>
+      </c>
+      <c r="D265" t="s">
         <v>588</v>
       </c>
-      <c r="L156" t="s">
-[...4661 lines deleted...]
-      </c>
       <c r="E265" t="s">
-        <v>949</v>
+        <v>20</v>
       </c>
       <c r="F265" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>1437</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
       </c>
       <c r="H265">
         <v>2018</v>
       </c>
-      <c r="I265" t="s">
-        <v>950</v>
+      <c r="I265">
+        <v>2018</v>
       </c>
       <c r="J265" t="s">
-        <v>385</v>
+        <v>1438</v>
       </c>
       <c r="K265" t="s">
-        <v>959</v>
+        <v>581</v>
       </c>
       <c r="L265" t="s">
-        <v>952</v>
+        <v>1451</v>
       </c>
       <c r="M265" t="s">
-        <v>387</v>
+        <v>1440</v>
       </c>
       <c r="N265" t="s">
-        <v>960</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:14">
+        <v>583</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1452</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>961</v>
+        <v>1454</v>
       </c>
       <c r="B266" t="s">
-        <v>15</v>
+        <v>1455</v>
       </c>
       <c r="C266" t="s">
-        <v>394</v>
+        <v>18</v>
       </c>
       <c r="D266" t="s">
-        <v>17</v>
+        <v>594</v>
       </c>
       <c r="E266" t="s">
-        <v>949</v>
+        <v>20</v>
       </c>
       <c r="F266" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G266">
+        <v>1437</v>
+      </c>
+      <c r="G266" t="s">
+        <v>75</v>
+      </c>
+      <c r="H266">
         <v>2014</v>
       </c>
-      <c r="H266"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I266"/>
       <c r="J266" t="s">
-        <v>385</v>
+        <v>1438</v>
       </c>
       <c r="K266" t="s">
-        <v>962</v>
+        <v>581</v>
       </c>
       <c r="L266" t="s">
-        <v>952</v>
+        <v>1456</v>
       </c>
       <c r="M266" t="s">
-        <v>387</v>
+        <v>1440</v>
       </c>
       <c r="N266" t="s">
-        <v>963</v>
+        <v>583</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1457</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1458</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>