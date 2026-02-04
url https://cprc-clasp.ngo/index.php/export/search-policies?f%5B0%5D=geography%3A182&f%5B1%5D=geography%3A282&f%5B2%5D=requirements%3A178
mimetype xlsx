--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1459">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1458">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3159,120 +3159,117 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...58 lines deleted...]
-    <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
@@ -13662,4274 +13659,4276 @@
       </c>
       <c r="L179" t="s">
         <v>1022</v>
       </c>
       <c r="M179" t="s">
         <v>1012</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
         <v>1023</v>
       </c>
       <c r="P179" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
         <v>1025</v>
       </c>
       <c r="B180" t="s">
         <v>1026</v>
       </c>
       <c r="C180" t="s">
+        <v>53</v>
+      </c>
+      <c r="D180" t="s">
         <v>1027</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
         <v>1028</v>
       </c>
-      <c r="E180" t="s">
-[...2 lines deleted...]
-      <c r="F180" t="s">
+      <c r="G180" t="s">
+        <v>8</v>
+      </c>
+      <c r="H180">
+        <v>2008</v>
+      </c>
+      <c r="I180">
+        <v>2024</v>
+      </c>
+      <c r="J180" t="s">
         <v>1029</v>
-      </c>
-[...8 lines deleted...]
-        <v>1031</v>
       </c>
       <c r="K180" t="s">
         <v>37</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="N180" t="s">
         <v>692</v>
       </c>
       <c r="O180" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="P180" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="B181" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="C181" t="s">
         <v>53</v>
       </c>
       <c r="D181" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>45</v>
       </c>
       <c r="G181" t="s">
         <v>75</v>
       </c>
       <c r="H181">
         <v>2018</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
         <v>64</v>
       </c>
       <c r="K181" t="s">
         <v>283</v>
       </c>
       <c r="L181" t="s">
+        <v>1036</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
         <v>1038</v>
       </c>
-      <c r="M181" t="s">
+      <c r="P181" t="s">
         <v>1039</v>
-      </c>
-[...7 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="B182" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
       <c r="C182" t="s">
         <v>53</v>
       </c>
       <c r="D182" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>45</v>
       </c>
       <c r="G182" t="s">
         <v>75</v>
       </c>
       <c r="H182">
         <v>2021</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
         <v>64</v>
       </c>
       <c r="K182" t="s">
         <v>37</v>
       </c>
       <c r="L182" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P182" t="s">
         <v>1045</v>
-      </c>
-[...10 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="B183" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="C183" t="s">
         <v>53</v>
       </c>
       <c r="D183" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>1004</v>
       </c>
       <c r="G183" t="s">
-        <v>1030</v>
+        <v>1049</v>
       </c>
       <c r="H183">
         <v>2025</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
+        <v>1050</v>
+      </c>
+      <c r="K183" t="s">
+        <v>37</v>
+      </c>
+      <c r="L183" t="s">
         <v>1051</v>
       </c>
-      <c r="K183" t="s">
-[...2 lines deleted...]
-      <c r="L183" t="s">
+      <c r="M183" t="s">
         <v>1052</v>
       </c>
-      <c r="M183" t="s">
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
         <v>1053</v>
       </c>
-      <c r="N183" t="s">
-[...2 lines deleted...]
-      <c r="O183" t="s">
+      <c r="P183" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B184" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="C184" t="s">
         <v>53</v>
       </c>
       <c r="D184" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="G184" t="s">
         <v>75</v>
       </c>
       <c r="H184">
         <v>2022</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="K184" t="s">
         <v>283</v>
       </c>
       <c r="L184" t="s">
+        <v>1059</v>
+      </c>
+      <c r="M184" t="s">
         <v>1060</v>
       </c>
-      <c r="M184" t="s">
+      <c r="N184" t="s">
         <v>1061</v>
       </c>
-      <c r="N184" t="s">
+      <c r="O184" t="s">
         <v>1062</v>
       </c>
-      <c r="O184" t="s">
+      <c r="P184" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B185" t="s">
         <v>1065</v>
       </c>
-      <c r="B185" t="s">
+      <c r="C185" t="s">
         <v>1066</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>21</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
         <v>2002</v>
       </c>
       <c r="I185">
         <v>2010</v>
       </c>
       <c r="J185" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K185" t="s">
         <v>56</v>
       </c>
       <c r="L185" t="s">
+        <v>1069</v>
+      </c>
+      <c r="M185" t="s">
         <v>1070</v>
       </c>
-      <c r="M185" t="s">
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
         <v>1071</v>
       </c>
-      <c r="N185" t="s">
-[...2 lines deleted...]
-      <c r="O185" t="s">
+      <c r="P185" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B186" t="s">
         <v>1074</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="D186" t="s">
         <v>101</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
         <v>75</v>
       </c>
       <c r="H186">
         <v>2012</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K186" t="s">
         <v>37</v>
       </c>
       <c r="L186" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
         <v>1076</v>
       </c>
-      <c r="M186" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P186" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B187" t="s">
         <v>1078</v>
       </c>
-      <c r="B187" t="s">
+      <c r="C187" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="D187" t="s">
         <v>131</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>1004</v>
       </c>
       <c r="G187" t="s">
         <v>35</v>
       </c>
       <c r="H187"/>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K187" t="s">
         <v>37</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
+        <v>1081</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
         <v>1082</v>
       </c>
-      <c r="N187" t="s">
-[...2 lines deleted...]
-      <c r="O187" t="s">
+      <c r="P187" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B188" t="s">
         <v>1078</v>
       </c>
-      <c r="B188" t="s">
+      <c r="C188" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="D188" t="s">
         <v>131</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>35</v>
       </c>
       <c r="H188"/>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K188" t="s">
         <v>37</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="P188" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C189" t="s">
         <v>1086</v>
-      </c>
-[...4 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="D189" t="s">
         <v>487</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>1004</v>
       </c>
       <c r="G189" t="s">
         <v>35</v>
       </c>
       <c r="H189"/>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K189" t="s">
         <v>37</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P189" t="s">
         <v>1088</v>
-      </c>
-[...1 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C190" t="s">
         <v>1086</v>
-      </c>
-[...4 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="D190" t="s">
         <v>487</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
         <v>35</v>
       </c>
       <c r="H190"/>
       <c r="I190"/>
       <c r="J190" t="s">
+        <v>1080</v>
+      </c>
+      <c r="K190" t="s">
+        <v>37</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1089</v>
+      </c>
+      <c r="M190" t="s">
         <v>1081</v>
       </c>
-      <c r="K190" t="s">
-[...2 lines deleted...]
-      <c r="L190" t="s">
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
         <v>1090</v>
       </c>
-      <c r="M190" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P190" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="B191" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="C191" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="D191" t="s">
         <v>648</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>1004</v>
       </c>
       <c r="G191" t="s">
         <v>35</v>
       </c>
       <c r="H191"/>
       <c r="I191"/>
       <c r="J191" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K191" t="s">
         <v>37</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="P191" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="B192" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="C192" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="D192" t="s">
         <v>648</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>21</v>
       </c>
       <c r="G192" t="s">
         <v>35</v>
       </c>
       <c r="H192"/>
       <c r="I192"/>
       <c r="J192" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K192" t="s">
         <v>37</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="P192" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="B193" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C193" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="D193" t="s">
         <v>648</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>1004</v>
       </c>
       <c r="G193" t="s">
         <v>35</v>
       </c>
       <c r="H193"/>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K193" t="s">
         <v>37</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="P193" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="B194" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C194" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="D194" t="s">
         <v>648</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
         <v>21</v>
       </c>
       <c r="G194" t="s">
         <v>35</v>
       </c>
       <c r="H194"/>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K194" t="s">
         <v>37</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="P194" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C195" t="s">
         <v>1097</v>
-      </c>
-[...4 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="D195" t="s">
         <v>648</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>1004</v>
       </c>
       <c r="G195" t="s">
         <v>35</v>
       </c>
       <c r="H195"/>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="K195" t="s">
         <v>37</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
+        <v>1098</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
         <v>1099</v>
       </c>
-      <c r="N195" t="s">
-[...2 lines deleted...]
-      <c r="O195" t="s">
+      <c r="P195" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B196" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="C196" t="s">
         <v>43</v>
       </c>
       <c r="D196" t="s">
         <v>131</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>45</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>1993</v>
       </c>
       <c r="I196">
         <v>2022</v>
       </c>
       <c r="J196" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K196" t="s">
         <v>37</v>
       </c>
       <c r="L196" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M196" t="s">
         <v>1104</v>
       </c>
-      <c r="M196" t="s">
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
         <v>1105</v>
       </c>
-      <c r="N196" t="s">
-[...2 lines deleted...]
-      <c r="O196" t="s">
+      <c r="P196" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B197" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="C197" t="s">
         <v>43</v>
       </c>
       <c r="D197" t="s">
         <v>101</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>45</v>
       </c>
       <c r="G197" t="s">
         <v>75</v>
       </c>
       <c r="H197">
         <v>2011</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K197" t="s">
         <v>37</v>
       </c>
       <c r="L197" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
         <v>1110</v>
       </c>
-      <c r="M197" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P197" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B198" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="C198" t="s">
         <v>43</v>
       </c>
       <c r="D198" t="s">
         <v>465</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>45</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>1993</v>
       </c>
       <c r="I198">
         <v>2012</v>
       </c>
       <c r="J198" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K198" t="s">
         <v>37</v>
       </c>
       <c r="L198" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
         <v>1114</v>
       </c>
-      <c r="M198" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P198" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B199" t="s">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="C199" t="s">
         <v>43</v>
       </c>
       <c r="D199" t="s">
         <v>697</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>45</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>1993</v>
       </c>
       <c r="I199">
         <v>2010</v>
       </c>
       <c r="J199" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K199" t="s">
         <v>37</v>
       </c>
       <c r="L199" t="s">
+        <v>1117</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
         <v>1118</v>
       </c>
-      <c r="M199" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P199" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B200" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="C200" t="s">
         <v>43</v>
       </c>
       <c r="D200" t="s">
         <v>340</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>45</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
         <v>1995</v>
       </c>
       <c r="I200">
         <v>2019</v>
       </c>
       <c r="J200" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K200" t="s">
         <v>37</v>
       </c>
       <c r="L200" t="s">
+        <v>1121</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
         <v>1122</v>
       </c>
-      <c r="M200" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P200" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B201" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
       <c r="C201" t="s">
         <v>43</v>
       </c>
       <c r="D201" t="s">
         <v>373</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
         <v>45</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
         <v>1993</v>
       </c>
       <c r="I201">
         <v>2010</v>
       </c>
       <c r="J201" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K201" t="s">
         <v>37</v>
       </c>
       <c r="L201" t="s">
+        <v>1125</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
         <v>1126</v>
       </c>
-      <c r="M201" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P201" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B202" t="s">
         <v>1128</v>
-      </c>
-[...1 lines deleted...]
-        <v>1129</v>
       </c>
       <c r="C202" t="s">
         <v>43</v>
       </c>
       <c r="D202" t="s">
         <v>373</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
         <v>45</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>1993</v>
       </c>
       <c r="I202">
         <v>2013</v>
       </c>
       <c r="J202" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K202" t="s">
         <v>37</v>
       </c>
       <c r="L202" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
         <v>1130</v>
       </c>
-      <c r="M202" t="s">
-[...5 lines deleted...]
-      <c r="O202" t="s">
+      <c r="P202" t="s">
         <v>1131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1132</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B203" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
       <c r="C203" t="s">
         <v>43</v>
       </c>
       <c r="D203" t="s">
         <v>465</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>45</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>1993</v>
       </c>
       <c r="I203">
         <v>2016</v>
       </c>
       <c r="J203" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K203" t="s">
         <v>37</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="P203" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B204" t="s">
         <v>1136</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
       <c r="C204" t="s">
         <v>43</v>
       </c>
       <c r="D204" t="s">
         <v>476</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
         <v>45</v>
       </c>
       <c r="G204" t="s">
         <v>75</v>
       </c>
       <c r="H204">
         <v>2018</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K204" t="s">
         <v>37</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1138</v>
+        <v>1137</v>
       </c>
       <c r="P204" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B205" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
       <c r="C205" t="s">
         <v>43</v>
       </c>
       <c r="D205" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
         <v>45</v>
       </c>
       <c r="G205" t="s">
         <v>75</v>
       </c>
       <c r="H205">
         <v>2013</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K205" t="s">
         <v>37</v>
       </c>
       <c r="L205" t="s">
+        <v>1141</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
         <v>1142</v>
       </c>
-      <c r="M205" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P205" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B206" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
       <c r="C206" t="s">
         <v>43</v>
       </c>
       <c r="D206" t="s">
         <v>792</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>45</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206">
         <v>1993</v>
       </c>
       <c r="I206">
         <v>2016</v>
       </c>
       <c r="J206" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K206" t="s">
         <v>37</v>
       </c>
       <c r="L206" t="s">
+        <v>1145</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
         <v>1146</v>
       </c>
-      <c r="M206" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P206" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B207" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="C207" t="s">
         <v>43</v>
       </c>
       <c r="D207" t="s">
         <v>465</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>45</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>1993</v>
       </c>
       <c r="I207">
         <v>2010</v>
       </c>
       <c r="J207" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K207" t="s">
         <v>37</v>
       </c>
       <c r="L207" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
         <v>1150</v>
       </c>
-      <c r="M207" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P207" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B208" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
       <c r="C208" t="s">
         <v>43</v>
       </c>
       <c r="D208" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="E208" t="s">
         <v>20</v>
       </c>
       <c r="F208" t="s">
         <v>45</v>
       </c>
       <c r="G208" t="s">
         <v>75</v>
       </c>
       <c r="H208">
         <v>2010</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K208" t="s">
         <v>283</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="N208" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="O208" t="s">
-        <v>1155</v>
+        <v>1154</v>
       </c>
       <c r="P208" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B209" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="C209" t="s">
         <v>43</v>
       </c>
       <c r="D209" t="s">
         <v>175</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
         <v>45</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209"/>
       <c r="I209">
         <v>2010</v>
       </c>
       <c r="J209" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K209" t="s">
         <v>283</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="N209" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="O209" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="P209" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B210" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="C210" t="s">
         <v>43</v>
       </c>
       <c r="D210" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="E210" t="s">
         <v>20</v>
       </c>
       <c r="F210" t="s">
         <v>45</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210">
         <v>1997</v>
       </c>
       <c r="I210">
         <v>2011</v>
       </c>
       <c r="J210" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K210" t="s">
         <v>37</v>
       </c>
       <c r="L210" t="s">
+        <v>1161</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
         <v>1162</v>
       </c>
-      <c r="M210" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P210" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B211" t="s">
         <v>1164</v>
-      </c>
-[...1 lines deleted...]
-        <v>1165</v>
       </c>
       <c r="C211" t="s">
         <v>43</v>
       </c>
       <c r="D211" t="s">
         <v>318</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>45</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
         <v>2010</v>
       </c>
       <c r="I211">
         <v>2017</v>
       </c>
       <c r="J211" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K211" t="s">
         <v>37</v>
       </c>
       <c r="L211" t="s">
+        <v>1165</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
         <v>1166</v>
       </c>
-      <c r="M211" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P211" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B212" t="s">
         <v>1168</v>
       </c>
-      <c r="B212" t="s">
+      <c r="C212" t="s">
         <v>1169</v>
       </c>
-      <c r="C212" t="s">
+      <c r="D212" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
         <v>21</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2015</v>
       </c>
       <c r="I212">
         <v>2018</v>
       </c>
       <c r="J212" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="K212" t="s">
         <v>733</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
+        <v>1172</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
         <v>1173</v>
       </c>
-      <c r="N212" t="s">
-[...2 lines deleted...]
-      <c r="O212" t="s">
+      <c r="P212" t="s">
         <v>1174</v>
-      </c>
-[...1 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B213" t="s">
         <v>1176</v>
       </c>
-      <c r="B213" t="s">
+      <c r="C213" t="s">
         <v>1177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1178</v>
       </c>
       <c r="D213" t="s">
         <v>792</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
         <v>45</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2000</v>
       </c>
       <c r="I213">
         <v>2020</v>
       </c>
       <c r="J213" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K213" t="s">
         <v>37</v>
       </c>
       <c r="L213" t="s">
+        <v>1178</v>
+      </c>
+      <c r="M213" t="s">
         <v>1179</v>
       </c>
-      <c r="M213" t="s">
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
         <v>1180</v>
       </c>
-      <c r="N213" t="s">
-[...2 lines deleted...]
-      <c r="O213" t="s">
+      <c r="P213" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B214" t="s">
         <v>1183</v>
       </c>
-      <c r="B214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D214" t="s">
         <v>465</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>45</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
         <v>2010</v>
       </c>
       <c r="I214">
         <v>2022</v>
       </c>
       <c r="J214" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K214" t="s">
         <v>37</v>
       </c>
       <c r="L214" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
         <v>1185</v>
       </c>
-      <c r="M214" t="s">
-[...5 lines deleted...]
-      <c r="O214" t="s">
+      <c r="P214" t="s">
         <v>1186</v>
-      </c>
-[...1 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B215" t="s">
         <v>1188</v>
       </c>
-      <c r="B215" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D215" t="s">
         <v>131</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
         <v>45</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2010</v>
       </c>
       <c r="I215">
         <v>2017</v>
       </c>
       <c r="J215" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K215" t="s">
         <v>37</v>
       </c>
       <c r="L215" t="s">
+        <v>1189</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
         <v>1190</v>
       </c>
-      <c r="M215" t="s">
-[...5 lines deleted...]
-      <c r="O215" t="s">
+      <c r="P215" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B216" t="s">
         <v>1193</v>
       </c>
-      <c r="B216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D216" t="s">
         <v>340</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>45</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>1994</v>
       </c>
       <c r="I216">
         <v>2012</v>
       </c>
       <c r="J216" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K216" t="s">
         <v>37</v>
       </c>
       <c r="L216" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="M216" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="N216" t="s">
         <v>96</v>
       </c>
       <c r="O216" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P216" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B217" t="s">
         <v>1198</v>
       </c>
-      <c r="B217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D217" t="s">
         <v>465</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>45</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>1995</v>
       </c>
       <c r="I217">
         <v>2013</v>
       </c>
       <c r="J217" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K217" t="s">
         <v>37</v>
       </c>
       <c r="L217" t="s">
+        <v>1199</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
         <v>1200</v>
       </c>
-      <c r="M217" t="s">
-[...5 lines deleted...]
-      <c r="O217" t="s">
+      <c r="P217" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B218" t="s">
         <v>1203</v>
       </c>
-      <c r="B218" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D218" t="s">
         <v>373</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>45</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>1996</v>
       </c>
       <c r="I218">
         <v>2012</v>
       </c>
       <c r="J218" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K218" t="s">
         <v>37</v>
       </c>
       <c r="L218" t="s">
+        <v>1204</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
         <v>1205</v>
       </c>
-      <c r="M218" t="s">
-[...5 lines deleted...]
-      <c r="O218" t="s">
+      <c r="P218" t="s">
         <v>1206</v>
-      </c>
-[...1 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B219" t="s">
         <v>1208</v>
       </c>
-      <c r="B219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D219" t="s">
         <v>373</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>45</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219">
         <v>1996</v>
       </c>
       <c r="I219">
         <v>2012</v>
       </c>
       <c r="J219" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K219" t="s">
         <v>37</v>
       </c>
       <c r="L219" t="s">
+        <v>1209</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
         <v>1210</v>
       </c>
-      <c r="M219" t="s">
-[...5 lines deleted...]
-      <c r="O219" t="s">
+      <c r="P219" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B220" t="s">
         <v>1213</v>
       </c>
-      <c r="B220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D220" t="s">
         <v>367</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>45</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
         <v>1996</v>
       </c>
       <c r="I220">
         <v>2012</v>
       </c>
       <c r="J220" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K220" t="s">
         <v>37</v>
       </c>
       <c r="L220" t="s">
+        <v>1214</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
         <v>1215</v>
       </c>
-      <c r="M220" t="s">
-[...5 lines deleted...]
-      <c r="O220" t="s">
+      <c r="P220" t="s">
         <v>1216</v>
-      </c>
-[...1 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B221" t="s">
         <v>1218</v>
       </c>
-      <c r="B221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D221" t="s">
         <v>465</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>45</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
         <v>1996</v>
       </c>
       <c r="I221">
         <v>2015</v>
       </c>
       <c r="J221" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K221" t="s">
         <v>37</v>
       </c>
       <c r="L221" t="s">
+        <v>1219</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
         <v>1220</v>
       </c>
-      <c r="M221" t="s">
-[...5 lines deleted...]
-      <c r="O221" t="s">
+      <c r="P221" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B222" t="s">
         <v>1223</v>
       </c>
-      <c r="B222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D222" t="s">
         <v>367</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>45</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222">
         <v>1996</v>
       </c>
       <c r="I222">
         <v>2013</v>
       </c>
       <c r="J222" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K222" t="s">
         <v>37</v>
       </c>
       <c r="L222" t="s">
+        <v>1224</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
         <v>1225</v>
       </c>
-      <c r="M222" t="s">
-[...5 lines deleted...]
-      <c r="O222" t="s">
+      <c r="P222" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B223" t="s">
         <v>1228</v>
       </c>
-      <c r="B223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D223" t="s">
         <v>367</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>45</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
         <v>1997</v>
       </c>
       <c r="I223">
         <v>2012</v>
       </c>
       <c r="J223" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K223" t="s">
         <v>37</v>
       </c>
       <c r="L223" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
         <v>1230</v>
       </c>
-      <c r="M223" t="s">
-[...5 lines deleted...]
-      <c r="O223" t="s">
+      <c r="P223" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B224" t="s">
         <v>1233</v>
       </c>
-      <c r="B224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D224" t="s">
         <v>465</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>45</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>1998</v>
       </c>
       <c r="I224">
         <v>2012</v>
       </c>
       <c r="J224" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K224" t="s">
         <v>37</v>
       </c>
       <c r="L224" t="s">
+        <v>1234</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
         <v>1235</v>
       </c>
-      <c r="M224" t="s">
-[...5 lines deleted...]
-      <c r="O224" t="s">
+      <c r="P224" t="s">
         <v>1236</v>
-      </c>
-[...1 lines deleted...]
-        <v>1237</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B225" t="s">
         <v>1238</v>
       </c>
-      <c r="B225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D225" t="s">
         <v>131</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>45</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225">
         <v>1998</v>
       </c>
       <c r="I225">
         <v>2012</v>
       </c>
       <c r="J225" t="s">
+        <v>1239</v>
+      </c>
+      <c r="K225" t="s">
+        <v>37</v>
+      </c>
+      <c r="L225" t="s">
         <v>1240</v>
       </c>
-      <c r="K225" t="s">
-[...2 lines deleted...]
-      <c r="L225" t="s">
+      <c r="M225" t="s">
         <v>1241</v>
       </c>
-      <c r="M225" t="s">
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
         <v>1242</v>
       </c>
-      <c r="N225" t="s">
-[...2 lines deleted...]
-      <c r="O225" t="s">
+      <c r="P225" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B226" t="s">
         <v>1245</v>
       </c>
-      <c r="B226" t="s">
+      <c r="C226" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D226" t="s">
         <v>1246</v>
-      </c>
-[...4 lines deleted...]
-        <v>1247</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>45</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226">
         <v>1999</v>
       </c>
       <c r="I226">
         <v>2012</v>
       </c>
       <c r="J226" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K226" t="s">
         <v>37</v>
       </c>
       <c r="L226" t="s">
+        <v>1247</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
         <v>1248</v>
       </c>
-      <c r="M226" t="s">
-[...5 lines deleted...]
-      <c r="O226" t="s">
+      <c r="P226" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B227" t="s">
         <v>1251</v>
       </c>
-      <c r="B227" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D227" t="s">
         <v>697</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>45</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
       <c r="H227">
         <v>2000</v>
       </c>
       <c r="I227">
         <v>2012</v>
       </c>
       <c r="J227" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K227" t="s">
         <v>37</v>
       </c>
       <c r="L227" t="s">
+        <v>1252</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
         <v>1253</v>
       </c>
-      <c r="M227" t="s">
-[...5 lines deleted...]
-      <c r="O227" t="s">
+      <c r="P227" t="s">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B228" t="s">
         <v>1256</v>
       </c>
-      <c r="B228" t="s">
+      <c r="C228" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D228" t="s">
         <v>1257</v>
-      </c>
-[...4 lines deleted...]
-        <v>1258</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>45</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
         <v>2001</v>
       </c>
       <c r="I228">
         <v>2015</v>
       </c>
       <c r="J228" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K228" t="s">
         <v>37</v>
       </c>
       <c r="L228" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
         <v>1259</v>
       </c>
-      <c r="M228" t="s">
-[...5 lines deleted...]
-      <c r="O228" t="s">
+      <c r="P228" t="s">
         <v>1260</v>
-      </c>
-[...1 lines deleted...]
-        <v>1261</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B229" t="s">
         <v>1262</v>
       </c>
-      <c r="B229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D229" t="s">
         <v>101</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>45</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229">
         <v>2002</v>
       </c>
       <c r="I229">
         <v>2012</v>
       </c>
       <c r="J229" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K229" t="s">
         <v>37</v>
       </c>
       <c r="L229" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
         <v>1264</v>
       </c>
-      <c r="M229" t="s">
-[...5 lines deleted...]
-      <c r="O229" t="s">
+      <c r="P229" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B230" t="s">
         <v>1267</v>
       </c>
-      <c r="B230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D230" t="s">
         <v>367</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>45</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
         <v>2003</v>
       </c>
       <c r="I230">
         <v>2013</v>
       </c>
       <c r="J230" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K230" t="s">
         <v>37</v>
       </c>
       <c r="L230" t="s">
+        <v>1268</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
         <v>1269</v>
       </c>
-      <c r="M230" t="s">
-[...5 lines deleted...]
-      <c r="O230" t="s">
+      <c r="P230" t="s">
         <v>1270</v>
-      </c>
-[...1 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B231" t="s">
         <v>1272</v>
       </c>
-      <c r="B231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D231" t="s">
         <v>131</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>45</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>1998</v>
       </c>
       <c r="I231">
         <v>2012</v>
       </c>
       <c r="J231" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="K231" t="s">
         <v>37</v>
       </c>
       <c r="L231" t="s">
+        <v>1273</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1241</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
         <v>1274</v>
       </c>
-      <c r="M231" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P231" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B232" t="s">
         <v>1276</v>
       </c>
-      <c r="B232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D232" t="s">
         <v>960</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>45</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>2003</v>
       </c>
       <c r="I232">
         <v>2012</v>
       </c>
       <c r="J232" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K232" t="s">
         <v>37</v>
       </c>
       <c r="L232" t="s">
+        <v>1277</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
         <v>1278</v>
       </c>
-      <c r="M232" t="s">
-[...5 lines deleted...]
-      <c r="O232" t="s">
+      <c r="P232" t="s">
         <v>1279</v>
-      </c>
-[...1 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B233" t="s">
         <v>1281</v>
       </c>
-      <c r="B233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D233" t="s">
         <v>465</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>45</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2004</v>
       </c>
       <c r="I233">
         <v>2012</v>
       </c>
       <c r="J233" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K233" t="s">
         <v>37</v>
       </c>
       <c r="L233" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="M233" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="N233" t="s">
         <v>96</v>
       </c>
       <c r="O233" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P233" t="s">
         <v>1284</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B234" t="s">
         <v>1286</v>
       </c>
-      <c r="B234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D234" t="s">
         <v>367</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>45</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2004</v>
       </c>
       <c r="I234">
         <v>2012</v>
       </c>
       <c r="J234" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K234" t="s">
         <v>37</v>
       </c>
       <c r="L234" t="s">
+        <v>1287</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
         <v>1288</v>
       </c>
-      <c r="M234" t="s">
-[...5 lines deleted...]
-      <c r="O234" t="s">
+      <c r="P234" t="s">
         <v>1289</v>
-      </c>
-[...1 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B235" t="s">
         <v>1291</v>
       </c>
-      <c r="B235" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C235" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D235" t="s">
         <v>367</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
         <v>45</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2004</v>
       </c>
       <c r="I235">
         <v>2012</v>
       </c>
       <c r="J235" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K235" t="s">
         <v>37</v>
       </c>
       <c r="L235" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="M235" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
+        <v>1292</v>
+      </c>
+      <c r="P235" t="s">
         <v>1293</v>
-      </c>
-[...1 lines deleted...]
-        <v>1294</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B236" t="s">
         <v>1295</v>
       </c>
-      <c r="B236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C236" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D236" t="s">
         <v>101</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
         <v>45</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2004</v>
       </c>
       <c r="I236">
         <v>2012</v>
       </c>
       <c r="J236" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K236" t="s">
         <v>37</v>
       </c>
       <c r="L236" t="s">
+        <v>1296</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
         <v>1297</v>
       </c>
-      <c r="M236" t="s">
-[...5 lines deleted...]
-      <c r="O236" t="s">
+      <c r="P236" t="s">
         <v>1298</v>
-      </c>
-[...1 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B237" t="s">
         <v>1300</v>
       </c>
-      <c r="B237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D237" t="s">
         <v>373</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>45</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2004</v>
       </c>
       <c r="I237">
         <v>2012</v>
       </c>
       <c r="J237" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K237" t="s">
         <v>37</v>
       </c>
       <c r="L237" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="M237" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
+        <v>1301</v>
+      </c>
+      <c r="P237" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B238" t="s">
         <v>1304</v>
       </c>
-      <c r="B238" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D238" t="s">
         <v>373</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>45</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2005</v>
       </c>
       <c r="I238">
         <v>2012</v>
       </c>
       <c r="J238" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K238" t="s">
         <v>37</v>
       </c>
       <c r="L238" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
         <v>1306</v>
       </c>
-      <c r="M238" t="s">
-[...5 lines deleted...]
-      <c r="O238" t="s">
+      <c r="P238" t="s">
         <v>1307</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B239" t="s">
         <v>1309</v>
       </c>
-      <c r="B239" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C239" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D239" t="s">
         <v>367</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>45</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2005</v>
       </c>
       <c r="I239">
         <v>2012</v>
       </c>
       <c r="J239" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K239" t="s">
         <v>37</v>
       </c>
       <c r="L239" t="s">
+        <v>1310</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
         <v>1311</v>
       </c>
-      <c r="M239" t="s">
-[...5 lines deleted...]
-      <c r="O239" t="s">
+      <c r="P239" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B240" t="s">
         <v>1314</v>
       </c>
-      <c r="B240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D240" t="s">
         <v>373</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>45</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2007</v>
       </c>
       <c r="I240">
         <v>2012</v>
       </c>
       <c r="J240" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K240" t="s">
         <v>37</v>
       </c>
       <c r="L240" t="s">
+        <v>1315</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
         <v>1316</v>
       </c>
-      <c r="M240" t="s">
-[...5 lines deleted...]
-      <c r="O240" t="s">
+      <c r="P240" t="s">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B241" t="s">
         <v>1319</v>
       </c>
-      <c r="B241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D241" t="s">
         <v>266</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>45</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
         <v>2007</v>
       </c>
       <c r="I241">
         <v>2012</v>
       </c>
       <c r="J241" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K241" t="s">
         <v>37</v>
       </c>
       <c r="L241" t="s">
+        <v>1320</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
         <v>1321</v>
       </c>
-      <c r="M241" t="s">
-[...5 lines deleted...]
-      <c r="O241" t="s">
+      <c r="P241" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B242" t="s">
         <v>1324</v>
       </c>
-      <c r="B242" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D242" t="s">
         <v>476</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
         <v>45</v>
       </c>
       <c r="G242" t="s">
         <v>22</v>
       </c>
       <c r="H242">
         <v>2013</v>
       </c>
       <c r="I242">
         <v>2014</v>
       </c>
       <c r="J242" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="K242" t="s">
         <v>37</v>
       </c>
       <c r="L242" t="s">
+        <v>1325</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1241</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
         <v>1326</v>
       </c>
-      <c r="M242" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P242" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B243" t="s">
         <v>1328</v>
       </c>
-      <c r="B243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D243" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
         <v>45</v>
       </c>
       <c r="G243" t="s">
         <v>22</v>
       </c>
       <c r="H243">
         <v>2008</v>
       </c>
       <c r="I243">
         <v>2012</v>
       </c>
       <c r="J243" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K243" t="s">
         <v>37</v>
       </c>
       <c r="L243" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="M243" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="N243" t="s">
         <v>96</v>
       </c>
       <c r="O243" t="s">
+        <v>1330</v>
+      </c>
+      <c r="P243" t="s">
         <v>1331</v>
-      </c>
-[...1 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B244" t="s">
         <v>1333</v>
       </c>
-      <c r="B244" t="s">
+      <c r="C244" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D244" t="s">
         <v>1334</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>45</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244">
         <v>2008</v>
       </c>
       <c r="I244">
         <v>2012</v>
       </c>
       <c r="J244" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K244" t="s">
         <v>37</v>
       </c>
       <c r="L244" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="M244" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="N244" t="s">
         <v>96</v>
       </c>
       <c r="O244" t="s">
+        <v>1336</v>
+      </c>
+      <c r="P244" t="s">
         <v>1337</v>
-      </c>
-[...1 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B245" t="s">
         <v>1339</v>
       </c>
-      <c r="B245" t="s">
+      <c r="C245" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D245" t="s">
         <v>1340</v>
-      </c>
-[...4 lines deleted...]
-        <v>1341</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>45</v>
       </c>
       <c r="G245" t="s">
         <v>22</v>
       </c>
       <c r="H245">
         <v>2008</v>
       </c>
       <c r="I245">
         <v>2009</v>
       </c>
       <c r="J245" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K245" t="s">
         <v>37</v>
       </c>
       <c r="L245" t="s">
+        <v>1341</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
         <v>1342</v>
       </c>
-      <c r="M245" t="s">
-[...5 lines deleted...]
-      <c r="O245" t="s">
+      <c r="P245" t="s">
         <v>1343</v>
-      </c>
-[...1 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B246" t="s">
         <v>1345</v>
       </c>
-      <c r="B246" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D246" t="s">
         <v>340</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>45</v>
       </c>
       <c r="G246" t="s">
         <v>22</v>
       </c>
       <c r="H246">
         <v>1994</v>
       </c>
       <c r="I246">
         <v>2012</v>
       </c>
       <c r="J246" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="K246" t="s">
         <v>37</v>
       </c>
       <c r="L246" t="s">
+        <v>1346</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1241</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
         <v>1347</v>
       </c>
-      <c r="M246" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P246" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B247" t="s">
         <v>1349</v>
       </c>
-      <c r="B247" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D247" t="s">
         <v>356</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>45</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247">
         <v>2008</v>
       </c>
       <c r="I247">
         <v>2012</v>
       </c>
       <c r="J247" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="K247" t="s">
         <v>37</v>
       </c>
       <c r="L247" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1241</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
         <v>1351</v>
       </c>
-      <c r="M247" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P247" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B248" t="s">
         <v>1353</v>
       </c>
-      <c r="B248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D248" t="s">
         <v>340</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>45</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2009</v>
       </c>
       <c r="I248">
         <v>2012</v>
       </c>
       <c r="J248" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K248" t="s">
         <v>37</v>
       </c>
       <c r="L248" t="s">
+        <v>1354</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
         <v>1355</v>
       </c>
-      <c r="M248" t="s">
-[...5 lines deleted...]
-      <c r="O248" t="s">
+      <c r="P248" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B249" t="s">
         <v>1358</v>
       </c>
-      <c r="B249" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D249" t="s">
         <v>465</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>45</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2009</v>
       </c>
       <c r="I249">
         <v>2012</v>
       </c>
       <c r="J249" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K249" t="s">
         <v>37</v>
       </c>
       <c r="L249" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
         <v>1360</v>
       </c>
-      <c r="M249" t="s">
-[...5 lines deleted...]
-      <c r="O249" t="s">
+      <c r="P249" t="s">
         <v>1361</v>
-      </c>
-[...1 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B250" t="s">
         <v>1363</v>
       </c>
-      <c r="B250" t="s">
+      <c r="C250" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D250" t="s">
         <v>1364</v>
-      </c>
-[...4 lines deleted...]
-        <v>1365</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
         <v>45</v>
       </c>
       <c r="G250" t="s">
         <v>75</v>
       </c>
       <c r="H250">
         <v>2011</v>
       </c>
       <c r="I250"/>
       <c r="J250" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K250" t="s">
         <v>37</v>
       </c>
       <c r="L250" t="s">
+        <v>1365</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
         <v>1366</v>
       </c>
-      <c r="M250" t="s">
-[...5 lines deleted...]
-      <c r="O250" t="s">
+      <c r="P250" t="s">
         <v>1367</v>
-      </c>
-[...1 lines deleted...]
-        <v>1368</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B251" t="s">
         <v>1369</v>
       </c>
-      <c r="B251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D251" t="s">
         <v>388</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
         <v>45</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2010</v>
       </c>
       <c r="I251">
         <v>2012</v>
       </c>
       <c r="J251" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K251" t="s">
         <v>37</v>
       </c>
       <c r="L251" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
         <v>1371</v>
       </c>
-      <c r="M251" t="s">
-[...5 lines deleted...]
-      <c r="O251" t="s">
+      <c r="P251" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B252" t="s">
         <v>1374</v>
       </c>
-      <c r="B252" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D252" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>45</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>2010</v>
       </c>
       <c r="I252">
         <v>2012</v>
       </c>
       <c r="J252" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K252" t="s">
         <v>37</v>
       </c>
       <c r="L252" t="s">
+        <v>1375</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
         <v>1376</v>
       </c>
-      <c r="M252" t="s">
-[...5 lines deleted...]
-      <c r="O252" t="s">
+      <c r="P252" t="s">
         <v>1377</v>
-      </c>
-[...1 lines deleted...]
-        <v>1378</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B253" t="s">
         <v>1379</v>
       </c>
-      <c r="B253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D253" t="s">
         <v>465</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>45</v>
       </c>
       <c r="G253" t="s">
         <v>75</v>
       </c>
       <c r="H253">
         <v>2015</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="K253" t="s">
         <v>37</v>
       </c>
       <c r="L253" t="s">
+        <v>1380</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1241</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
         <v>1381</v>
-      </c>
-[...7 lines deleted...]
-        <v>1382</v>
       </c>
       <c r="P253"/>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B254" t="s">
         <v>1383</v>
       </c>
-      <c r="B254" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D254" t="s">
         <v>282</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>45</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>2011</v>
       </c>
       <c r="I254">
         <v>2022</v>
       </c>
       <c r="J254" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="K254" t="s">
+        <v>1384</v>
+      </c>
+      <c r="L254" t="s">
         <v>1385</v>
       </c>
-      <c r="L254" t="s">
+      <c r="M254" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N254" t="s">
+        <v>1061</v>
+      </c>
+      <c r="O254" t="s">
         <v>1386</v>
       </c>
-      <c r="M254" t="s">
-[...5 lines deleted...]
-      <c r="O254" t="s">
+      <c r="P254" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B255" t="s">
         <v>1389</v>
       </c>
-      <c r="B255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D255" t="s">
         <v>476</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>45</v>
       </c>
       <c r="G255" t="s">
         <v>75</v>
       </c>
       <c r="H255">
         <v>2013</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="K255" t="s">
         <v>37</v>
       </c>
       <c r="L255" t="s">
+        <v>1390</v>
+      </c>
+      <c r="M255" t="s">
+        <v>1241</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
         <v>1391</v>
-      </c>
-[...7 lines deleted...]
-        <v>1392</v>
       </c>
       <c r="P255"/>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B256" t="s">
         <v>1393</v>
       </c>
-      <c r="B256" t="s">
+      <c r="C256" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
       <c r="D256" t="s">
         <v>131</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
         <v>75</v>
       </c>
       <c r="H256">
         <v>2015</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
         <v>64</v>
       </c>
       <c r="K256" t="s">
         <v>37</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
+        <v>1395</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
         <v>1396</v>
       </c>
-      <c r="N256" t="s">
-[...2 lines deleted...]
-      <c r="O256" t="s">
+      <c r="P256" t="s">
         <v>1397</v>
-      </c>
-[...1 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B257" t="s">
         <v>1399</v>
-      </c>
-[...1 lines deleted...]
-        <v>1400</v>
       </c>
       <c r="C257" t="s">
         <v>18</v>
       </c>
       <c r="D257" t="s">
-        <v>1401</v>
+        <v>1400</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>45</v>
       </c>
       <c r="G257" t="s">
         <v>75</v>
       </c>
       <c r="H257">
         <v>2013</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
         <v>55</v>
       </c>
       <c r="K257" t="s">
         <v>37</v>
       </c>
       <c r="L257" t="s">
+        <v>1401</v>
+      </c>
+      <c r="M257" t="s">
         <v>1402</v>
       </c>
-      <c r="M257" t="s">
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
         <v>1403</v>
       </c>
-      <c r="N257" t="s">
-[...2 lines deleted...]
-      <c r="O257" t="s">
+      <c r="P257" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B258" t="s">
         <v>1406</v>
       </c>
-      <c r="B258" t="s">
+      <c r="C258" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="D258" t="s">
         <v>792</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>2008</v>
       </c>
       <c r="I258">
         <v>2011</v>
       </c>
       <c r="J258" t="s">
         <v>64</v>
       </c>
       <c r="K258" t="s">
         <v>37</v>
       </c>
       <c r="L258" t="s">
+        <v>1408</v>
+      </c>
+      <c r="M258" t="s">
         <v>1409</v>
       </c>
-      <c r="M258" t="s">
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
         <v>1410</v>
       </c>
-      <c r="N258" t="s">
-[...2 lines deleted...]
-      <c r="O258" t="s">
+      <c r="P258" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B259" t="s">
         <v>1413</v>
       </c>
-      <c r="B259" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="D259" t="s">
         <v>175</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2007</v>
       </c>
       <c r="I259">
         <v>2011</v>
       </c>
       <c r="J259" t="s">
         <v>64</v>
       </c>
       <c r="K259" t="s">
         <v>37</v>
       </c>
       <c r="L259" t="s">
+        <v>1414</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1409</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
         <v>1415</v>
       </c>
-      <c r="M259" t="s">
-[...5 lines deleted...]
-      <c r="O259" t="s">
+      <c r="P259" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B260" t="s">
         <v>1418</v>
       </c>
-      <c r="B260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="D260" t="s">
         <v>465</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260" t="s">
         <v>75</v>
       </c>
       <c r="H260">
         <v>2007</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>64</v>
       </c>
       <c r="K260" t="s">
         <v>37</v>
       </c>
       <c r="L260" t="s">
+        <v>1419</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1409</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
         <v>1420</v>
       </c>
-      <c r="M260" t="s">
-[...5 lines deleted...]
-      <c r="O260" t="s">
+      <c r="P260" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B261" t="s">
         <v>1423</v>
       </c>
-      <c r="B261" t="s">
+      <c r="C261" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D261" t="s">
         <v>1424</v>
-      </c>
-[...4 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261" t="s">
         <v>75</v>
       </c>
       <c r="H261">
         <v>2009</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
         <v>64</v>
       </c>
       <c r="K261" t="s">
         <v>37</v>
       </c>
       <c r="L261" t="s">
+        <v>1425</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1409</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
         <v>1426</v>
       </c>
-      <c r="M261" t="s">
-[...5 lines deleted...]
-      <c r="O261" t="s">
+      <c r="P261" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B262" t="s">
         <v>1429</v>
-      </c>
-[...1 lines deleted...]
-        <v>1430</v>
       </c>
       <c r="C262" t="s">
         <v>53</v>
       </c>
       <c r="D262" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>45</v>
       </c>
       <c r="G262" t="s">
         <v>75</v>
       </c>
       <c r="H262">
         <v>2017</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="K262" t="s">
         <v>581</v>
       </c>
       <c r="L262"/>
       <c r="M262" t="s">
         <v>58</v>
       </c>
       <c r="N262" t="s">
         <v>583</v>
       </c>
       <c r="O262" t="s">
+        <v>1432</v>
+      </c>
+      <c r="P262" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B263" t="s">
         <v>1435</v>
-      </c>
-[...1 lines deleted...]
-        <v>1436</v>
       </c>
       <c r="C263" t="s">
         <v>18</v>
       </c>
       <c r="D263" t="s">
         <v>611</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G263" t="s">
         <v>75</v>
       </c>
       <c r="H263">
         <v>2007</v>
       </c>
       <c r="I263"/>
       <c r="J263" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="K263" t="s">
         <v>581</v>
       </c>
       <c r="L263" t="s">
+        <v>1438</v>
+      </c>
+      <c r="M263" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="N263" t="s">
         <v>583</v>
       </c>
       <c r="O263" t="s">
+        <v>1440</v>
+      </c>
+      <c r="P263" t="s">
         <v>1441</v>
-      </c>
-[...1 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B264" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
       <c r="C264" t="s">
         <v>18</v>
       </c>
       <c r="D264" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G264" t="s">
         <v>75</v>
       </c>
       <c r="H264">
         <v>2009</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="K264" t="s">
         <v>581</v>
       </c>
       <c r="L264" t="s">
-        <v>1446</v>
+        <v>1445</v>
       </c>
       <c r="M264" t="s">
-        <v>1440</v>
+        <v>1439</v>
       </c>
       <c r="N264" t="s">
         <v>583</v>
       </c>
       <c r="O264" t="s">
+        <v>1446</v>
+      </c>
+      <c r="P264" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B265" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="C265" t="s">
         <v>18</v>
       </c>
       <c r="D265" t="s">
         <v>588</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2018</v>
       </c>
       <c r="I265">
         <v>2018</v>
       </c>
       <c r="J265" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="K265" t="s">
         <v>581</v>
       </c>
       <c r="L265" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="M265" t="s">
-        <v>1440</v>
+        <v>1439</v>
       </c>
       <c r="N265" t="s">
         <v>583</v>
       </c>
       <c r="O265" t="s">
+        <v>1451</v>
+      </c>
+      <c r="P265" t="s">
         <v>1452</v>
-      </c>
-[...1 lines deleted...]
-        <v>1453</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B266" t="s">
         <v>1454</v>
-      </c>
-[...1 lines deleted...]
-        <v>1455</v>
       </c>
       <c r="C266" t="s">
         <v>18</v>
       </c>
       <c r="D266" t="s">
         <v>594</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G266" t="s">
         <v>75</v>
       </c>
       <c r="H266">
         <v>2014</v>
       </c>
       <c r="I266"/>
       <c r="J266" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="K266" t="s">
         <v>581</v>
       </c>
       <c r="L266" t="s">
-        <v>1456</v>
+        <v>1455</v>
       </c>
       <c r="M266" t="s">
-        <v>1440</v>
+        <v>1439</v>
       </c>
       <c r="N266" t="s">
         <v>583</v>
       </c>
       <c r="O266" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P266" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">