--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -12,51 +12,307 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>NOM-014-ENER-2004</t>
+  </si>
+  <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
+    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>NOM-004-ENER-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
+    <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
+    <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +614,569 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2005</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>1994</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2007</v>
+      </c>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>