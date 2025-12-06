--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,280 +12,338 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
@@ -306,89 +364,93 @@
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/country/honduras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -652,915 +714,1042 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="84" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G3"/>
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
       <c r="H3"/>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E4" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>37</v>
       </c>
-    </row>
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5"/>
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
       <c r="H5"/>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6"/>
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
       <c r="H6"/>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>50</v>
       </c>
-      <c r="B7" t="s">
-[...52 lines deleted...]
-      <c r="G8"/>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
       <c r="H8"/>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9"/>
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
       <c r="H9"/>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>81</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
         <v>65</v>
       </c>
-      <c r="F10" t="s">
-[...11 lines deleted...]
-      <c r="L10" t="s">
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>76</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>66</v>
       </c>
-      <c r="M10" t="s">
-[...45 lines deleted...]
-      <c r="A12" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>76</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
         <v>72</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>81</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>75</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>75</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>76</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>99</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>66</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>75</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>76</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>101</v>
+      </c>
+      <c r="P16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
         <v>73</v>
       </c>
-      <c r="C12" t="s">
-[...26 lines deleted...]
-      <c r="N12" t="s">
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>76</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>102</v>
+      </c>
+      <c r="P17" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C18" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
-[...19 lines deleted...]
-      <c r="K13" t="s">
+      <c r="D18" t="s">
+        <v>99</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>66</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>75</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
         <v>76</v>
       </c>
-      <c r="L13" t="s">
-[...10 lines deleted...]
-      <c r="A14" t="s">
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>103</v>
+      </c>
+      <c r="P18" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
         <v>72</v>
-      </c>
-[...191 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C19" t="s">
         <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>99</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G19"/>
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
       <c r="H19"/>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="N19" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>105</v>
+      </c>
+      <c r="P19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="D20" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G20"/>
+        <v>50</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
       <c r="H20"/>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K20" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>111</v>
       </c>
       <c r="N20" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>112</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="C21" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21"/>
+        <v>50</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
       <c r="H21"/>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="N21" t="s">
-        <v>97</v>
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>116</v>
+      </c>
+      <c r="P21" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>