--- v0 (2025-10-12)
+++ v1 (2026-02-20)
@@ -12,320 +12,207 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...5 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2020</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>10 CFR 431 and product-specific Subparts</t>
-[...2 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...20 lines deleted...]
-    <t>INTE E13-2 2018</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
-[...115 lines deleted...]
-  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,663 +476,252 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="458.745" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>1996</v>
       </c>
       <c r="H3">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>31</v>
-[...51 lines deleted...]
-      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
         <v>37</v>
       </c>
-      <c r="D5" t="s">
-[...14 lines deleted...]
-      <c r="I5" t="s">
+      <c r="P3" t="s">
         <v>38</v>
-      </c>
-[...353 lines deleted...]
-        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>