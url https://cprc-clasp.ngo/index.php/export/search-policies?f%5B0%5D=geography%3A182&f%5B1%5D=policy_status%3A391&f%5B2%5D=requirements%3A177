--- v0 (2025-10-10)
+++ v1 (2026-02-04)
@@ -12,1066 +12,1578 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="493">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1335,3815 +1847,4334 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N86"/>
+  <dimension ref="A1:P86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="235" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2022</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1984</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>63</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>62</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>63</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>63</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>62</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>63</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>62</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>63</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>42</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>62</v>
+      </c>
+      <c r="K16" t="s">
+        <v>123</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>63</v>
+      </c>
+      <c r="N16" t="s">
+        <v>125</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>42</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>62</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>63</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2022</v>
+      </c>
+      <c r="J18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K18" t="s">
+        <v>135</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>63</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...78 lines deleted...]
-      <c r="H4">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2001</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>143</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>144</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>141</v>
+      </c>
+      <c r="D21" t="s">
+        <v>104</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2001</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>143</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>144</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" t="s">
+        <v>104</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>144</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>141</v>
+      </c>
+      <c r="D23" t="s">
+        <v>61</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>143</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>161</v>
+      </c>
+      <c r="M23" t="s">
+        <v>144</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>141</v>
+      </c>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>42</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>143</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>144</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" t="s">
+        <v>170</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>143</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>144</v>
+      </c>
+      <c r="N25" t="s">
+        <v>36</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>141</v>
+      </c>
+      <c r="D26" t="s">
+        <v>170</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>143</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>144</v>
+      </c>
+      <c r="N26" t="s">
+        <v>36</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...25 lines deleted...]
-      <c r="C5" t="s">
+      <c r="J27" t="s">
+        <v>179</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>180</v>
+      </c>
+      <c r="M27" t="s">
+        <v>144</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>181</v>
+      </c>
+      <c r="P27" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>183</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>141</v>
+      </c>
+      <c r="D28" t="s">
+        <v>74</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>179</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>180</v>
+      </c>
+      <c r="M28" t="s">
+        <v>144</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>185</v>
+      </c>
+      <c r="P28" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" t="s">
+        <v>188</v>
+      </c>
+      <c r="C29" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1996</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>143</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>144</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>141</v>
+      </c>
+      <c r="D30" t="s">
+        <v>189</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>42</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1996</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>143</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>144</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>141</v>
+      </c>
+      <c r="D31" t="s">
+        <v>199</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2016</v>
       </c>
-      <c r="H5">
-[...127 lines deleted...]
-      <c r="H8">
+      <c r="I31">
         <v>2020</v>
       </c>
-      <c r="I8" t="s">
-[...14 lines deleted...]
-      <c r="N8" t="s">
+      <c r="J31" t="s">
+        <v>179</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>144</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>197</v>
+      </c>
+      <c r="B32" t="s">
+        <v>202</v>
+      </c>
+      <c r="C32" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" t="s">
+        <v>199</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>179</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>144</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>141</v>
+      </c>
+      <c r="D33" t="s">
         <v>61</v>
       </c>
-    </row>
-[...627 lines deleted...]
-      <c r="G23">
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>179</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>144</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>207</v>
+      </c>
+      <c r="P33" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>205</v>
+      </c>
+      <c r="B34" t="s">
+        <v>209</v>
+      </c>
+      <c r="C34" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" t="s">
+        <v>61</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>179</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>144</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>210</v>
+      </c>
+      <c r="P34" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>212</v>
+      </c>
+      <c r="B35" t="s">
+        <v>213</v>
+      </c>
+      <c r="C35" t="s">
+        <v>141</v>
+      </c>
+      <c r="D35" t="s">
+        <v>214</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2000</v>
       </c>
-      <c r="H23">
-[...40 lines deleted...]
-      <c r="G24">
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>143</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>144</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>215</v>
+      </c>
+      <c r="P35" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>217</v>
+      </c>
+      <c r="B36" t="s">
+        <v>218</v>
+      </c>
+      <c r="C36" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" t="s">
+        <v>214</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2000</v>
       </c>
-      <c r="H24">
-[...38 lines deleted...]
-      <c r="G25">
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>179</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>144</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>221</v>
+      </c>
+      <c r="B37" t="s">
+        <v>222</v>
+      </c>
+      <c r="C37" t="s">
+        <v>141</v>
+      </c>
+      <c r="D37" t="s">
+        <v>214</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>179</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>144</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>223</v>
+      </c>
+      <c r="P37" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>225</v>
+      </c>
+      <c r="B38" t="s">
+        <v>226</v>
+      </c>
+      <c r="C38" t="s">
+        <v>227</v>
+      </c>
+      <c r="D38" t="s">
+        <v>228</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>42</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>1996</v>
       </c>
-      <c r="H25">
+      <c r="I38">
         <v>2017</v>
       </c>
-      <c r="I25" t="s">
-[...35 lines deleted...]
-      <c r="G26">
+      <c r="J38" t="s">
+        <v>229</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>230</v>
+      </c>
+      <c r="M38" t="s">
+        <v>231</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>232</v>
+      </c>
+      <c r="P38" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>234</v>
+      </c>
+      <c r="B39" t="s">
+        <v>235</v>
+      </c>
+      <c r="C39" t="s">
+        <v>227</v>
+      </c>
+      <c r="D39" t="s">
+        <v>236</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>1996</v>
       </c>
-      <c r="H26">
-[...129 lines deleted...]
-      <c r="H29">
+      <c r="I39">
         <v>2017</v>
       </c>
-      <c r="I29" t="s">
-[...425 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="N39" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>237</v>
+      </c>
+      <c r="P39" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>161</v>
+        <v>238</v>
       </c>
       <c r="B40" t="s">
-        <v>162</v>
+        <v>239</v>
       </c>
       <c r="C40" t="s">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E40" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
-      <c r="I40" t="s">
-        <v>163</v>
+      <c r="I40">
+        <v>2010</v>
       </c>
       <c r="J40" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
+        <v>242</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>243</v>
+      </c>
+      <c r="P40" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>245</v>
+      </c>
+      <c r="B41" t="s">
+        <v>246</v>
+      </c>
+      <c r="C41" t="s">
+        <v>60</v>
+      </c>
+      <c r="D41" t="s">
+        <v>74</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41">
+        <v>2022</v>
+      </c>
+      <c r="J41" t="s">
+        <v>62</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>247</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>248</v>
+      </c>
+      <c r="P41" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>250</v>
+      </c>
+      <c r="B42" t="s">
+        <v>251</v>
+      </c>
+      <c r="C42" t="s">
+        <v>60</v>
+      </c>
+      <c r="D42" t="s">
+        <v>61</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2006</v>
+      </c>
+      <c r="I42">
+        <v>2010</v>
+      </c>
+      <c r="J42" t="s">
+        <v>62</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>247</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>252</v>
+      </c>
+      <c r="P42" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>254</v>
+      </c>
+      <c r="B43" t="s">
+        <v>255</v>
+      </c>
+      <c r="C43" t="s">
+        <v>60</v>
+      </c>
+      <c r="D43" t="s">
+        <v>61</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2006</v>
+      </c>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>62</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>247</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>256</v>
+      </c>
+      <c r="P43" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>258</v>
+      </c>
+      <c r="B44" t="s">
+        <v>259</v>
+      </c>
+      <c r="C44" t="s">
+        <v>60</v>
+      </c>
+      <c r="D44" t="s">
+        <v>260</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2011</v>
+      </c>
+      <c r="J44" t="s">
+        <v>62</v>
+      </c>
+      <c r="K44" t="s">
+        <v>135</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>247</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>261</v>
+      </c>
+      <c r="P44" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>263</v>
+      </c>
+      <c r="B45" t="s">
+        <v>264</v>
+      </c>
+      <c r="C45" t="s">
+        <v>60</v>
+      </c>
+      <c r="D45" t="s">
+        <v>80</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2007</v>
+      </c>
+      <c r="I45">
+        <v>2011</v>
+      </c>
+      <c r="J45" t="s">
+        <v>62</v>
+      </c>
+      <c r="K45" t="s">
+        <v>135</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>247</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>265</v>
+      </c>
+      <c r="P45" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>267</v>
+      </c>
+      <c r="B46" t="s">
+        <v>268</v>
+      </c>
+      <c r="C46" t="s">
+        <v>60</v>
+      </c>
+      <c r="D46" t="s">
+        <v>104</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2018</v>
+      </c>
+      <c r="J46" t="s">
+        <v>62</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>247</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>269</v>
+      </c>
+      <c r="P46" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>271</v>
+      </c>
+      <c r="B47" t="s">
+        <v>272</v>
+      </c>
+      <c r="C47" t="s">
+        <v>60</v>
+      </c>
+      <c r="D47" t="s">
+        <v>170</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>62</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>273</v>
+      </c>
+      <c r="M47" t="s">
+        <v>247</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>274</v>
+      </c>
+      <c r="P47" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>276</v>
+      </c>
+      <c r="B48" t="s">
+        <v>277</v>
+      </c>
+      <c r="C48" t="s">
+        <v>60</v>
+      </c>
+      <c r="D48" t="s">
+        <v>278</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2008</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>62</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>279</v>
+      </c>
+      <c r="M48" t="s">
+        <v>247</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>280</v>
+      </c>
+      <c r="P48" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>282</v>
+      </c>
+      <c r="B49" t="s">
+        <v>283</v>
+      </c>
+      <c r="C49" t="s">
+        <v>284</v>
+      </c>
+      <c r="D49" t="s">
+        <v>98</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2014</v>
+      </c>
+      <c r="I49">
+        <v>2025</v>
+      </c>
+      <c r="J49" t="s">
+        <v>285</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>286</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>287</v>
+      </c>
+      <c r="P49" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>289</v>
+      </c>
+      <c r="B50" t="s">
+        <v>290</v>
+      </c>
+      <c r="C50" t="s">
+        <v>284</v>
+      </c>
+      <c r="D50" t="s">
+        <v>68</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>52</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50">
+        <v>2016</v>
+      </c>
+      <c r="J50" t="s">
+        <v>291</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>292</v>
+      </c>
+      <c r="M50" t="s">
+        <v>286</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>293</v>
+      </c>
+      <c r="P50" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>295</v>
+      </c>
+      <c r="B51" t="s">
+        <v>296</v>
+      </c>
+      <c r="C51" t="s">
+        <v>284</v>
+      </c>
+      <c r="D51" t="s">
+        <v>297</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2004</v>
+      </c>
+      <c r="I51">
+        <v>2015</v>
+      </c>
+      <c r="J51" t="s">
+        <v>285</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>298</v>
+      </c>
+      <c r="M51" t="s">
+        <v>286</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>299</v>
+      </c>
+      <c r="P51" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>301</v>
+      </c>
+      <c r="B52" t="s">
+        <v>302</v>
+      </c>
+      <c r="C52" t="s">
+        <v>284</v>
+      </c>
+      <c r="D52" t="s">
+        <v>98</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1996</v>
+      </c>
+      <c r="I52">
+        <v>2005</v>
+      </c>
+      <c r="J52" t="s">
+        <v>33</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>301</v>
+      </c>
+      <c r="M52" t="s">
+        <v>286</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>303</v>
+      </c>
+      <c r="P52" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>305</v>
+      </c>
+      <c r="B53" t="s">
+        <v>306</v>
+      </c>
+      <c r="C53" t="s">
+        <v>284</v>
+      </c>
+      <c r="D53" t="s">
+        <v>307</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>52</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2006</v>
+      </c>
+      <c r="I53">
+        <v>2025</v>
+      </c>
+      <c r="J53" t="s">
+        <v>285</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>308</v>
+      </c>
+      <c r="M53" t="s">
+        <v>286</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>309</v>
+      </c>
+      <c r="P53" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>311</v>
+      </c>
+      <c r="B54" t="s">
+        <v>312</v>
+      </c>
+      <c r="C54" t="s">
+        <v>284</v>
+      </c>
+      <c r="D54" t="s">
+        <v>313</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>314</v>
+      </c>
+      <c r="H54">
+        <v>1997</v>
+      </c>
+      <c r="I54">
+        <v>2005</v>
+      </c>
+      <c r="J54" t="s">
+        <v>291</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>286</v>
+      </c>
+      <c r="N54" t="s">
+        <v>36</v>
+      </c>
+      <c r="O54" t="s">
+        <v>315</v>
+      </c>
+      <c r="P54" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>317</v>
+      </c>
+      <c r="B55" t="s">
+        <v>318</v>
+      </c>
+      <c r="C55" t="s">
+        <v>284</v>
+      </c>
+      <c r="D55" t="s">
+        <v>313</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2004</v>
+      </c>
+      <c r="I55">
+        <v>2025</v>
+      </c>
+      <c r="J55" t="s">
+        <v>285</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>319</v>
+      </c>
+      <c r="M55" t="s">
+        <v>286</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>320</v>
+      </c>
+      <c r="P55" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>322</v>
+      </c>
+      <c r="B56" t="s">
+        <v>323</v>
+      </c>
+      <c r="C56" t="s">
+        <v>284</v>
+      </c>
+      <c r="D56" t="s">
+        <v>170</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>8</v>
+      </c>
+      <c r="H56">
+        <v>2016</v>
+      </c>
+      <c r="I56">
+        <v>2025</v>
+      </c>
+      <c r="J56" t="s">
+        <v>285</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>324</v>
+      </c>
+      <c r="M56" t="s">
+        <v>286</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>325</v>
+      </c>
+      <c r="P56" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" t="s">
+        <v>328</v>
+      </c>
+      <c r="C57" t="s">
+        <v>284</v>
+      </c>
+      <c r="D57" t="s">
+        <v>61</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>291</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>327</v>
+      </c>
+      <c r="M57" t="s">
+        <v>286</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>329</v>
+      </c>
+      <c r="P57" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>331</v>
+      </c>
+      <c r="B58" t="s">
+        <v>332</v>
+      </c>
+      <c r="C58" t="s">
+        <v>284</v>
+      </c>
+      <c r="D58" t="s">
+        <v>74</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1995</v>
+      </c>
+      <c r="I58">
+        <v>2017</v>
+      </c>
+      <c r="J58" t="s">
+        <v>291</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>331</v>
+      </c>
+      <c r="M58" t="s">
+        <v>286</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>333</v>
+      </c>
+      <c r="P58" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>335</v>
+      </c>
+      <c r="B59" t="s">
+        <v>336</v>
+      </c>
+      <c r="C59" t="s">
+        <v>284</v>
+      </c>
+      <c r="D59" t="s">
+        <v>74</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1995</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
+      </c>
+      <c r="J59" t="s">
+        <v>291</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>286</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>337</v>
+      </c>
+      <c r="P59" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>339</v>
+      </c>
+      <c r="B60" t="s">
+        <v>340</v>
+      </c>
+      <c r="C60" t="s">
+        <v>284</v>
+      </c>
+      <c r="D60" t="s">
+        <v>341</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2018</v>
+      </c>
+      <c r="J60" t="s">
+        <v>291</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>339</v>
+      </c>
+      <c r="M60" t="s">
+        <v>286</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>342</v>
+      </c>
+      <c r="P60" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>344</v>
+      </c>
+      <c r="B61" t="s">
+        <v>345</v>
+      </c>
+      <c r="C61" t="s">
+        <v>284</v>
+      </c>
+      <c r="D61" t="s">
+        <v>346</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2017</v>
+      </c>
+      <c r="J61" t="s">
+        <v>229</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>344</v>
+      </c>
+      <c r="M61" t="s">
+        <v>286</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>347</v>
+      </c>
+      <c r="P61" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>349</v>
+      </c>
+      <c r="B62" t="s">
+        <v>350</v>
+      </c>
+      <c r="C62" t="s">
+        <v>240</v>
+      </c>
+      <c r="D62" t="s">
+        <v>74</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>42</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2008</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>241</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>242</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>351</v>
+      </c>
+      <c r="P62" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>353</v>
+      </c>
+      <c r="B63" t="s">
+        <v>354</v>
+      </c>
+      <c r="C63" t="s">
+        <v>240</v>
+      </c>
+      <c r="D63" t="s">
+        <v>355</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>42</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>241</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>356</v>
+      </c>
+      <c r="M63" t="s">
+        <v>242</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>357</v>
+      </c>
+      <c r="P63" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>359</v>
+      </c>
+      <c r="B64" t="s">
+        <v>360</v>
+      </c>
+      <c r="C64" t="s">
+        <v>240</v>
+      </c>
+      <c r="D64" t="s">
+        <v>214</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>42</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1999</v>
+      </c>
+      <c r="I64">
+        <v>2012</v>
+      </c>
+      <c r="J64" t="s">
+        <v>241</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>361</v>
+      </c>
+      <c r="M64" t="s">
+        <v>242</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>362</v>
+      </c>
+      <c r="P64" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>364</v>
+      </c>
+      <c r="B65" t="s">
+        <v>365</v>
+      </c>
+      <c r="C65" t="s">
+        <v>240</v>
+      </c>
+      <c r="D65" t="s">
+        <v>68</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>42</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2007</v>
+      </c>
+      <c r="I65">
+        <v>2011</v>
+      </c>
+      <c r="J65" t="s">
+        <v>241</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>242</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>366</v>
+      </c>
+      <c r="P65" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>368</v>
+      </c>
+      <c r="B66" t="s">
+        <v>369</v>
+      </c>
+      <c r="C66" t="s">
+        <v>370</v>
+      </c>
+      <c r="D66" t="s">
+        <v>371</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>52</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2018</v>
+      </c>
+      <c r="I66">
+        <v>2019</v>
+      </c>
+      <c r="J66" t="s">
+        <v>372</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>373</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>374</v>
+      </c>
+      <c r="P66" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>376</v>
+      </c>
+      <c r="B67" t="s">
+        <v>377</v>
+      </c>
+      <c r="C67" t="s">
+        <v>378</v>
+      </c>
+      <c r="D67" t="s">
+        <v>104</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>42</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2005</v>
+      </c>
+      <c r="I67">
+        <v>2013</v>
+      </c>
+      <c r="J67" t="s">
+        <v>179</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>379</v>
+      </c>
+      <c r="M67" t="s">
+        <v>380</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>381</v>
+      </c>
+      <c r="P67" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>383</v>
+      </c>
+      <c r="B68" t="s">
+        <v>384</v>
+      </c>
+      <c r="C68" t="s">
+        <v>385</v>
+      </c>
+      <c r="D68" t="s">
+        <v>386</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2009</v>
+      </c>
+      <c r="I68">
+        <v>2016</v>
+      </c>
+      <c r="J68" t="s">
+        <v>33</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>387</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>388</v>
+      </c>
+      <c r="P68" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>390</v>
+      </c>
+      <c r="B69" t="s">
+        <v>391</v>
+      </c>
+      <c r="C69" t="s">
+        <v>240</v>
+      </c>
+      <c r="D69" t="s">
+        <v>104</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>52</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69">
+        <v>2015</v>
+      </c>
+      <c r="J69" t="s">
+        <v>241</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>392</v>
+      </c>
+      <c r="M69" t="s">
+        <v>242</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>393</v>
+      </c>
+      <c r="P69" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>395</v>
+      </c>
+      <c r="B70" t="s">
+        <v>396</v>
+      </c>
+      <c r="C70" t="s">
+        <v>397</v>
+      </c>
+      <c r="D70" t="s">
+        <v>61</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
+      <c r="J70" t="s">
+        <v>62</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>398</v>
+      </c>
+      <c r="M70" t="s">
+        <v>399</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>400</v>
+      </c>
+      <c r="P70" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>402</v>
+      </c>
+      <c r="B71" t="s">
+        <v>403</v>
+      </c>
+      <c r="C71" t="s">
+        <v>385</v>
+      </c>
+      <c r="D71" t="s">
+        <v>404</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71">
+        <v>2013</v>
+      </c>
+      <c r="J71" t="s">
+        <v>33</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>387</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>405</v>
+      </c>
+      <c r="P71" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>407</v>
+      </c>
+      <c r="B72" t="s">
+        <v>408</v>
+      </c>
+      <c r="C72" t="s">
+        <v>409</v>
+      </c>
+      <c r="D72" t="s">
+        <v>410</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>411</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1982</v>
+      </c>
+      <c r="I72">
+        <v>2024</v>
+      </c>
+      <c r="J72" t="s">
+        <v>412</v>
+      </c>
+      <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="N40" t="s">
-[...22 lines deleted...]
-      <c r="G41">
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>413</v>
+      </c>
+      <c r="N72" t="s">
+        <v>414</v>
+      </c>
+      <c r="O72" t="s">
+        <v>415</v>
+      </c>
+      <c r="P72" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>417</v>
+      </c>
+      <c r="B73" t="s">
+        <v>235</v>
+      </c>
+      <c r="C73" t="s">
+        <v>418</v>
+      </c>
+      <c r="D73" t="s">
+        <v>104</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>42</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73">
+        <v>2019</v>
+      </c>
+      <c r="J73" t="s">
+        <v>372</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>419</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>420</v>
+      </c>
+      <c r="P73" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>422</v>
+      </c>
+      <c r="B74" t="s">
+        <v>423</v>
+      </c>
+      <c r="C74" t="s">
+        <v>284</v>
+      </c>
+      <c r="D74" t="s">
+        <v>98</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2000</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>62</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>424</v>
+      </c>
+      <c r="M74" t="s">
+        <v>286</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>425</v>
+      </c>
+      <c r="P74" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>427</v>
+      </c>
+      <c r="B75" t="s">
+        <v>428</v>
+      </c>
+      <c r="C75" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" t="s">
+        <v>116</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>1997</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>291</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>429</v>
+      </c>
+      <c r="M75" t="s">
+        <v>286</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>430</v>
+      </c>
+      <c r="P75" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>432</v>
+      </c>
+      <c r="B76" t="s">
+        <v>433</v>
+      </c>
+      <c r="C76" t="s">
+        <v>284</v>
+      </c>
+      <c r="D76" t="s">
+        <v>98</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>52</v>
+      </c>
+      <c r="G76" t="s">
+        <v>314</v>
+      </c>
+      <c r="H76">
+        <v>1994</v>
+      </c>
+      <c r="I76">
+        <v>2014</v>
+      </c>
+      <c r="J76" t="s">
+        <v>62</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>434</v>
+      </c>
+      <c r="M76" t="s">
+        <v>286</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>435</v>
+      </c>
+      <c r="P76" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>437</v>
+      </c>
+      <c r="B77" t="s">
+        <v>438</v>
+      </c>
+      <c r="C77" t="s">
+        <v>284</v>
+      </c>
+      <c r="D77" t="s">
+        <v>439</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>52</v>
+      </c>
+      <c r="G77" t="s">
+        <v>314</v>
+      </c>
+      <c r="H77">
+        <v>2002</v>
+      </c>
+      <c r="I77">
         <v>2007</v>
       </c>
-      <c r="H41">
-[...12 lines deleted...]
-      <c r="M41" t="s">
+      <c r="J77" t="s">
+        <v>291</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>440</v>
+      </c>
+      <c r="M77" t="s">
+        <v>286</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>441</v>
+      </c>
+      <c r="P77" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>443</v>
+      </c>
+      <c r="B78" t="s">
+        <v>444</v>
+      </c>
+      <c r="C78" t="s">
+        <v>284</v>
+      </c>
+      <c r="D78" t="s">
+        <v>170</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>445</v>
+      </c>
+      <c r="H78">
+        <v>2010</v>
+      </c>
+      <c r="I78">
+        <v>2016</v>
+      </c>
+      <c r="J78" t="s">
+        <v>291</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>446</v>
+      </c>
+      <c r="M78" t="s">
+        <v>286</v>
+      </c>
+      <c r="N78" t="s">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>447</v>
+      </c>
+      <c r="P78" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>449</v>
+      </c>
+      <c r="B79" t="s">
+        <v>450</v>
+      </c>
+      <c r="C79" t="s">
+        <v>284</v>
+      </c>
+      <c r="D79" t="s">
+        <v>451</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2008</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>291</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>452</v>
+      </c>
+      <c r="M79" t="s">
+        <v>286</v>
+      </c>
+      <c r="N79" t="s">
+        <v>36</v>
+      </c>
+      <c r="O79" t="s">
+        <v>453</v>
+      </c>
+      <c r="P79" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>455</v>
+      </c>
+      <c r="B80" t="s">
+        <v>456</v>
+      </c>
+      <c r="C80" t="s">
+        <v>284</v>
+      </c>
+      <c r="D80" t="s">
+        <v>74</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>52</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1995</v>
+      </c>
+      <c r="I80">
+        <v>2008</v>
+      </c>
+      <c r="J80" t="s">
+        <v>62</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>457</v>
+      </c>
+      <c r="M80" t="s">
+        <v>286</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>458</v>
+      </c>
+      <c r="P80" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>460</v>
+      </c>
+      <c r="B81" t="s">
+        <v>461</v>
+      </c>
+      <c r="C81" t="s">
+        <v>284</v>
+      </c>
+      <c r="D81" t="s">
+        <v>462</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>52</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2008</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>291</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>463</v>
+      </c>
+      <c r="M81" t="s">
+        <v>286</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>464</v>
+      </c>
+      <c r="P81" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>466</v>
+      </c>
+      <c r="B82" t="s">
+        <v>467</v>
+      </c>
+      <c r="C82" t="s">
+        <v>284</v>
+      </c>
+      <c r="D82" t="s">
+        <v>74</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>52</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1995</v>
+      </c>
+      <c r="I82">
+        <v>2010</v>
+      </c>
+      <c r="J82" t="s">
+        <v>468</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>469</v>
+      </c>
+      <c r="M82" t="s">
+        <v>286</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>470</v>
+      </c>
+      <c r="P82" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>472</v>
+      </c>
+      <c r="B83" t="s">
+        <v>473</v>
+      </c>
+      <c r="C83" t="s">
+        <v>284</v>
+      </c>
+      <c r="D83" t="s">
+        <v>74</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>52</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1995</v>
+      </c>
+      <c r="I83">
+        <v>2016</v>
+      </c>
+      <c r="J83" t="s">
+        <v>291</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>286</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>474</v>
+      </c>
+      <c r="P83" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>476</v>
+      </c>
+      <c r="B84" t="s">
+        <v>403</v>
+      </c>
+      <c r="C84" t="s">
+        <v>385</v>
+      </c>
+      <c r="D84" t="s">
+        <v>477</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>42</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2009</v>
+      </c>
+      <c r="I84">
+        <v>2016</v>
+      </c>
+      <c r="J84" t="s">
+        <v>33</v>
+      </c>
+      <c r="K84" t="s">
         <v>24</v>
       </c>
-      <c r="N41" t="s">
-[...109 lines deleted...]
-      <c r="H44">
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>387</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>478</v>
+      </c>
+      <c r="P84" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>480</v>
+      </c>
+      <c r="B85" t="s">
+        <v>481</v>
+      </c>
+      <c r="C85" t="s">
+        <v>482</v>
+      </c>
+      <c r="D85" t="s">
+        <v>122</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2009</v>
+      </c>
+      <c r="I85">
         <v>2011</v>
       </c>
-      <c r="I44" t="s">
-[...80 lines deleted...]
-      <c r="H46">
+      <c r="J85" t="s">
+        <v>372</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>483</v>
+      </c>
+      <c r="M85" t="s">
+        <v>484</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>485</v>
+      </c>
+      <c r="P85" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>487</v>
+      </c>
+      <c r="B86" t="s">
+        <v>488</v>
+      </c>
+      <c r="C86" t="s">
+        <v>482</v>
+      </c>
+      <c r="D86" t="s">
+        <v>489</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86">
         <v>2018</v>
       </c>
-      <c r="I46" t="s">
-[...1733 lines deleted...]
-      </c>
       <c r="J86" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="K86" t="s">
-        <v>321</v>
+        <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>317</v>
+        <v>490</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>484</v>
       </c>
       <c r="N86" t="s">
-        <v>322</v>
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>491</v>
+      </c>
+      <c r="P86" t="s">
+        <v>492</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>