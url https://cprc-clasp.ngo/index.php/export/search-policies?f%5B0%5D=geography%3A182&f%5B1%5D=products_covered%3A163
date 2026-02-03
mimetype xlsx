--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,404 +12,498 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -673,815 +767,920 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="772.669" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>33</v>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...29 lines deleted...]
-        <v>40</v>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...37 lines deleted...]
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>64</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
         <v>2017</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>57</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>53</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>54</v>
       </c>
-      <c r="J7" t="s">
-[...8 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>79</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>59</v>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>116</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...9 lines deleted...]
-      <c r="D8" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>121</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>107</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>79</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>54</v>
+      </c>
+      <c r="G16" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
-[...21 lines deleted...]
-        <v>65</v>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...122 lines deleted...]
-      <c r="A12" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
         <v>77</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
         <v>78</v>
       </c>
-      <c r="C12" t="s">
-[...230 lines deleted...]
-      </c>
       <c r="K17" t="s">
-        <v>103</v>
+        <v>35</v>
       </c>
       <c r="L17" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="N17" t="s">
-        <v>104</v>
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>