--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,811 +12,1091 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Guyana Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/honduras</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1080,2371 +1360,2698 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>80</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>88</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>80</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>81</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>83</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H14">
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>141</v>
+      </c>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>148</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1996</v>
+      </c>
+      <c r="I19">
+        <v>2017</v>
+      </c>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>154</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>63</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>158</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>120</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>63</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>159</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>164</v>
+      </c>
+      <c r="P23" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>138</v>
+      </c>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>63</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>158</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>159</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>167</v>
+      </c>
+      <c r="D25" t="s">
+        <v>120</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>62</v>
+      </c>
+      <c r="G25" t="s">
+        <v>63</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>158</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>168</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="C26" t="s">
+        <v>172</v>
+      </c>
+      <c r="D26" t="s">
+        <v>120</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>63</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>158</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>173</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" t="s">
+        <v>88</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2018</v>
+      </c>
+      <c r="J27" t="s">
+        <v>112</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>178</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>181</v>
+      </c>
+      <c r="B28" t="s">
+        <v>182</v>
+      </c>
+      <c r="C28" t="s">
+        <v>183</v>
+      </c>
+      <c r="D28" t="s">
+        <v>88</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>184</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>181</v>
+      </c>
+      <c r="M28" t="s">
+        <v>185</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>190</v>
+      </c>
+      <c r="D29" t="s">
+        <v>191</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>192</v>
+      </c>
+      <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>194</v>
+      </c>
+      <c r="P29" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>196</v>
+      </c>
+      <c r="B30" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" t="s">
+        <v>190</v>
+      </c>
+      <c r="D30" t="s">
+        <v>88</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>54</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>140</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>198</v>
+      </c>
+      <c r="M30" t="s">
+        <v>193</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>199</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>201</v>
+      </c>
+      <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
+        <v>111</v>
+      </c>
+      <c r="D31" t="s">
+        <v>120</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>203</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>204</v>
+      </c>
+      <c r="M31" t="s">
+        <v>178</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>205</v>
+      </c>
+      <c r="P31" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>207</v>
+      </c>
+      <c r="B32" t="s">
+        <v>208</v>
+      </c>
+      <c r="C32" t="s">
+        <v>111</v>
+      </c>
+      <c r="D32" t="s">
+        <v>88</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>80</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1993</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>112</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>209</v>
+      </c>
+      <c r="M32" t="s">
+        <v>210</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2005</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>44</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>215</v>
+      </c>
+      <c r="M33" t="s">
+        <v>142</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>216</v>
+      </c>
+      <c r="P33" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" t="s">
+        <v>220</v>
+      </c>
+      <c r="D34" t="s">
+        <v>221</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34">
+        <v>2018</v>
+      </c>
+      <c r="J34" t="s">
+        <v>121</v>
+      </c>
+      <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...48 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>222</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>223</v>
+      </c>
+      <c r="P34" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>225</v>
+      </c>
+      <c r="B35" t="s">
+        <v>226</v>
+      </c>
+      <c r="C35" t="s">
+        <v>227</v>
+      </c>
+      <c r="D35" t="s">
+        <v>88</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>62</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>228</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
+      <c r="M35" t="s">
+        <v>230</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>235</v>
+      </c>
+      <c r="D36" t="s">
+        <v>88</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>54</v>
+      </c>
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>112</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>236</v>
+      </c>
+      <c r="M36" t="s">
+        <v>237</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>242</v>
+      </c>
+      <c r="D37" t="s">
+        <v>243</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>159</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>235</v>
+      </c>
+      <c r="D38" t="s">
+        <v>120</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>112</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>248</v>
+      </c>
+      <c r="M38" t="s">
+        <v>237</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>249</v>
+      </c>
+      <c r="P38" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>251</v>
+      </c>
+      <c r="B39" t="s">
+        <v>252</v>
+      </c>
+      <c r="C39" t="s">
+        <v>253</v>
+      </c>
+      <c r="D39" t="s">
+        <v>88</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>62</v>
+      </c>
+      <c r="G39" t="s">
+        <v>54</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>158</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>254</v>
+      </c>
+      <c r="M39" t="s">
+        <v>255</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>256</v>
+      </c>
+      <c r="P39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>258</v>
+      </c>
+      <c r="B40" t="s">
+        <v>259</v>
+      </c>
+      <c r="C40" t="s">
+        <v>260</v>
+      </c>
+      <c r="D40" t="s">
+        <v>120</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>62</v>
+      </c>
+      <c r="G40" t="s">
+        <v>54</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>158</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>261</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>262</v>
+      </c>
+      <c r="P40" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>264</v>
+      </c>
+      <c r="B41" t="s">
+        <v>138</v>
+      </c>
+      <c r="C41" t="s">
+        <v>260</v>
+      </c>
+      <c r="D41" t="s">
+        <v>88</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41">
+        <v>2019</v>
+      </c>
+      <c r="J41" t="s">
+        <v>158</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>261</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>265</v>
+      </c>
+      <c r="P41" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>267</v>
+      </c>
+      <c r="B42" t="s">
+        <v>138</v>
+      </c>
+      <c r="C42" t="s">
+        <v>260</v>
+      </c>
+      <c r="D42" t="s">
+        <v>88</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>158</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>261</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>268</v>
+      </c>
+      <c r="P42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>269</v>
+      </c>
+      <c r="B43" t="s">
+        <v>270</v>
+      </c>
+      <c r="C43" t="s">
+        <v>271</v>
+      </c>
+      <c r="D43" t="s">
+        <v>88</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>62</v>
+      </c>
+      <c r="G43" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43">
+        <v>2019</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>158</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>272</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>273</v>
+      </c>
+      <c r="P43" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>275</v>
+      </c>
+      <c r="B44" t="s">
+        <v>276</v>
+      </c>
+      <c r="C44" t="s">
+        <v>271</v>
+      </c>
+      <c r="D44" t="s">
+        <v>277</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>62</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>158</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>272</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>278</v>
+      </c>
+      <c r="P44" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>280</v>
+      </c>
+      <c r="B45" t="s">
+        <v>281</v>
+      </c>
+      <c r="C45" t="s">
+        <v>183</v>
+      </c>
+      <c r="D45" t="s">
+        <v>88</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>80</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2000</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>112</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>181</v>
+      </c>
+      <c r="M45" t="s">
+        <v>282</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>283</v>
+      </c>
+      <c r="P45" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>285</v>
+      </c>
+      <c r="B46" t="s">
+        <v>286</v>
+      </c>
+      <c r="C46" t="s">
+        <v>183</v>
+      </c>
+      <c r="D46" t="s">
+        <v>191</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>80</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2001</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>112</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>287</v>
+      </c>
+      <c r="M46" t="s">
+        <v>282</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>288</v>
+      </c>
+      <c r="P46" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>290</v>
+      </c>
+      <c r="B47" t="s">
+        <v>291</v>
+      </c>
+      <c r="C47" t="s">
+        <v>183</v>
+      </c>
+      <c r="D47" t="s">
+        <v>105</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>80</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2007</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
+      <c r="J47" t="s">
+        <v>112</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>292</v>
+      </c>
+      <c r="M47" t="s">
+        <v>282</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>293</v>
+      </c>
+      <c r="P47" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>295</v>
+      </c>
+      <c r="B48" t="s">
+        <v>296</v>
+      </c>
+      <c r="C48" t="s">
+        <v>297</v>
+      </c>
+      <c r="D48" t="s">
+        <v>88</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>54</v>
+      </c>
+      <c r="H48">
+        <v>2016</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>140</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>298</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>299</v>
+      </c>
+      <c r="P48" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>301</v>
+      </c>
+      <c r="B49" t="s">
+        <v>302</v>
+      </c>
+      <c r="C49" t="s">
+        <v>183</v>
+      </c>
+      <c r="D49" t="s">
+        <v>88</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>62</v>
+      </c>
+      <c r="G49" t="s">
+        <v>54</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>112</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>303</v>
+      </c>
+      <c r="M49" t="s">
+        <v>185</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>304</v>
+      </c>
+      <c r="P49" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>306</v>
+      </c>
+      <c r="B50" t="s">
+        <v>307</v>
+      </c>
+      <c r="C50" t="s">
+        <v>183</v>
+      </c>
+      <c r="D50" t="s">
+        <v>191</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>62</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2014</v>
+      </c>
+      <c r="J50" t="s">
+        <v>184</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>308</v>
+      </c>
+      <c r="M50" t="s">
+        <v>185</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>309</v>
+      </c>
+      <c r="P50" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>311</v>
+      </c>
+      <c r="B51" t="s">
+        <v>312</v>
+      </c>
+      <c r="C51" t="s">
+        <v>313</v>
+      </c>
+      <c r="D51" t="s">
+        <v>314</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>54</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>72</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>315</v>
+      </c>
+      <c r="N51" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...20 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O51" t="s">
+        <v>316</v>
+      </c>
+      <c r="P51" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>318</v>
+      </c>
+      <c r="B52" t="s">
+        <v>241</v>
+      </c>
+      <c r="C52" t="s">
+        <v>242</v>
+      </c>
+      <c r="D52" t="s">
+        <v>319</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52">
+        <v>2016</v>
+      </c>
+      <c r="J52" t="s">
+        <v>33</v>
+      </c>
+      <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>159</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>320</v>
+      </c>
+      <c r="P52" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>322</v>
+      </c>
+      <c r="B53" t="s">
+        <v>323</v>
+      </c>
+      <c r="C53" t="s">
+        <v>324</v>
+      </c>
+      <c r="D53" t="s">
+        <v>88</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53">
+        <v>2011</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>158</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>325</v>
+      </c>
+      <c r="M53" t="s">
+        <v>326</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>327</v>
+      </c>
+      <c r="P53" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>329</v>
+      </c>
+      <c r="B54" t="s">
+        <v>330</v>
+      </c>
+      <c r="C54" t="s">
+        <v>324</v>
+      </c>
+      <c r="D54" t="s">
+        <v>88</v>
+      </c>
+      <c r="E54" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F54" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...131 lines deleted...]
-      <c r="G8">
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2008</v>
       </c>
-      <c r="H8">
-[...52 lines deleted...]
-      <c r="K9" t="s">
+      <c r="I54">
+        <v>2011</v>
+      </c>
+      <c r="J54" t="s">
         <v>72</v>
       </c>
-      <c r="L9" t="s">
-[...1875 lines deleted...]
-      </c>
       <c r="K54" t="s">
-        <v>238</v>
+        <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>235</v>
+        <v>331</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="N54" t="s">
-        <v>239</v>
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>332</v>
+      </c>
+      <c r="P54" t="s">
+        <v>328</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>