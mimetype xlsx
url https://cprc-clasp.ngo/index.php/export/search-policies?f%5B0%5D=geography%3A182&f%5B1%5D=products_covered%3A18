--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1000,63 +1000,66 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
     <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1383,51 +1386,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -3971,51 +3974,51 @@
       <c r="H54">
         <v>2008</v>
       </c>
       <c r="I54">
         <v>2011</v>
       </c>
       <c r="J54" t="s">
         <v>72</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
         <v>331</v>
       </c>
       <c r="M54" t="s">
         <v>326</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>332</v>
       </c>
       <c r="P54" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">