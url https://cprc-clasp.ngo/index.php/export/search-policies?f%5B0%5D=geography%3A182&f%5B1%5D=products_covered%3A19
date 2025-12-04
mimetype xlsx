--- v0 (2025-10-11)
+++ v1 (2025-12-04)
@@ -12,476 +12,617 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -745,1079 +886,1220 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>79</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>87</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1984</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D15" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1993</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>93</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>62</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>63</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>133</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...34 lines deleted...]
-      <c r="A4" t="s">
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>78</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>93</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>61</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>93</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>115</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>93</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>158</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>71</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>54</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>71</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>36</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D23" t="s">
+        <v>170</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...32 lines deleted...]
-      <c r="M4" t="s">
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...791 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="N23" t="s">
-        <v>128</v>
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>