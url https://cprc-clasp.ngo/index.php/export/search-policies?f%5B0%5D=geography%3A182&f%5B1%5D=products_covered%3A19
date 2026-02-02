--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -186,74 +186,50 @@
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
-  </si>
-[...22 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
@@ -277,50 +253,53 @@
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
 i) products with a clothes container volume of less than 1.6 cubic feet,
 ii) products configured in any way other than a front- or top-loading design,
 iii) Combination All-in-One Washer-Dryers,
 iv) Residential Clothes Washers with an Optional Dry Cycle, and
 v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/clothes_washers/partners</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
@@ -331,51 +310,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -406,72 +385,99 @@
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for washing machines.</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy specifies labeling requirements for clothes dryers.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
   </si>
   <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
@@ -1175,895 +1181,895 @@
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
       <c r="P5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I7">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="L7"/>
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>42</v>
       </c>
       <c r="F8" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="I8">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
         <v>80</v>
       </c>
-      <c r="M8" t="s">
+      <c r="O8" t="s">
         <v>81</v>
       </c>
-      <c r="N8" t="s">
-[...2 lines deleted...]
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
         <v>84</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>85</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="I9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="N9" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H10">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
         <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>96</v>
       </c>
       <c r="P10" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>98</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>54</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="D12" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="D13" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
         <v>2016</v>
       </c>
-      <c r="I13"/>
       <c r="J13" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
       <c r="M13" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>115</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
+        <v>1993</v>
+      </c>
+      <c r="I14">
         <v>2010</v>
       </c>
-      <c r="I14">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
         <v>121</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>122</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I15">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>124</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>125</v>
       </c>
       <c r="P15" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>127</v>
       </c>
       <c r="B16" t="s">
         <v>128</v>
       </c>
       <c r="C16" t="s">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>61</v>
+        <v>130</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I16">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J16" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>63</v>
+        <v>131</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="P16" t="s">
-        <v>65</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="D17" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="H17">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P17" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C18" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>54</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="M18" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D19" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>43</v>
       </c>
       <c r="G19" t="s">
         <v>54</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="M19" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P19" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B20" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C20" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="D20" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2000</v>
       </c>
       <c r="I20">
         <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="M20" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="P20" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B21" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21">
         <v>2016</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="P21" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D22" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22">
         <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="N22" t="s">
         <v>36</v>
       </c>
       <c r="O22" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="P22" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B23" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C23" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D23" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23">
         <v>2016</v>
       </c>
       <c r="J23" t="s">
         <v>33</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">