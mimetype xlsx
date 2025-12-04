--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,287 +12,336 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,443 +605,494 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...243 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>65</v>
+        <v>79</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>