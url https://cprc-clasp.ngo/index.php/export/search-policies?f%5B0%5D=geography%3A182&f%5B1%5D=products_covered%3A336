--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -12,287 +12,336 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,447 +605,498 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>1996</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...245 lines deleted...]
-        <v>65</v>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>