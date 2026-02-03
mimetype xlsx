--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,296 +12,354 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,493 +623,550 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1998</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>33</v>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...17 lines deleted...]
-      <c r="J4" t="s">
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...120 lines deleted...]
-      <c r="H7">
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
         <v>2017</v>
       </c>
-      <c r="I7" t="s">
-[...50 lines deleted...]
-      <c r="L8" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>62</v>
       </c>
-      <c r="M8" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
-        <v>68</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>