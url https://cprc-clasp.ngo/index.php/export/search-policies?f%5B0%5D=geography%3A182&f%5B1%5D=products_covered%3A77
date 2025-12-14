--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -12,344 +12,421 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,621 +690,696 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>81</v>
+      </c>
+      <c r="M8" t="s">
+        <v>82</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>65</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>72</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...415 lines deleted...]
-        <v>84</v>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>