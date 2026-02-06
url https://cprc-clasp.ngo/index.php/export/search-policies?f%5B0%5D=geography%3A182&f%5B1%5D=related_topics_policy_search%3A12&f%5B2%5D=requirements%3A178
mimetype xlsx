--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,203 +12,234 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,327 +503,360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="457.603" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...118 lines deleted...]
-        <v>37</v>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>