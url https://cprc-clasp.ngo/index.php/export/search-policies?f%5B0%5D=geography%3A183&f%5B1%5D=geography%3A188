--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,500 +12,678 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -769,1417 +947,1606 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="181.527" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...48 lines deleted...]
-      <c r="E4" t="s">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...11 lines deleted...]
-      <c r="J4" t="s">
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...50 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G7" t="s">
         <v>41</v>
-      </c>
-[...59 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-        <v>20</v>
+      <c r="I7">
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L7" t="s">
         <v>23</v>
       </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8">
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>42</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>42</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>65</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
         <v>2011</v>
       </c>
-      <c r="H8"/>
-[...6 lines deleted...]
-      <c r="K8" t="s">
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>41</v>
+      </c>
+      <c r="H15">
+        <v>1999</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>42</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>123</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>124</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
         <v>53</v>
       </c>
-      <c r="L8" t="s">
+      <c r="D19" t="s">
         <v>54</v>
       </c>
-      <c r="M8" t="s">
-[...7 lines deleted...]
-      <c r="A9" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>42</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
         <v>56</v>
       </c>
-      <c r="B9" t="s">
-[...8 lines deleted...]
-      <c r="E9" t="s">
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>42</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" t="s">
+        <v>56</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>42</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>56</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>53</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>42</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>56</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>42</v>
+      </c>
+      <c r="K23" t="s">
+        <v>151</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>56</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>42</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>56</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>42</v>
+      </c>
+      <c r="K25" t="s">
+        <v>151</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>56</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" t="s">
+        <v>85</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>42</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>169</v>
+      </c>
+      <c r="M26" t="s">
+        <v>56</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>53</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>42</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>174</v>
+      </c>
+      <c r="M27" t="s">
+        <v>56</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>175</v>
+      </c>
+      <c r="P27" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>177</v>
+      </c>
+      <c r="B28" t="s">
+        <v>178</v>
+      </c>
+      <c r="C28" t="s">
+        <v>53</v>
+      </c>
+      <c r="D28" t="s">
+        <v>54</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>42</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>179</v>
+      </c>
+      <c r="M28" t="s">
+        <v>56</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
+        <v>53</v>
+      </c>
+      <c r="D29" t="s">
+        <v>184</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>42</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>185</v>
+      </c>
+      <c r="M29" t="s">
+        <v>56</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>186</v>
+      </c>
+      <c r="P29" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>188</v>
+      </c>
+      <c r="B30" t="s">
+        <v>189</v>
+      </c>
+      <c r="C30" t="s">
+        <v>53</v>
+      </c>
+      <c r="D30" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>42</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>190</v>
+      </c>
+      <c r="M30" t="s">
+        <v>56</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...15 lines deleted...]
-      <c r="L9" t="s">
+      <c r="D31" t="s">
+        <v>65</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>123</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...148 lines deleted...]
-      <c r="F13" t="s">
+      <c r="K31" t="s">
         <v>34</v>
       </c>
-      <c r="G13">
-[...322 lines deleted...]
-      <c r="N20" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>195</v>
+      </c>
+      <c r="P31" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="21" spans="1:14">
-[...460 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>