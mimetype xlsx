--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,300 +104,306 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Labeling for Domestic Lighting</t>
+  </si>
+  <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
+  </si>
+  <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>PE No 1/26/2</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>NCh 3081: 2007</t>
+  </si>
+  <si>
+    <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...236 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1085,1432 +1091,1432 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
         <v>42</v>
       </c>
-      <c r="K5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="I6"/>
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L7"/>
+        <v>42</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L9" t="s">
         <v>74</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>75</v>
       </c>
       <c r="P9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>77</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L10" t="s">
         <v>80</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>81</v>
       </c>
       <c r="P10" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>83</v>
       </c>
       <c r="B11" t="s">
         <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L11" t="s">
         <v>86</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>87</v>
       </c>
       <c r="P11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>89</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
         <v>2015</v>
       </c>
-      <c r="I12"/>
       <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
         <v>42</v>
       </c>
-      <c r="K12" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H13">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I13">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>42</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>97</v>
       </c>
       <c r="P13" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>99</v>
       </c>
       <c r="B14" t="s">
         <v>100</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H14">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I14">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L14" t="s">
         <v>102</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>103</v>
       </c>
       <c r="P14" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>105</v>
       </c>
       <c r="B15" t="s">
         <v>106</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H15">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I15">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G16" t="s">
-        <v>41</v>
+        <v>113</v>
       </c>
       <c r="H16">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P16" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2019</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
         <v>42</v>
       </c>
-      <c r="K17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18">
         <v>2015</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="G19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
         <v>42</v>
       </c>
-      <c r="K19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L19" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M19" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2007</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
         <v>42</v>
       </c>
-      <c r="K20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M20" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B21" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" t="s">
         <v>42</v>
       </c>
-      <c r="K21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L21" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="M21" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="P21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
         <v>42</v>
       </c>
-      <c r="K22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L22" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M22" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C23" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D23" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2017</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K23" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="M23" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="P23" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B24" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
+        <v>35</v>
+      </c>
+      <c r="K24" t="s">
         <v>42</v>
       </c>
-      <c r="K24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="M24" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P24" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B25" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C25" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D25" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K25" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L25" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M25" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="P25" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B26" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D26" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
+        <v>35</v>
+      </c>
+      <c r="K26" t="s">
         <v>42</v>
       </c>
-      <c r="K26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="M26" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P26" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B27" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C27" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
+        <v>35</v>
+      </c>
+      <c r="K27" t="s">
         <v>42</v>
       </c>
-      <c r="K27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L27" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M27" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P27" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B28" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C28" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D28" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28">
         <v>2015</v>
       </c>
       <c r="J28" t="s">
+        <v>35</v>
+      </c>
+      <c r="K28" t="s">
         <v>42</v>
       </c>
-      <c r="K28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L28" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M28" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P28" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C29" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
+        <v>35</v>
+      </c>
+      <c r="K29" t="s">
         <v>42</v>
       </c>
-      <c r="K29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="M29" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="P29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B30" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C30" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D30" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
+        <v>35</v>
+      </c>
+      <c r="K30" t="s">
         <v>42</v>
       </c>
-      <c r="K30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L30" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M30" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="P30" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2014</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P31" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">