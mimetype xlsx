--- v0 (2025-12-11)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,71 +102,50 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
@@ -183,66 +162,72 @@
     <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
   </si>
   <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
     <t>Please note this is an unofficial policy title. Please see the presentation linked.
 Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
     <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
   </si>
   <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
     <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
     <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
@@ -601,78 +586,96 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1153,1284 +1156,1284 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="H5"/>
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>58</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E6" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H7">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="L8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>83</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>85</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H9">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>90</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
         <v>93</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>94</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
         <v>95</v>
       </c>
-      <c r="E11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H11">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>49</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
       <c r="M11" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L12" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>106</v>
       </c>
-      <c r="B13" t="s">
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="H13">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
         <v>111</v>
       </c>
-      <c r="B14"/>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>112</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
-      <c r="I14"/>
+      <c r="I14">
+        <v>2019</v>
+      </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>103</v>
+        <v>38</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>105</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
         <v>115</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
         <v>116</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>117</v>
       </c>
-      <c r="E15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L15"/>
+        <v>49</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
       <c r="M15" t="s">
-        <v>45</v>
+        <v>119</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L16" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="M16" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>107</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
         <v>2015</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H21">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>49</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H22">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I22">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H23">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>165</v>
       </c>
       <c r="P23" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>167</v>
       </c>
       <c r="B24" t="s">
         <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>169</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>170</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H24">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I24">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>171</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>26</v>
+        <v>173</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="P24" t="s">
-        <v>36</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C25" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="E25" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="G25" t="s">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="H25">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>174</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>175</v>
+        <v>49</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>176</v>
+        <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G27" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2015</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P28" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">