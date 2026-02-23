--- v0 (2025-12-10)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -332,324 +332,330 @@
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Draft motor policy</t>
+  </si>
+  <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
+  </si>
+  <si>
+    <t>Draft rice cooker policy</t>
+  </si>
+  <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
+  </si>
+  <si>
+    <t>Draft TV policy</t>
+  </si>
+  <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62087: 2008 or IEC 62087: 2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
+  </si>
+  <si>
+    <t>Draft water pumps policy</t>
+  </si>
+  <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
+  </si>
+  <si>
+    <t>Household microwave ovens</t>
+  </si>
+  <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>BDS IEC 60705:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Draft motor policy</t>
-[...232 lines deleted...]
-  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1843,1040 +1849,1040 @@
       </c>
       <c r="L17" t="s">
         <v>102</v>
       </c>
       <c r="M17" t="s">
         <v>103</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>104</v>
       </c>
       <c r="P17" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>106</v>
       </c>
       <c r="B18" t="s">
         <v>107</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
+        <v>31</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
         <v>108</v>
       </c>
-      <c r="E18" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>100</v>
+        <v>58</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>109</v>
+      </c>
       <c r="M18" t="s">
-        <v>103</v>
+        <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P18" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>111</v>
       </c>
       <c r="B19" t="s">
         <v>112</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="F19" t="s">
         <v>39</v>
       </c>
       <c r="G19" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>58</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>25</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="P19" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>115</v>
+      </c>
+      <c r="B20" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
       <c r="F20" t="s">
         <v>39</v>
       </c>
       <c r="G20" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>58</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>118</v>
+      </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>119</v>
       </c>
       <c r="P20" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>120</v>
       </c>
       <c r="B21" t="s">
         <v>121</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>122</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
       <c r="F21" t="s">
         <v>39</v>
       </c>
       <c r="G21" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>58</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="P21" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="F22" t="s">
         <v>39</v>
       </c>
       <c r="G22" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>58</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>127</v>
+      </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>128</v>
       </c>
       <c r="P22" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>129</v>
       </c>
       <c r="B23" t="s">
         <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>131</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="F23" t="s">
         <v>39</v>
       </c>
       <c r="G23" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="I23"/>
+        <v>32</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
       <c r="J23" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="L23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M23" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P23" t="s">
-        <v>42</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C24" t="s">
         <v>98</v>
       </c>
       <c r="D24" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="F24" t="s">
         <v>39</v>
       </c>
       <c r="G24" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K24" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>138</v>
       </c>
       <c r="M24" t="s">
         <v>103</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>139</v>
       </c>
       <c r="P24" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>140</v>
+      </c>
+      <c r="B25" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C25" t="s">
         <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>127</v>
+        <v>37</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>39</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H25">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
       <c r="J25" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
         <v>103</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="P25" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C26" t="s">
         <v>98</v>
       </c>
       <c r="D26" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>39</v>
       </c>
       <c r="G26" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>146</v>
+      </c>
       <c r="M26" t="s">
         <v>103</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>147</v>
       </c>
       <c r="P26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>149</v>
       </c>
       <c r="B27" t="s">
         <v>150</v>
       </c>
       <c r="C27" t="s">
         <v>98</v>
       </c>
       <c r="D27" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>39</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M27" t="s">
         <v>103</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P27" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>98</v>
       </c>
       <c r="D28" t="s">
-        <v>156</v>
+        <v>117</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>39</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>157</v>
       </c>
       <c r="M28" t="s">
         <v>103</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>158</v>
       </c>
       <c r="P28" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>160</v>
       </c>
       <c r="B29" t="s">
         <v>161</v>
       </c>
       <c r="C29" t="s">
         <v>98</v>
       </c>
       <c r="D29" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>39</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M29" t="s">
         <v>103</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C30" t="s">
         <v>98</v>
       </c>
       <c r="D30" t="s">
-        <v>167</v>
+        <v>73</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>39</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I30"/>
       <c r="J30" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
         <v>103</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
+        <v>168</v>
+      </c>
+      <c r="P30" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C31" t="s">
         <v>98</v>
       </c>
       <c r="D31" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>39</v>
       </c>
       <c r="G31" t="s">
         <v>32</v>
       </c>
       <c r="H31">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I31">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>100</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>172</v>
+      </c>
       <c r="M31" t="s">
         <v>103</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>173</v>
       </c>
       <c r="P31" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>175</v>
       </c>
       <c r="B32" t="s">
         <v>176</v>
       </c>
       <c r="C32" t="s">
         <v>98</v>
       </c>
       <c r="D32" t="s">
-        <v>48</v>
+        <v>177</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>39</v>
       </c>
       <c r="G32" t="s">
         <v>32</v>
       </c>
       <c r="H32">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I32">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
         <v>100</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M32" t="s">
         <v>103</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C33" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>39</v>
       </c>
       <c r="G33" t="s">
         <v>32</v>
       </c>
       <c r="H33">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I33">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J33" t="s">
         <v>100</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>103</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>184</v>
       </c>
       <c r="P33" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>186</v>
       </c>
       <c r="B34" t="s">
         <v>187</v>
       </c>
       <c r="C34" t="s">
-        <v>98</v>
+        <v>188</v>
       </c>
       <c r="D34" t="s">
-        <v>108</v>
+        <v>189</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="F34" t="s">
         <v>39</v>
       </c>
       <c r="G34" t="s">
         <v>32</v>
       </c>
       <c r="H34">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I34">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J34" t="s">
-        <v>100</v>
+        <v>190</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>103</v>
+        <v>192</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="P34" t="s">
-        <v>110</v>
+        <v>194</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B35" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C35" t="s">
-        <v>191</v>
+        <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>32</v>
+        <v>197</v>
       </c>
       <c r="H35">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>193</v>
+        <v>100</v>
       </c>
       <c r="K35" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>195</v>
+        <v>103</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="P35" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C36" t="s">
         <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>39</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2019</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="M36" t="s">
         <v>103</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="P36" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B37" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C37" t="s">
         <v>98</v>
       </c>
       <c r="D37" t="s">
         <v>57</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>68</v>
       </c>
       <c r="G37" t="s">
         <v>32</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>100</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M37" t="s">
         <v>103</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P37" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B38" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C38" t="s">
         <v>98</v>
       </c>
       <c r="D38" t="s">
         <v>73</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>68</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>100</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>103</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="P38" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">