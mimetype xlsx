--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,97 +102,79 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
 (a) single-phase;
 (b) non-ducted;
 (c) single-split wall mounted;
 (d) vapor compression air conditioners; and
 (e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
@@ -390,50 +372,53 @@
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
 (a) plasma;
 (b) liquid crystal display (LCD);
 (c) light emitting diode (LED);
 (d) cathode ray tube (CRT); and
 (e) any other display type with similar function</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
@@ -533,50 +518,53 @@
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
@@ -719,75 +707,93 @@
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1268,1796 +1274,1796 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
-      <c r="I4"/>
+      <c r="I4">
+        <v>2025</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
         <v>49</v>
-      </c>
-[...40 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>56</v>
       </c>
-      <c r="B6" t="s">
+      <c r="P6" t="s">
         <v>57</v>
-      </c>
-[...36 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
         <v>60</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
         <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
         <v>64</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>65</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
         <v>66</v>
       </c>
-      <c r="E8" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P8" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
         <v>69</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2025</v>
+      </c>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
         <v>70</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
         <v>71</v>
       </c>
-      <c r="E9" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="P9" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>73</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
         <v>74</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
         <v>75</v>
       </c>
-      <c r="E10" t="s">
-[...20 lines deleted...]
-      <c r="L10" t="s">
+      <c r="P10" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
         <v>78</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L11" t="s">
         <v>80</v>
       </c>
       <c r="M11" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>81</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
         <v>83</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>84</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
         <v>86</v>
       </c>
-      <c r="M12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
         <v>88</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>89</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H13">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>39</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>91</v>
       </c>
-      <c r="M13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
         <v>93</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
         <v>94</v>
       </c>
-      <c r="C14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H14">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I14">
         <v>2024</v>
       </c>
       <c r="J14" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
         <v>96</v>
       </c>
-      <c r="M14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
         <v>98</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
         <v>99</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H15">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M15" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P15" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>106</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
         <v>2018</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M16" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P16" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="H17">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
         <v>113</v>
       </c>
       <c r="M17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>114</v>
       </c>
       <c r="P17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>116</v>
       </c>
       <c r="B18" t="s">
         <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="H18">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M18" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H19">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
       <c r="J19" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
         <v>124</v>
       </c>
       <c r="M19" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>125</v>
       </c>
       <c r="P19" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>127</v>
       </c>
       <c r="B20" t="s">
         <v>128</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M20" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="H21">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
       <c r="J21" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M21" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>142</v>
       </c>
       <c r="G22" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
-      <c r="I22">
-[...1 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="M22" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>149</v>
       </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H23">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
       <c r="J23" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="M23" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="P23" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E24" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P24" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E25" t="s">
-        <v>153</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H25">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
       <c r="J25" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>162</v>
       </c>
       <c r="P25" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>165</v>
+        <v>118</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>23</v>
+        <v>150</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L26"/>
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>123</v>
+        <v>171</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>175</v>
+        <v>89</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P28" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>95</v>
+        <v>182</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>186</v>
+        <v>106</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I30"/>
       <c r="J30" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>188</v>
       </c>
       <c r="P30" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>190</v>
       </c>
       <c r="B31" t="s">
         <v>191</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>111</v>
+        <v>192</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H31">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I31">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L31"/>
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>193</v>
+      </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="P31" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B32" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H32">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I32">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P32" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B33" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>202</v>
+        <v>94</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H33">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I33">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>204</v>
       </c>
       <c r="P33" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>206</v>
       </c>
       <c r="B34" t="s">
         <v>207</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>208</v>
       </c>
       <c r="D34" t="s">
-        <v>32</v>
+        <v>209</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>149</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H34">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I34">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>26</v>
+        <v>212</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="P34" t="s">
-        <v>36</v>
+        <v>214</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B35" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C35" t="s">
-        <v>211</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>212</v>
+        <v>94</v>
       </c>
       <c r="E35" t="s">
-        <v>153</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="G35" t="s">
-        <v>42</v>
+        <v>217</v>
       </c>
       <c r="H35">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>213</v>
+        <v>23</v>
       </c>
       <c r="K35" t="s">
-        <v>214</v>
+        <v>37</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>215</v>
+        <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="P35" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B36" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2019</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P36" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B37" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P38" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">