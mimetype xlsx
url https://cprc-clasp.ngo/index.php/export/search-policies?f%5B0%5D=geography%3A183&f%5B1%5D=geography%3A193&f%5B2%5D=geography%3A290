--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,291 +104,297 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Heating &amp; Air Conditioning Comparative Label</t>
+  </si>
+  <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
+    <t>Lao People's Democratic Republic</t>
+  </si>
+  <si>
+    <t>Space Heating, Air Conditioning</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-comparative-label</t>
+  </si>
+  <si>
+    <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Heating &amp; Air Conditioning Comparative Label</t>
-[...218 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -935,1128 +941,1128 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>45</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E5" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
       <c r="M5" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="P5"/>
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H7">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
       <c r="J7" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L8"/>
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
         <v>2015</v>
       </c>
-      <c r="I12"/>
       <c r="J12" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>89</v>
       </c>
       <c r="P12" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>91</v>
       </c>
       <c r="B13" t="s">
         <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>93</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H13">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I13">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H14">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I14">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H15">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I15">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>106</v>
       </c>
       <c r="P15" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>108</v>
       </c>
       <c r="B16" t="s">
         <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="H16">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>36</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2019</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18">
         <v>2015</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P19" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D20" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="P20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21">
         <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P21" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C22" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D22" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B23" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D23" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B24" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D24" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P24" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D25" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">