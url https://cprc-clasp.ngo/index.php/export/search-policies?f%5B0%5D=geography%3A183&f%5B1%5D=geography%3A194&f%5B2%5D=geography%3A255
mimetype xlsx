--- v0 (2025-12-11)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,318 +104,324 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
+  </si>
+  <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>January 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
+  </si>
+  <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
+  </si>
+  <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
+    <t>Urinals, Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...254 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -989,1186 +995,1186 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2008</v>
       </c>
       <c r="I4">
         <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
         <v>45</v>
       </c>
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>49</v>
       </c>
-      <c r="B5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H5">
         <v>2008</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>54</v>
       </c>
-      <c r="B6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="I6">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
       <c r="M6" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>57</v>
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>63</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
       <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
         <v>62</v>
       </c>
-      <c r="K8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>62</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>74</v>
       </c>
       <c r="P9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>76</v>
       </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L10" t="s">
         <v>79</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>80</v>
       </c>
       <c r="P10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>82</v>
       </c>
       <c r="B11" t="s">
         <v>83</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>84</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L11" t="s">
         <v>85</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>86</v>
       </c>
       <c r="P11" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>88</v>
       </c>
       <c r="B12" t="s">
         <v>89</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>90</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>91</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>92</v>
       </c>
       <c r="P12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>94</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
         <v>2015</v>
       </c>
-      <c r="I13"/>
       <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
         <v>62</v>
       </c>
-      <c r="K13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H14">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I14">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>62</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>103</v>
       </c>
       <c r="P14" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>105</v>
       </c>
       <c r="B15" t="s">
         <v>106</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H15">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I15">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L15" t="s">
         <v>108</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>109</v>
       </c>
       <c r="P15" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>111</v>
       </c>
       <c r="B16" t="s">
         <v>112</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>113</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H16">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I16">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H17">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>36</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2019</v>
       </c>
       <c r="I18">
         <v>2020</v>
       </c>
       <c r="J18" t="s">
+        <v>55</v>
+      </c>
+      <c r="K18" t="s">
         <v>62</v>
       </c>
-      <c r="K18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="P18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G19" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L19" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D21" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P21" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B22" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D22" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2019</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C23" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D23" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2019</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P23" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B25" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P25" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B26" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C26" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D26" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P26" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">