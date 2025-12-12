--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,410 +12,516 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -679,1057 +785,1196 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...81 lines deleted...]
-      <c r="J5" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...55 lines deleted...]
-      <c r="A7" t="s">
+      <c r="G7" t="s">
         <v>51</v>
-      </c>
-[...16 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>68</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>69</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>81</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...3 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>52</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>52</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>93</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>52</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
-[...57 lines deleted...]
-      <c r="E9" t="s">
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...72 lines deleted...]
-      <c r="E11" t="s">
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>115</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...25 lines deleted...]
-      <c r="B12" t="s">
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>51</v>
+      </c>
+      <c r="H19">
+        <v>1999</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
         <v>32</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>51</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
         <v>34</v>
       </c>
-      <c r="F12" t="s">
-[...32 lines deleted...]
-      <c r="E13" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F13" t="s">
-[...15 lines deleted...]
-      <c r="L13" t="s">
+      <c r="D21" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2019</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>130</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>131</v>
+      </c>
+      <c r="P21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>135</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>51</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="M13" t="s">
-[...19 lines deleted...]
-      <c r="E14" t="s">
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>136</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...15 lines deleted...]
-      <c r="L14" t="s">
+      <c r="D23" t="s">
+        <v>40</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M14" t="s">
-[...319 lines deleted...]
-      <c r="E22" t="s">
+      <c r="K23" t="s">
         <v>34</v>
       </c>
-      <c r="F22" t="s">
-[...59 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N23" t="s">
-        <v>106</v>
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>141</v>
+      </c>
+      <c r="P23" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>