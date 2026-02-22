--- v1 (2025-12-12)
+++ v2 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,339 +104,345 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>April 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ISO16358-1:2013; ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for air conditioners</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for refrigerators</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
+  </si>
+  <si>
+    <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
+  </si>
+  <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
+    <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
-[...266 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -917,1028 +923,1028 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="I4"/>
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="P4"/>
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L5" t="s">
         <v>53</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H6">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
         <v>61</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
         <v>62</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>63</v>
       </c>
-      <c r="E7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
         <v>73</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>74</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L11"/>
-      <c r="M11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M11"/>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E12" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="H12"/>
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="M12"/>
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>109</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H17">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I17">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>110</v>
+      </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H18">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I18">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H19">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I19">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>122</v>
       </c>
       <c r="P19" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>124</v>
       </c>
       <c r="B20" t="s">
         <v>125</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="G20" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="H20">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P20" t="s">
-        <v>36</v>
+        <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21">
         <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2015</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B23" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="P23" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">