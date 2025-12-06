--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,742 +12,1061 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1011,2363 +1330,2682 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N53"/>
+  <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...12 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="N3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4"/>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
       <c r="H4"/>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G5"/>
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
       <c r="H5"/>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
       </c>
       <c r="H6">
         <v>2010</v>
       </c>
-      <c r="I6" t="s">
-        <v>20</v>
+      <c r="I6">
+        <v>2010</v>
       </c>
       <c r="J6" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L6" t="s">
         <v>23</v>
       </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>64</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2025</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
-[...54 lines deleted...]
-      <c r="H8">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>65</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2005</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>65</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12">
+        <v>2006</v>
+      </c>
+      <c r="I12">
         <v>2025</v>
       </c>
-      <c r="I8" t="s">
-[...91 lines deleted...]
-      <c r="K10" t="s">
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>62</v>
       </c>
-      <c r="L10" t="s">
-[...5 lines deleted...]
-      <c r="N10" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>63</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="I11" t="s">
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
         <v>65</v>
       </c>
-      <c r="J11" t="s">
-[...96 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>103</v>
+      </c>
+      <c r="H14">
         <v>1997</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2005</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="N14" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>104</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>56</v>
+      </c>
+      <c r="H15">
         <v>2004</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2025</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="K15" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N15" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
-        <v>83</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2018</v>
       </c>
-      <c r="H16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="K16" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N16" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17">
         <v>2016</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2025</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N17" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>89</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>32</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E18" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>56</v>
+      </c>
+      <c r="H18">
         <v>2012</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2013</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="K18" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>52</v>
+        <v>123</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N18" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="B19" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="C19" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="E19" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>56</v>
+      </c>
+      <c r="H19">
         <v>1995</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2017</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="K19" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>52</v>
+        <v>127</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N19" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>94</v>
+        <v>132</v>
       </c>
       <c r="B20" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="C20" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="E20" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>56</v>
+      </c>
+      <c r="H20">
         <v>1995</v>
       </c>
-      <c r="H20">
+      <c r="I20">
         <v>2018</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N20" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="B21"/>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2018</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="K21" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="L21" t="s">
-        <v>52</v>
+        <v>138</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N21" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="B22" t="s">
-        <v>32</v>
+        <v>142</v>
       </c>
       <c r="C22" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H22">
         <v>2010</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2018</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="K22" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N22" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="B23" t="s">
-        <v>32</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>39</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="E23" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>149</v>
+      </c>
+      <c r="H23">
         <v>2017</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="K23" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>52</v>
+        <v>150</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N23" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>153</v>
       </c>
       <c r="B24" t="s">
-        <v>32</v>
+        <v>154</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
+        <v>39</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>155</v>
       </c>
       <c r="E24" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>56</v>
+      </c>
+      <c r="H24">
         <v>2012</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2017</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>29</v>
+        <v>156</v>
       </c>
       <c r="K24" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>52</v>
+        <v>153</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N24" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>159</v>
       </c>
       <c r="B25" t="s">
-        <v>32</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>39</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E25" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2021</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="K25" t="s">
-        <v>113</v>
+        <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>52</v>
+        <v>162</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N25" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>165</v>
       </c>
       <c r="B26" t="s">
-        <v>32</v>
+        <v>166</v>
       </c>
       <c r="C26" t="s">
         <v>39</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E26" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2021</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>76</v>
+        <v>167</v>
       </c>
       <c r="N26" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>104</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>118</v>
+        <v>170</v>
       </c>
       <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>39</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>62</v>
+      </c>
+      <c r="G27" t="s">
+        <v>149</v>
+      </c>
+      <c r="H27">
+        <v>2025</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>63</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>173</v>
+      </c>
+      <c r="M27" t="s">
+        <v>65</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>179</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>180</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>181</v>
+      </c>
+      <c r="P28" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>183</v>
+      </c>
+      <c r="B29" t="s">
+        <v>184</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>185</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>179</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>186</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>187</v>
+      </c>
+      <c r="P29" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>191</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>179</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>192</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>193</v>
+      </c>
+      <c r="P30" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>195</v>
+      </c>
+      <c r="B31" t="s">
+        <v>196</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>197</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>179</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>198</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>201</v>
+      </c>
+      <c r="B32" t="s">
+        <v>202</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>129</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>56</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>207</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>56</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>208</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>209</v>
+      </c>
+      <c r="P33" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>211</v>
+      </c>
+      <c r="B34" t="s">
+        <v>212</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>213</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>56</v>
+      </c>
+      <c r="H34">
+        <v>1999</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>214</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>215</v>
+      </c>
+      <c r="P34" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" t="s">
+        <v>218</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
         <v>32</v>
       </c>
-      <c r="C27" t="s">
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>56</v>
+      </c>
+      <c r="H35">
+        <v>2007</v>
+      </c>
+      <c r="I35">
+        <v>2011</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>219</v>
+      </c>
+      <c r="P35" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>222</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2019</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>179</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>223</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>224</v>
+      </c>
+      <c r="P36" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>226</v>
+      </c>
+      <c r="B37" t="s">
+        <v>227</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>114</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>62</v>
+      </c>
+      <c r="G37" t="s">
+        <v>56</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>228</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>129</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>62</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>233</v>
+      </c>
+      <c r="P38" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>234</v>
+      </c>
+      <c r="B39" t="s">
+        <v>235</v>
+      </c>
+      <c r="C39" t="s">
+        <v>39</v>
+      </c>
+      <c r="D39" t="s">
+        <v>70</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>56</v>
+      </c>
+      <c r="H39">
+        <v>2000</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>179</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>236</v>
+      </c>
+      <c r="M39" t="s">
+        <v>65</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>237</v>
+      </c>
+      <c r="P39" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>239</v>
+      </c>
+      <c r="B40" t="s">
+        <v>240</v>
+      </c>
+      <c r="C40" t="s">
+        <v>39</v>
+      </c>
+      <c r="D40" t="s">
+        <v>241</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>56</v>
+      </c>
+      <c r="H40">
+        <v>1997</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>42</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>242</v>
+      </c>
+      <c r="M40" t="s">
+        <v>65</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>243</v>
+      </c>
+      <c r="P40" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>245</v>
+      </c>
+      <c r="B41" t="s">
+        <v>246</v>
+      </c>
+      <c r="C41" t="s">
+        <v>39</v>
+      </c>
+      <c r="D41" t="s">
+        <v>61</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>62</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>179</v>
+      </c>
+      <c r="K41" t="s">
+        <v>247</v>
+      </c>
+      <c r="L41" t="s">
+        <v>248</v>
+      </c>
+      <c r="M41" t="s">
+        <v>65</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>249</v>
+      </c>
+      <c r="P41" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>251</v>
+      </c>
+      <c r="B42" t="s">
+        <v>252</v>
+      </c>
+      <c r="C42" t="s">
+        <v>39</v>
+      </c>
+      <c r="D42" t="s">
+        <v>70</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>62</v>
+      </c>
+      <c r="G42" t="s">
+        <v>103</v>
+      </c>
+      <c r="H42">
+        <v>1994</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>179</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>253</v>
+      </c>
+      <c r="M42" t="s">
+        <v>65</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>254</v>
+      </c>
+      <c r="P42" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>256</v>
+      </c>
+      <c r="B43" t="s">
+        <v>257</v>
+      </c>
+      <c r="C43" t="s">
+        <v>39</v>
+      </c>
+      <c r="D43" t="s">
+        <v>258</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>62</v>
+      </c>
+      <c r="G43" t="s">
+        <v>103</v>
+      </c>
+      <c r="H43">
+        <v>2002</v>
+      </c>
+      <c r="I43">
+        <v>2007</v>
+      </c>
+      <c r="J43" t="s">
+        <v>42</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>259</v>
+      </c>
+      <c r="M43" t="s">
+        <v>65</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>260</v>
+      </c>
+      <c r="P43" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>262</v>
+      </c>
+      <c r="B44" t="s">
+        <v>263</v>
+      </c>
+      <c r="C44" t="s">
+        <v>39</v>
+      </c>
+      <c r="D44" t="s">
+        <v>114</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>62</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>179</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>264</v>
+      </c>
+      <c r="M44" t="s">
+        <v>65</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>265</v>
+      </c>
+      <c r="P44" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>267</v>
+      </c>
+      <c r="B45" t="s">
+        <v>268</v>
+      </c>
+      <c r="C45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" t="s">
         <v>119</v>
       </c>
-      <c r="D27" t="s">
-[...50 lines deleted...]
-      <c r="G28">
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>269</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45">
         <v>2016</v>
       </c>
-      <c r="H28"/>
-[...38 lines deleted...]
-      <c r="G29">
+      <c r="J45" t="s">
+        <v>42</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>270</v>
+      </c>
+      <c r="M45" t="s">
+        <v>65</v>
+      </c>
+      <c r="N45" t="s">
+        <v>104</v>
+      </c>
+      <c r="O45" t="s">
+        <v>271</v>
+      </c>
+      <c r="P45" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>273</v>
+      </c>
+      <c r="B46" t="s">
+        <v>274</v>
+      </c>
+      <c r="C46" t="s">
+        <v>39</v>
+      </c>
+      <c r="D46" t="s">
+        <v>275</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>56</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>42</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>276</v>
+      </c>
+      <c r="M46" t="s">
+        <v>65</v>
+      </c>
+      <c r="N46" t="s">
+        <v>104</v>
+      </c>
+      <c r="O46" t="s">
+        <v>277</v>
+      </c>
+      <c r="P46" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>279</v>
+      </c>
+      <c r="B47" t="s">
+        <v>280</v>
+      </c>
+      <c r="C47" t="s">
+        <v>39</v>
+      </c>
+      <c r="D47" t="s">
+        <v>129</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>62</v>
+      </c>
+      <c r="G47" t="s">
+        <v>56</v>
+      </c>
+      <c r="H47">
+        <v>1995</v>
+      </c>
+      <c r="I47">
+        <v>2008</v>
+      </c>
+      <c r="J47" t="s">
+        <v>179</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>281</v>
+      </c>
+      <c r="M47" t="s">
+        <v>65</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>282</v>
+      </c>
+      <c r="P47" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>284</v>
+      </c>
+      <c r="B48" t="s">
+        <v>285</v>
+      </c>
+      <c r="C48" t="s">
+        <v>39</v>
+      </c>
+      <c r="D48" t="s">
+        <v>286</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>62</v>
+      </c>
+      <c r="G48" t="s">
+        <v>56</v>
+      </c>
+      <c r="H48">
+        <v>2008</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>42</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>287</v>
+      </c>
+      <c r="M48" t="s">
+        <v>65</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>288</v>
+      </c>
+      <c r="P48" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>290</v>
+      </c>
+      <c r="B49" t="s">
+        <v>291</v>
+      </c>
+      <c r="C49" t="s">
+        <v>39</v>
+      </c>
+      <c r="D49" t="s">
+        <v>129</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>62</v>
+      </c>
+      <c r="G49" t="s">
+        <v>56</v>
+      </c>
+      <c r="H49">
+        <v>1995</v>
+      </c>
+      <c r="I49">
+        <v>2010</v>
+      </c>
+      <c r="J49" t="s">
+        <v>292</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>293</v>
+      </c>
+      <c r="M49" t="s">
+        <v>65</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>294</v>
+      </c>
+      <c r="P49" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>296</v>
+      </c>
+      <c r="B50" t="s">
+        <v>297</v>
+      </c>
+      <c r="C50" t="s">
+        <v>39</v>
+      </c>
+      <c r="D50" t="s">
+        <v>298</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>62</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>42</v>
+      </c>
+      <c r="K50" t="s">
+        <v>247</v>
+      </c>
+      <c r="L50" t="s">
+        <v>299</v>
+      </c>
+      <c r="M50" t="s">
+        <v>65</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>300</v>
+      </c>
+      <c r="P50" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>302</v>
+      </c>
+      <c r="B51" t="s">
+        <v>303</v>
+      </c>
+      <c r="C51" t="s">
+        <v>39</v>
+      </c>
+      <c r="D51" t="s">
+        <v>129</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>62</v>
+      </c>
+      <c r="G51" t="s">
+        <v>56</v>
+      </c>
+      <c r="H51">
+        <v>1995</v>
+      </c>
+      <c r="I51">
         <v>2016</v>
       </c>
-      <c r="H29"/>
-[...167 lines deleted...]
-      <c r="H33">
+      <c r="J51" t="s">
+        <v>42</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>65</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>304</v>
+      </c>
+      <c r="P51" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>306</v>
+      </c>
+      <c r="B52" t="s">
+        <v>307</v>
+      </c>
+      <c r="C52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D52" t="s">
+        <v>161</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>179</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>308</v>
+      </c>
+      <c r="M52" t="s">
+        <v>65</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>309</v>
+      </c>
+      <c r="P52" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>311</v>
+      </c>
+      <c r="B53" t="s">
+        <v>312</v>
+      </c>
+      <c r="C53" t="s">
+        <v>39</v>
+      </c>
+      <c r="D53" t="s">
+        <v>313</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>62</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2014</v>
       </c>
-      <c r="I33" t="s">
-[...479 lines deleted...]
-      <c r="K44" t="s">
+      <c r="I53"/>
+      <c r="J53" t="s">
         <v>179</v>
       </c>
-      <c r="L44" t="s">
-[...381 lines deleted...]
-      </c>
       <c r="K53" t="s">
-        <v>210</v>
+        <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>52</v>
+        <v>314</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N53" t="s">
-        <v>211</v>
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>315</v>
+      </c>
+      <c r="P53" t="s">
+        <v>316</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>