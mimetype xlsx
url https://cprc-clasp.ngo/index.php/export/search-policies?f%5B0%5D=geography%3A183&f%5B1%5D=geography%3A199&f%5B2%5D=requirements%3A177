--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,87 +104,72 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>Washing Machines</t>
+    <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
+  </si>
+  <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>Electricity</t>
-  </si>
-[...22 lines deleted...]
-    <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
@@ -239,50 +224,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
     <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
   </si>
   <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
@@ -692,50 +680,65 @@
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1462,2514 +1465,2514 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G6" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H7">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>66</v>
       </c>
       <c r="P7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>68</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H8">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I8">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L8"/>
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
       <c r="M8" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H9">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="I9">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M9" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2005</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
         <v>80</v>
       </c>
-      <c r="E10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M10" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="G11" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H11">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="I11">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H13">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2005</v>
+      </c>
       <c r="J13" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N13" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="P13" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>103</v>
+        <v>51</v>
       </c>
       <c r="H14">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="I14">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="J14" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
       <c r="M14" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N14" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
         <v>108</v>
       </c>
-      <c r="C15" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M15" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H16">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2025</v>
+      </c>
       <c r="J16" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>36</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
         <v>119</v>
       </c>
-      <c r="E17" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M17" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>121</v>
       </c>
       <c r="P17" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>123</v>
       </c>
       <c r="B18" t="s">
         <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>125</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H18">
-        <v>2012</v>
+        <v>1995</v>
       </c>
       <c r="I18">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
         <v>123</v>
       </c>
       <c r="M18" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H19">
         <v>1995</v>
       </c>
       <c r="I19">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J19" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>130</v>
       </c>
       <c r="P19" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>132</v>
       </c>
-      <c r="B20" t="s">
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" t="s">
         <v>133</v>
       </c>
-      <c r="C20" t="s">
-[...26 lines deleted...]
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
       <c r="M20" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="B21"/>
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>139</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
         <v>2018</v>
       </c>
-      <c r="I21"/>
       <c r="J21" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
         <v>137</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M21" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C22" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>56</v>
+        <v>145</v>
       </c>
       <c r="H22">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="M22" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="P22" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
+        <v>51</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>152</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
         <v>149</v>
       </c>
-      <c r="H23">
-[...11 lines deleted...]
-      </c>
       <c r="M23" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C24" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>156</v>
+        <v>36</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M24" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="P24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B25" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="N25" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="O25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>48</v>
+        <v>168</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>145</v>
       </c>
       <c r="H26">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L26"/>
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>169</v>
+      </c>
       <c r="M26" t="s">
-        <v>167</v>
+        <v>60</v>
       </c>
       <c r="N26" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P26" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>63</v>
+        <v>175</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="M27" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="P27" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B28" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2016</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="P28" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B29" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="P29" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B30" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P30" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B31" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>197</v>
+        <v>125</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H31">
+        <v>2008</v>
+      </c>
+      <c r="I31">
         <v>2015</v>
       </c>
-      <c r="I31"/>
       <c r="J31" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>199</v>
       </c>
       <c r="P31" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>201</v>
       </c>
       <c r="B32" t="s">
         <v>202</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>129</v>
+        <v>203</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H32">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I32">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L32"/>
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>204</v>
+      </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P32" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H33">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I33">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="P33" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B34" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>213</v>
+        <v>70</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H34">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I34">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
         <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>215</v>
       </c>
       <c r="P34" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>217</v>
       </c>
       <c r="B35" t="s">
         <v>218</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>56</v>
+        <v>145</v>
       </c>
       <c r="H35">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>219</v>
       </c>
       <c r="P35" t="s">
-        <v>36</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B36" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2019</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P36" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G37" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P38" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B39" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C39" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G39" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H39">
         <v>2000</v>
       </c>
       <c r="I39">
         <v>2014</v>
       </c>
       <c r="J39" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K39" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M39" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P39" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B40" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C40" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H40">
         <v>1997</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K40" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L40" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M40" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P40" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B41" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M41" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P41" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B42" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C42" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G42" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="H42">
         <v>1994</v>
       </c>
       <c r="I42">
         <v>2014</v>
       </c>
       <c r="J42" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K42" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L42" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M42" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P42" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B43" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C43" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G43" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="H43">
         <v>2002</v>
       </c>
       <c r="I43">
         <v>2007</v>
       </c>
       <c r="J43" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K43" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L43" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M43" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P43" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B44" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C44" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K44" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M44" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P44" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C45" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D45" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H45">
         <v>2010</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K45" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L45" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M45" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N45" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="O45" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P45" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B46" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C46" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G46" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H46">
         <v>2008</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K46" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L46" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M46" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N46" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="O46" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P46" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B47" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C47" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G47" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H47">
         <v>1995</v>
       </c>
       <c r="I47">
         <v>2008</v>
       </c>
       <c r="J47" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K47" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L47" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M47" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P47" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B48" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C48" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G48" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H48">
         <v>2008</v>
       </c>
       <c r="I48">
         <v>2014</v>
       </c>
       <c r="J48" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K48" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L48" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M48" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P48" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B49" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C49" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G49" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H49">
         <v>1995</v>
       </c>
       <c r="I49">
         <v>2010</v>
       </c>
       <c r="J49" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="K49" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L49" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M49" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P49" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B50" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C50" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K50" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L50" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M50" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P50" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B51" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C51" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G51" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H51">
         <v>1995</v>
       </c>
       <c r="I51">
         <v>2016</v>
       </c>
       <c r="J51" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K51" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="P51" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B52" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C52" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K52" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L52" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M52" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="P52" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B53" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C53" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D53" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2014</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K53" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L53" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M53" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P53" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">