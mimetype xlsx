--- v0 (2025-12-11)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -332,396 +332,402 @@
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Draft motor policy</t>
+  </si>
+  <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
+  </si>
+  <si>
+    <t>Draft rice cooker policy</t>
+  </si>
+  <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
+  </si>
+  <si>
+    <t>Draft TV policy</t>
+  </si>
+  <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62087: 2008 or IEC 62087: 2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
+  </si>
+  <si>
+    <t>Draft water pumps policy</t>
+  </si>
+  <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
+  </si>
+  <si>
+    <t>Household microwave ovens</t>
+  </si>
+  <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>BDS IEC 60705:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
+  </si>
+  <si>
+    <t>Ministerio de Energía y Minas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
+    <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
+    <t>NTON 10-015-08</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Draft motor policy</t>
-[...329 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1915,1276 +1921,1276 @@
       </c>
       <c r="L17" t="s">
         <v>102</v>
       </c>
       <c r="M17" t="s">
         <v>103</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>104</v>
       </c>
       <c r="P17" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>106</v>
       </c>
       <c r="B18" t="s">
         <v>107</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
+        <v>31</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
         <v>108</v>
       </c>
-      <c r="E18" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>100</v>
+        <v>58</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>109</v>
+      </c>
       <c r="M18" t="s">
-        <v>103</v>
+        <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P18" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>111</v>
       </c>
       <c r="B19" t="s">
         <v>112</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="F19" t="s">
         <v>39</v>
       </c>
       <c r="G19" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>58</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>25</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="P19" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>115</v>
+      </c>
+      <c r="B20" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
       <c r="F20" t="s">
         <v>39</v>
       </c>
       <c r="G20" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>58</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>118</v>
+      </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>119</v>
       </c>
       <c r="P20" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>120</v>
       </c>
       <c r="B21" t="s">
         <v>121</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>122</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
       <c r="F21" t="s">
         <v>39</v>
       </c>
       <c r="G21" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>58</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="P21" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="F22" t="s">
         <v>39</v>
       </c>
       <c r="G22" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>58</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>127</v>
+      </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>128</v>
       </c>
       <c r="P22" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>129</v>
       </c>
       <c r="B23" t="s">
         <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>131</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="F23" t="s">
         <v>39</v>
       </c>
       <c r="G23" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="I23"/>
+        <v>32</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
       <c r="J23" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="L23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M23" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P23" t="s">
-        <v>42</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C24" t="s">
         <v>98</v>
       </c>
       <c r="D24" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="F24" t="s">
         <v>39</v>
       </c>
       <c r="G24" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K24" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>138</v>
       </c>
       <c r="M24" t="s">
         <v>103</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>139</v>
       </c>
       <c r="P24" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>140</v>
+      </c>
+      <c r="B25" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C25" t="s">
         <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>127</v>
+        <v>37</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>39</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H25">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
       <c r="J25" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
         <v>103</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="P25" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
         <v>145</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D26" t="s">
         <v>37</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>148</v>
+      </c>
       <c r="M26" t="s">
-        <v>103</v>
+        <v>149</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="P26" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C27" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D27" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
+        <v>149</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
         <v>154</v>
       </c>
-      <c r="N27" t="s">
-[...2 lines deleted...]
-      <c r="O27" t="s">
+      <c r="P27" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>156</v>
+      </c>
+      <c r="B28" t="s">
         <v>157</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D28" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>158</v>
+      </c>
       <c r="M28" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>159</v>
       </c>
       <c r="P28" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>161</v>
       </c>
       <c r="B29" t="s">
         <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D29" t="s">
-        <v>37</v>
+        <v>163</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M29" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P29" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B30" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C30" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D30" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>169</v>
+        <v>147</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>170</v>
       </c>
       <c r="M30" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>171</v>
       </c>
       <c r="P30" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>173</v>
       </c>
       <c r="B31" t="s">
         <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D31" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>149</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
         <v>175</v>
       </c>
-      <c r="M31" t="s">
-[...5 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>126</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>152</v>
+        <v>132</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32"/>
+      <c r="L32" t="s">
+        <v>179</v>
+      </c>
       <c r="M32" t="s">
-        <v>154</v>
+        <v>103</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>180</v>
       </c>
       <c r="P32" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>182</v>
       </c>
       <c r="B33" t="s">
         <v>183</v>
       </c>
       <c r="C33" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>131</v>
+        <v>184</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>39</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M33" t="s">
         <v>103</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P33" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>98</v>
       </c>
       <c r="D34" t="s">
-        <v>189</v>
+        <v>117</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>39</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>190</v>
       </c>
       <c r="M34" t="s">
         <v>103</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>191</v>
       </c>
       <c r="P34" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>193</v>
       </c>
       <c r="B35" t="s">
         <v>194</v>
       </c>
       <c r="C35" t="s">
         <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>122</v>
+        <v>195</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>39</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2015</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M35" t="s">
         <v>103</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
         <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>200</v>
+        <v>73</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>39</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
         <v>2015</v>
       </c>
-      <c r="I36"/>
       <c r="J36" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
         <v>103</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>201</v>
+      </c>
+      <c r="P36" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>203</v>
+      </c>
+      <c r="B37" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="C37" t="s">
         <v>98</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>39</v>
       </c>
       <c r="G37" t="s">
         <v>32</v>
       </c>
       <c r="H37">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I37">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J37" t="s">
         <v>100</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>205</v>
+      </c>
       <c r="M37" t="s">
         <v>103</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
         <v>206</v>
       </c>
       <c r="P37" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>208</v>
       </c>
       <c r="B38" t="s">
         <v>209</v>
       </c>
       <c r="C38" t="s">
         <v>98</v>
       </c>
       <c r="D38" t="s">
-        <v>48</v>
+        <v>210</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>39</v>
       </c>
       <c r="G38" t="s">
         <v>32</v>
       </c>
       <c r="H38">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I38">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
         <v>100</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M38" t="s">
         <v>103</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
       <c r="D39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>39</v>
       </c>
       <c r="G39" t="s">
         <v>32</v>
       </c>
       <c r="H39">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I39">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J39" t="s">
         <v>100</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
         <v>103</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
         <v>217</v>
       </c>
       <c r="P39" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>219</v>
       </c>
       <c r="B40" t="s">
         <v>220</v>
       </c>
       <c r="C40" t="s">
         <v>98</v>
       </c>
       <c r="D40" t="s">
-        <v>108</v>
+        <v>216</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>32</v>
+        <v>221</v>
       </c>
       <c r="H40">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
         <v>100</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>103</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P40" t="s">
-        <v>110</v>
+        <v>223</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B41" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
       <c r="D41" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>39</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2019</v>
       </c>
       <c r="I41">
         <v>2020</v>
       </c>
       <c r="J41" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="M41" t="s">
         <v>103</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="P41" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C42" t="s">
         <v>98</v>
       </c>
       <c r="D42" t="s">
         <v>57</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>68</v>
       </c>
       <c r="G42" t="s">
         <v>32</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
         <v>2015</v>
       </c>
       <c r="J42" t="s">
         <v>100</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M42" t="s">
         <v>103</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="P42" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B43" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C43" t="s">
         <v>98</v>
       </c>
       <c r="D43" t="s">
         <v>73</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>68</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2014</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>100</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>103</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="P43" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">