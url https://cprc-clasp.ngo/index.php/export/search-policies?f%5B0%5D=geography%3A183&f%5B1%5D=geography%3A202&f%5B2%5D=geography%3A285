--- v0 (2025-10-10)
+++ v1 (2025-12-11)
@@ -12,622 +12,854 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -891,1835 +1123,2078 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>1995</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>46</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...88 lines deleted...]
-      <c r="K5" t="s">
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
         <v>43</v>
-      </c>
-[...248 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...3 lines deleted...]
-      <c r="L11" t="s">
+      <c r="F12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>96</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>75</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>75</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>75</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M11" t="s">
-[...10 lines deleted...]
-      <c r="B12" t="s">
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>43</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>129</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>134</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H19">
+        <v>1999</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
         <v>32</v>
       </c>
-      <c r="C12" t="s">
-[...8 lines deleted...]
-      <c r="F12" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
         <v>36</v>
       </c>
-      <c r="G12">
-[...2 lines deleted...]
-      <c r="H12">
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" t="s">
+        <v>144</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>92</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>145</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>146</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2019</v>
+      </c>
+      <c r="I22">
         <v>2020</v>
       </c>
-      <c r="I12" t="s">
-[...14 lines deleted...]
-      <c r="N12" t="s">
+      <c r="J22" t="s">
         <v>75</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E13" t="s">
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>152</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F13" t="s">
-[...15 lines deleted...]
-      <c r="L13" t="s">
+      <c r="D23" t="s">
+        <v>157</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>92</v>
+      </c>
+      <c r="G23" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M13" t="s">
-[...19 lines deleted...]
-      <c r="E14" t="s">
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...15 lines deleted...]
-      <c r="L14" t="s">
+      <c r="D24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
         <v>23</v>
       </c>
-      <c r="M14" t="s">
-[...97 lines deleted...]
-      <c r="C17" t="s">
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" t="s">
+        <v>166</v>
+      </c>
+      <c r="E25" t="s">
+        <v>41</v>
+      </c>
+      <c r="F25" t="s">
+        <v>42</v>
+      </c>
+      <c r="G25" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25">
+        <v>2004</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>93</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>168</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" t="s">
+        <v>173</v>
+      </c>
+      <c r="E26" t="s">
+        <v>41</v>
+      </c>
+      <c r="F26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>174</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>175</v>
+      </c>
+      <c r="M26" t="s">
+        <v>176</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>39</v>
+      </c>
+      <c r="D27" t="s">
+        <v>181</v>
+      </c>
+      <c r="E27" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" t="s">
+        <v>43</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>174</v>
+      </c>
+      <c r="K27" t="s">
+        <v>182</v>
+      </c>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
+      <c r="M27" t="s">
+        <v>168</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>39</v>
+      </c>
+      <c r="D28" t="s">
+        <v>188</v>
+      </c>
+      <c r="E28" t="s">
+        <v>41</v>
+      </c>
+      <c r="F28" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" t="s">
+        <v>43</v>
+      </c>
+      <c r="H28">
+        <v>2001</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>93</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>168</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" t="s">
+        <v>128</v>
+      </c>
+      <c r="E29" t="s">
+        <v>41</v>
+      </c>
+      <c r="F29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" t="s">
+        <v>43</v>
+      </c>
+      <c r="H29">
+        <v>2004</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
+      </c>
+      <c r="J29" t="s">
+        <v>93</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>168</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30" t="s">
+        <v>199</v>
+      </c>
+      <c r="E30" t="s">
+        <v>41</v>
+      </c>
+      <c r="F30" t="s">
+        <v>42</v>
+      </c>
+      <c r="G30" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30">
+        <v>2006</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
+        <v>174</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>167</v>
+      </c>
+      <c r="M30" t="s">
+        <v>168</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>200</v>
+      </c>
+      <c r="P30" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>39</v>
+      </c>
+      <c r="D31" t="s">
+        <v>204</v>
+      </c>
+      <c r="E31" t="s">
+        <v>41</v>
+      </c>
+      <c r="F31" t="s">
+        <v>42</v>
+      </c>
+      <c r="G31" t="s">
+        <v>43</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>44</v>
+      </c>
+      <c r="K31" t="s">
+        <v>182</v>
+      </c>
+      <c r="L31" t="s">
+        <v>205</v>
+      </c>
+      <c r="M31" t="s">
         <v>46</v>
       </c>
-      <c r="D17" t="s">
-[...32 lines deleted...]
-      <c r="A18" t="s">
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>39</v>
+      </c>
+      <c r="D32" t="s">
+        <v>210</v>
+      </c>
+      <c r="E32" t="s">
+        <v>41</v>
+      </c>
+      <c r="F32" t="s">
+        <v>42</v>
+      </c>
+      <c r="G32" t="s">
+        <v>43</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>44</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>46</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>39</v>
+      </c>
+      <c r="D33" t="s">
+        <v>215</v>
+      </c>
+      <c r="E33" t="s">
+        <v>41</v>
+      </c>
+      <c r="F33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" t="s">
+        <v>43</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>44</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>216</v>
+      </c>
+      <c r="M33" t="s">
+        <v>46</v>
+      </c>
+      <c r="N33" t="s">
+        <v>96</v>
+      </c>
+      <c r="O33" t="s">
+        <v>217</v>
+      </c>
+      <c r="P33" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" t="s">
+        <v>221</v>
+      </c>
+      <c r="E34" t="s">
+        <v>41</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>43</v>
+      </c>
+      <c r="H34">
+        <v>2003</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>174</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>168</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>222</v>
+      </c>
+      <c r="P34" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>224</v>
+      </c>
+      <c r="B35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>39</v>
+      </c>
+      <c r="D35" t="s">
+        <v>226</v>
+      </c>
+      <c r="E35" t="s">
+        <v>41</v>
+      </c>
+      <c r="F35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>43</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
         <v>93</v>
       </c>
-      <c r="B18" t="s">
-[...17 lines deleted...]
-      <c r="H18">
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>227</v>
+      </c>
+      <c r="M35" t="s">
+        <v>168</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>228</v>
+      </c>
+      <c r="P35" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>230</v>
+      </c>
+      <c r="B36" t="s">
+        <v>231</v>
+      </c>
+      <c r="C36" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" t="s">
+        <v>41</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36">
         <v>2014</v>
       </c>
-      <c r="I18" t="s">
-[...168 lines deleted...]
-      <c r="H22">
+      <c r="I36">
         <v>2020</v>
       </c>
-      <c r="I22" t="s">
-[...124 lines deleted...]
-      <c r="H25">
+      <c r="J36" t="s">
+        <v>93</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>232</v>
+      </c>
+      <c r="M36" t="s">
+        <v>168</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>233</v>
+      </c>
+      <c r="P36" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>235</v>
+      </c>
+      <c r="B37" t="s">
+        <v>236</v>
+      </c>
+      <c r="C37" t="s">
+        <v>39</v>
+      </c>
+      <c r="D37" t="s">
+        <v>199</v>
+      </c>
+      <c r="E37" t="s">
+        <v>41</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>43</v>
+      </c>
+      <c r="H37">
+        <v>2001</v>
+      </c>
+      <c r="I37">
         <v>2020</v>
       </c>
-      <c r="I25" t="s">
-[...40 lines deleted...]
-      <c r="H26">
+      <c r="J37" t="s">
+        <v>174</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>167</v>
+      </c>
+      <c r="M37" t="s">
+        <v>168</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>237</v>
+      </c>
+      <c r="P37" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>239</v>
+      </c>
+      <c r="B38" t="s">
+        <v>240</v>
+      </c>
+      <c r="C38" t="s">
+        <v>39</v>
+      </c>
+      <c r="D38" t="s">
+        <v>226</v>
+      </c>
+      <c r="E38" t="s">
+        <v>41</v>
+      </c>
+      <c r="F38" t="s">
+        <v>42</v>
+      </c>
+      <c r="G38" t="s">
+        <v>43</v>
+      </c>
+      <c r="H38">
+        <v>1998</v>
+      </c>
+      <c r="I38">
         <v>2020</v>
       </c>
-      <c r="I26" t="s">
-[...40 lines deleted...]
-      <c r="H27">
+      <c r="J38" t="s">
+        <v>93</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>241</v>
+      </c>
+      <c r="M38" t="s">
+        <v>168</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>242</v>
+      </c>
+      <c r="P38" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>244</v>
+      </c>
+      <c r="B39" t="s">
+        <v>245</v>
+      </c>
+      <c r="C39" t="s">
+        <v>39</v>
+      </c>
+      <c r="D39" t="s">
+        <v>199</v>
+      </c>
+      <c r="E39" t="s">
+        <v>41</v>
+      </c>
+      <c r="F39" t="s">
+        <v>42</v>
+      </c>
+      <c r="G39" t="s">
+        <v>43</v>
+      </c>
+      <c r="H39">
+        <v>2000</v>
+      </c>
+      <c r="I39">
         <v>2020</v>
       </c>
-      <c r="I27" t="s">
-[...40 lines deleted...]
-      <c r="H28">
+      <c r="J39" t="s">
+        <v>174</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>167</v>
+      </c>
+      <c r="M39" t="s">
+        <v>168</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>246</v>
+      </c>
+      <c r="P39" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>248</v>
+      </c>
+      <c r="B40" t="s">
+        <v>249</v>
+      </c>
+      <c r="C40" t="s">
+        <v>39</v>
+      </c>
+      <c r="D40" t="s">
+        <v>199</v>
+      </c>
+      <c r="E40" t="s">
+        <v>41</v>
+      </c>
+      <c r="F40" t="s">
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>43</v>
+      </c>
+      <c r="H40">
+        <v>2002</v>
+      </c>
+      <c r="I40">
         <v>2020</v>
       </c>
-      <c r="I28" t="s">
-[...406 lines deleted...]
-      <c r="N37" t="s">
+      <c r="J40" t="s">
+        <v>174</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
         <v>167</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" t="s">
+      <c r="M40" t="s">
         <v>168</v>
       </c>
-      <c r="B38" t="s">
-[...122 lines deleted...]
-      </c>
       <c r="N40" t="s">
-        <v>174</v>
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>250</v>
+      </c>
+      <c r="P40" t="s">
+        <v>251</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>