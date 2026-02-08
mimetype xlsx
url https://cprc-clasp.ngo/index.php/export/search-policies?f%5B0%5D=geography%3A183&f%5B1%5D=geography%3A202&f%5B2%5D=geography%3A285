--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,93 +104,75 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...8 lines deleted...]
-    <t>Minimum Performance Standard</t>
+    <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
+    <t>Hong Kong SAR of China</t>
+  </si>
+  <si>
+    <t>Water Heating</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...28 lines deleted...]
-    <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
     <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
@@ -227,50 +209,53 @@
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
@@ -445,72 +430,93 @@
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
     <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1255,1910 +1261,1910 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2000</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H4">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H5">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="I5">
         <v>2021</v>
       </c>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L5" t="s">
         <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H6">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="I6">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J6" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L6" t="s">
         <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>59</v>
       </c>
       <c r="P6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H7">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="I7">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J7" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L7" t="s">
         <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>65</v>
       </c>
       <c r="P7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H8">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="I8">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="J8" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="L9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>79</v>
       </c>
       <c r="B10" t="s">
         <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>81</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H10">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
       <c r="J10" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>84</v>
       </c>
       <c r="B11" t="s">
         <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>86</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="G11" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H11">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I11">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>38</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
       <c r="M11" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>92</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L12" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>107</v>
+        <v>57</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L14" t="s">
         <v>108</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>109</v>
       </c>
       <c r="P14" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>111</v>
       </c>
       <c r="B15" t="s">
         <v>112</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>113</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>118</v>
+        <v>51</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H17">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I17">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H18">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I18">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H19">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I19">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
         <v>138</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>139</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="G20" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H20">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="I20">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="J20" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>26</v>
+        <v>142</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P20" t="s">
-        <v>36</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B21" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>92</v>
+        <v>147</v>
       </c>
       <c r="G21" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="H21">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>145</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>146</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P21" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B22" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2019</v>
       </c>
       <c r="I22">
         <v>2020</v>
       </c>
       <c r="J22" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L22" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B23" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="G23" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23">
         <v>2015</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P24" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E25" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F25" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G25" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H25">
         <v>2004</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L25" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E26" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F26" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G26" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P26" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E27" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F27" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G27" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="L27" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="M27" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E28" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F28" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G28" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H28">
         <v>2001</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L28" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="M28" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="P28" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B29" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C29" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="E29" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F29" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G29" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H29">
         <v>2004</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L29" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M29" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P29" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B30" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C30" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E30" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G30" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H30">
         <v>2006</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L30" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M30" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="P30" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B31" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C31" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E31" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F31" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G31" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K31" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="L31" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="M31" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B32" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C32" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E32" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F32" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G32" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="P32" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B33" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C33" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E33" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F33" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G33" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L33" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="M33" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="N33" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="O33" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P33" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B34" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C34" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E34" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F34" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G34" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H34">
         <v>2003</v>
       </c>
       <c r="I34">
         <v>2020</v>
       </c>
       <c r="J34" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P34" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B35" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C35" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E35" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G35" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35">
         <v>2020</v>
       </c>
       <c r="J35" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="K35" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L35" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M35" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P35" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B36" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="E36" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F36" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G36" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L36" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="M36" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P36" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B37" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C37" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E37" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F37" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G37" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H37">
         <v>2001</v>
       </c>
       <c r="I37">
         <v>2020</v>
       </c>
       <c r="J37" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L37" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M37" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="P37" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B38" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C38" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E38" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F38" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G38" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H38">
         <v>1998</v>
       </c>
       <c r="I38">
         <v>2020</v>
       </c>
       <c r="J38" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="K38" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L38" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="M38" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="P38" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B39" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C39" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E39" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F39" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G39" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H39">
         <v>2000</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K39" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L39" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M39" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P39" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B40" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C40" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D40" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E40" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F40" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G40" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H40">
         <v>2002</v>
       </c>
       <c r="I40">
         <v>2020</v>
       </c>
       <c r="J40" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K40" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L40" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M40" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="P40" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">