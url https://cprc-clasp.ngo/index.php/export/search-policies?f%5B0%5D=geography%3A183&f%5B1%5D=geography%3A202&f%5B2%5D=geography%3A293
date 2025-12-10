--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -12,614 +12,822 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -883,1813 +1091,2056 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H11">
+        <v>1986</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...52 lines deleted...]
-      <c r="E4" t="s">
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s">
+        <v>72</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...14 lines deleted...]
-      <c r="K4" t="s">
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
+        <v>1990</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...22 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...38 lines deleted...]
-      <c r="E6" t="s">
+      <c r="D15" t="s">
+        <v>79</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
+        <v>1990</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...32 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...197 lines deleted...]
-      <c r="N11" t="s">
+      <c r="H16">
+        <v>1987</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
         <v>68</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>70</v>
       </c>
-      <c r="D12" t="s">
-[...221 lines deleted...]
-        <v>2010</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
-      <c r="I17" t="s">
-        <v>58</v>
+      <c r="I17">
+        <v>2010</v>
       </c>
       <c r="J17" t="s">
+        <v>71</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>47</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2017</v>
+      </c>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K17"/>
-[...29 lines deleted...]
-      <c r="G18">
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>47</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H18"/>
-[...3 lines deleted...]
-      <c r="J18" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...2 lines deleted...]
-      <c r="L18" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22">
+        <v>2018</v>
+      </c>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2005</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
         <v>23</v>
       </c>
-      <c r="M18" t="s">
-[...25 lines deleted...]
-      <c r="G19">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>156</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>160</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>47</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>166</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
+        <v>2006</v>
+      </c>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>167</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2004</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>173</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2005</v>
+      </c>
+      <c r="I28">
+        <v>2011</v>
+      </c>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>179</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" t="s">
+        <v>184</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>70</v>
+      </c>
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>91</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>185</v>
+      </c>
+      <c r="M29" t="s">
+        <v>74</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>186</v>
+      </c>
+      <c r="P29" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>188</v>
+      </c>
+      <c r="B30" t="s">
+        <v>189</v>
+      </c>
+      <c r="C30" t="s">
+        <v>68</v>
+      </c>
+      <c r="D30" t="s">
+        <v>144</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>70</v>
+      </c>
+      <c r="G30" t="s">
+        <v>47</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>91</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>190</v>
+      </c>
+      <c r="M30" t="s">
+        <v>74</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
+        <v>68</v>
+      </c>
+      <c r="D31" t="s">
+        <v>128</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>70</v>
+      </c>
+      <c r="G31" t="s">
+        <v>47</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>91</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>195</v>
+      </c>
+      <c r="M31" t="s">
+        <v>74</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>198</v>
+      </c>
+      <c r="B32" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" t="s">
+        <v>200</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>70</v>
+      </c>
+      <c r="G32" t="s">
+        <v>47</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>91</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>201</v>
+      </c>
+      <c r="M32" t="s">
+        <v>74</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>202</v>
+      </c>
+      <c r="P32" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>204</v>
+      </c>
+      <c r="B33" t="s">
+        <v>205</v>
+      </c>
+      <c r="C33" t="s">
+        <v>68</v>
+      </c>
+      <c r="D33" t="s">
+        <v>206</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>70</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>71</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>74</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>207</v>
+      </c>
+      <c r="P33" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>209</v>
+      </c>
+      <c r="B34" t="s">
+        <v>210</v>
+      </c>
+      <c r="C34" t="s">
+        <v>68</v>
+      </c>
+      <c r="D34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>70</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>71</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>211</v>
+      </c>
+      <c r="M34" t="s">
+        <v>74</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>214</v>
+      </c>
+      <c r="B35" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" t="s">
+        <v>68</v>
+      </c>
+      <c r="D35" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>70</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1999</v>
+      </c>
+      <c r="I35">
         <v>2012</v>
       </c>
-      <c r="H19">
-[...80 lines deleted...]
-      <c r="G21">
+      <c r="J35" t="s">
+        <v>71</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>216</v>
+      </c>
+      <c r="M35" t="s">
+        <v>74</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>217</v>
+      </c>
+      <c r="P35" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>219</v>
+      </c>
+      <c r="B36" t="s">
+        <v>220</v>
+      </c>
+      <c r="C36" t="s">
+        <v>68</v>
+      </c>
+      <c r="D36" t="s">
+        <v>79</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>70</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36">
+        <v>2011</v>
+      </c>
+      <c r="J36" t="s">
+        <v>71</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>74</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>221</v>
+      </c>
+      <c r="P36" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>224</v>
+      </c>
+      <c r="D37" t="s">
+        <v>225</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2018</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>226</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>227</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>228</v>
+      </c>
+      <c r="P37" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B38" t="s">
+        <v>231</v>
+      </c>
+      <c r="C38" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" t="s">
+        <v>111</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>70</v>
+      </c>
+      <c r="G38" t="s">
+        <v>47</v>
+      </c>
+      <c r="H38">
+        <v>2019</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>91</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>232</v>
+      </c>
+      <c r="M38" t="s">
+        <v>74</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>233</v>
+      </c>
+      <c r="P38" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>235</v>
+      </c>
+      <c r="B39" t="s">
+        <v>236</v>
+      </c>
+      <c r="C39" t="s">
+        <v>68</v>
+      </c>
+      <c r="D39" t="s">
+        <v>59</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2013</v>
       </c>
-      <c r="H21"/>
-[...424 lines deleted...]
-      <c r="G31">
+      <c r="I39">
         <v>2015</v>
       </c>
-      <c r="H31"/>
-[...125 lines deleted...]
-      <c r="H34">
+      <c r="J39" t="s">
+        <v>71</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>237</v>
+      </c>
+      <c r="M39" t="s">
+        <v>74</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>238</v>
+      </c>
+      <c r="P39" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>240</v>
+      </c>
+      <c r="B40" t="s">
+        <v>241</v>
+      </c>
+      <c r="C40" t="s">
+        <v>68</v>
+      </c>
+      <c r="D40" t="s">
+        <v>206</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>47</v>
+      </c>
+      <c r="H40">
         <v>2014</v>
       </c>
-      <c r="I34" t="s">
-[...259 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N40" t="s">
-        <v>174</v>
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>242</v>
+      </c>
+      <c r="P40" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>