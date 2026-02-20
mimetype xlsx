--- v1 (2025-12-10)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -245,135 +245,123 @@
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Domestic fridges and freezers</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
+    <t>IEC 62552 parts 1 to 3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>Washing Machines</t>
-  </si>
-[...76 lines deleted...]
-    <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
   </si>
   <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
     <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
@@ -683,72 +671,90 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
     <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
@@ -1567,234 +1573,236 @@
       </c>
       <c r="L9" t="s">
         <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>75</v>
       </c>
       <c r="P9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>77</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1986</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
         <v>79</v>
       </c>
-      <c r="E10" t="s">
-[...18 lines deleted...]
-      <c r="L10"/>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>80</v>
       </c>
       <c r="P10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>82</v>
       </c>
       <c r="B11" t="s">
         <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="D11" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F11" t="s">
         <v>70</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>1986</v>
+        <v>2002</v>
       </c>
       <c r="I11">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="J11" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="K11" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="M11" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="F12" t="s">
         <v>70</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H12">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="K12" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>95</v>
       </c>
       <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
         <v>96</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>70</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>98</v>
       </c>
-      <c r="M13" t="s">
-[...5 lines deleted...]
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>100</v>
       </c>
       <c r="B14" t="s">
         <v>100</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14">
@@ -1806,1305 +1814,1303 @@
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>102</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>103</v>
       </c>
       <c r="P14" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>70</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>70</v>
       </c>
       <c r="G16" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
       <c r="J16" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C17" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H17">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
       <c r="M17" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="G18" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="P18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H19">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>136</v>
+      </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B21" t="s">
-        <v>138</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
       <c r="J21" t="s">
         <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>144</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I22">
         <v>2018</v>
       </c>
       <c r="J22" t="s">
         <v>34</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="L22" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>149</v>
+        <v>46</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P23" t="s">
-        <v>147</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>46</v>
+        <v>156</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="H24"/>
+        <v>47</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P24" t="s">
-        <v>50</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B25" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2002</v>
+      </c>
+      <c r="I25">
+        <v>2006</v>
+      </c>
       <c r="J25" t="s">
         <v>34</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P25" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I26">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="J26" t="s">
         <v>34</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P26" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I27">
         <v>2011</v>
       </c>
       <c r="J27" t="s">
         <v>34</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P27" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B28" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="D28" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H28">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M28" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P28" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C29" t="s">
         <v>68</v>
       </c>
       <c r="D29" t="s">
-        <v>184</v>
+        <v>140</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>70</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M29" t="s">
         <v>74</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P29" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C30" t="s">
         <v>68</v>
       </c>
       <c r="D30" t="s">
-        <v>144</v>
+        <v>124</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>70</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M30" t="s">
         <v>74</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C31" t="s">
         <v>68</v>
       </c>
       <c r="D31" t="s">
-        <v>128</v>
+        <v>196</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>70</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="M31" t="s">
         <v>74</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="P31" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B32" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C32" t="s">
         <v>68</v>
       </c>
       <c r="D32" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>70</v>
       </c>
       <c r="G32" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
         <v>2015</v>
       </c>
-      <c r="I32"/>
       <c r="J32" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
         <v>74</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C33" t="s">
         <v>68</v>
       </c>
       <c r="D33" t="s">
-        <v>206</v>
+        <v>130</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I33">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>71</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>207</v>
+      </c>
       <c r="M33" t="s">
         <v>74</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C34" t="s">
         <v>68</v>
       </c>
       <c r="D34" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>70</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I34">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
         <v>71</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M34" t="s">
         <v>74</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P34" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C35" t="s">
         <v>68</v>
       </c>
       <c r="D35" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>70</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I35">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J35" t="s">
         <v>71</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
         <v>74</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>217</v>
       </c>
       <c r="P35" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>219</v>
       </c>
       <c r="B36" t="s">
         <v>220</v>
       </c>
       <c r="C36" t="s">
-        <v>68</v>
+        <v>221</v>
       </c>
       <c r="D36" t="s">
-        <v>79</v>
+        <v>222</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="I36">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="J36" t="s">
-        <v>71</v>
+        <v>223</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>74</v>
+        <v>224</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="P36" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
-        <v>224</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
-        <v>225</v>
+        <v>101</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>229</v>
       </c>
       <c r="H37">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>226</v>
+        <v>71</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>227</v>
+        <v>74</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
         <v>68</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>70</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38">
         <v>2019</v>
       </c>
       <c r="I38">
         <v>2020</v>
       </c>
       <c r="J38" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="M38" t="s">
         <v>74</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P38" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B39" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C39" t="s">
         <v>68</v>
       </c>
       <c r="D39" t="s">
         <v>59</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>33</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39">
         <v>2015</v>
       </c>
       <c r="J39" t="s">
         <v>71</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="M39" t="s">
         <v>74</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="P39" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B40" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C40" t="s">
         <v>68</v>
       </c>
       <c r="D40" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>33</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40">
         <v>2014</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>71</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>74</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="P40" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">