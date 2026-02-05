--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,165 +104,168 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...101 lines deleted...]
-    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -281,51 +284,51 @@
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
@@ -733,51 +736,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="441.035" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -848,704 +851,704 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>48</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L6" t="s">
         <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>63</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="H8">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2007</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">