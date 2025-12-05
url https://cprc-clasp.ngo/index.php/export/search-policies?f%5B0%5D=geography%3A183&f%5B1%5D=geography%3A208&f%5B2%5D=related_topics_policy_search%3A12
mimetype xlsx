--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,245 +12,279 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...2 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
+  </si>
+  <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...13 lines deleted...]
-  <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -514,357 +548,394 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="463.458" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...34 lines deleted...]
-      <c r="M4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...74 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="N6" t="s">
-        <v>49</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>