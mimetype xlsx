--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -12,371 +12,433 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
+  </si>
+  <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,635 +702,706 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>66</v>
+      </c>
+      <c r="L6" t="s">
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>69</v>
+      </c>
+      <c r="O6" t="s">
+        <v>70</v>
+      </c>
+      <c r="P6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L7" t="s">
         <v>25</v>
       </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...37 lines deleted...]
-      </c>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8"/>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...16 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G9" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>90</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" t="s">
+        <v>92</v>
+      </c>
+      <c r="N9" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="O9" t="s">
+        <v>93</v>
+      </c>
+      <c r="P9"/>
     </row>
-    <row r="5" spans="1:14">
-[...205 lines deleted...]
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
         <v>73</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G10"/>
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>46</v>
+      </c>
       <c r="H10"/>
-      <c r="I10" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>96</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>46</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>106</v>
+      </c>
+      <c r="L12" t="s">
+        <v>58</v>
+      </c>
+      <c r="M12" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
         <v>79</v>
       </c>
-      <c r="J10" t="s">
-[...74 lines deleted...]
-      <c r="I12" t="s">
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>110</v>
+      </c>
+      <c r="G13" t="s">
         <v>46</v>
       </c>
-      <c r="J12" t="s">
-[...8 lines deleted...]
-      <c r="M12" t="s">
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...33 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>33</v>
+        <v>111</v>
       </c>
       <c r="N13" t="s">
-        <v>93</v>
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>