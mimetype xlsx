--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -171,82 +171,67 @@
     <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
     <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
-  </si>
-[...16 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
 The standard covers the following types of self-ballasted LED lamps:
 a. Both the directional and non-directional lamps.
 b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
     <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
@@ -299,50 +284,53 @@
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
     <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
     <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Refrigeration</t>
@@ -459,50 +447,68 @@
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1079,1030 +1085,1030 @@
       </c>
       <c r="L4" t="s">
         <v>49</v>
       </c>
       <c r="M4" t="s">
         <v>50</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
       <c r="O4" t="s">
         <v>51</v>
       </c>
       <c r="P4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>55</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>56</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>40</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H6">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="N6" t="s">
         <v>40</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
         <v>39</v>
       </c>
       <c r="N7" t="s">
         <v>40</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>74</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>76</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H8">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>39</v>
       </c>
       <c r="N8" t="s">
         <v>40</v>
       </c>
       <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
         <v>81</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="G9" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="N9" t="s">
         <v>40</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>56</v>
       </c>
       <c r="G10" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>48</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>50</v>
       </c>
       <c r="N10" t="s">
         <v>40</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>48</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>50</v>
       </c>
       <c r="N11" t="s">
         <v>40</v>
       </c>
       <c r="O11" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>93</v>
       </c>
-      <c r="B12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="F12" t="s">
         <v>56</v>
       </c>
       <c r="G12" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>40</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F13" t="s">
         <v>56</v>
       </c>
       <c r="G13" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
       <c r="M13" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="N13" t="s">
         <v>40</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E14" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="F14" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="G14" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="H14"/>
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>103</v>
+        <v>65</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
-        <v>98</v>
+        <v>39</v>
       </c>
       <c r="N14" t="s">
         <v>40</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="P14"/>
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M15" t="s">
         <v>39</v>
       </c>
       <c r="N15" t="s">
         <v>40</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>35</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
         <v>39</v>
       </c>
       <c r="N16" t="s">
         <v>40</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>35</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M17" t="s">
         <v>39</v>
       </c>
       <c r="N17" t="s">
         <v>40</v>
       </c>
       <c r="O17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>125</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
         <v>2015</v>
       </c>
-      <c r="I18"/>
       <c r="J18" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
         <v>39</v>
       </c>
       <c r="N18" t="s">
         <v>40</v>
       </c>
       <c r="O18" t="s">
         <v>127</v>
       </c>
       <c r="P18" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>129</v>
       </c>
       <c r="B19" t="s">
         <v>130</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>34</v>
       </c>
       <c r="F19" t="s">
         <v>35</v>
       </c>
       <c r="G19" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="H19">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I19">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J19" t="s">
         <v>36</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
       <c r="M19" t="s">
         <v>39</v>
       </c>
       <c r="N19" t="s">
         <v>40</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>35</v>
       </c>
       <c r="G20" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="H20">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I20">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J20" t="s">
         <v>36</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="M20" t="s">
         <v>39</v>
       </c>
       <c r="N20" t="s">
         <v>40</v>
       </c>
       <c r="O20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
       </c>
       <c r="F21" t="s">
         <v>35</v>
       </c>
       <c r="G21" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="H21">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I21">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J21" t="s">
         <v>36</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
         <v>39</v>
       </c>
       <c r="N21" t="s">
         <v>40</v>
       </c>
       <c r="O21" t="s">
         <v>143</v>
       </c>
       <c r="P21" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>145</v>
       </c>
       <c r="B22" t="s">
         <v>146</v>
       </c>
       <c r="C22" t="s">
         <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="E22" t="s">
         <v>34</v>
       </c>
       <c r="F22" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="G22" t="s">
-        <v>69</v>
+        <v>147</v>
       </c>
       <c r="H22">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
         <v>36</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>39</v>
       </c>
       <c r="N22" t="s">
         <v>40</v>
       </c>
       <c r="O22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>58</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E23" t="s">
         <v>34</v>
       </c>
       <c r="F23" t="s">
         <v>35</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2019</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="M23" t="s">
         <v>39</v>
       </c>
       <c r="N23" t="s">
         <v>40</v>
       </c>
       <c r="O23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="P23" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E24" t="s">
         <v>34</v>
       </c>
       <c r="F24" t="s">
         <v>47</v>
       </c>
       <c r="G24" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="H24">
         <v>2013</v>
       </c>
       <c r="I24">
         <v>2015</v>
       </c>
       <c r="J24" t="s">
         <v>36</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="M24" t="s">
         <v>39</v>
       </c>
       <c r="N24" t="s">
         <v>40</v>
       </c>
       <c r="O24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P24" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B25" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C25" t="s">
         <v>32</v>
       </c>
       <c r="D25" t="s">
         <v>46</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>36</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>39</v>
       </c>
       <c r="N25" t="s">
         <v>40</v>
       </c>
       <c r="O25" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P25" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">