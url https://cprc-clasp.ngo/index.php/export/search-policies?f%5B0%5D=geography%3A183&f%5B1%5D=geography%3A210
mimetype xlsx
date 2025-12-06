--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,549 +12,739 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -818,1509 +1008,1710 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="373.909" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>102</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>104</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>124</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>71</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
-[...109 lines deleted...]
-      <c r="N6" t="s">
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>136</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
         <v>42</v>
       </c>
-    </row>
-[...295 lines deleted...]
-      <c r="A14" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>142</v>
+      </c>
+      <c r="K20" t="s">
+        <v>102</v>
+      </c>
+      <c r="L20" t="s">
+        <v>143</v>
+      </c>
+      <c r="M20" t="s">
+        <v>104</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>146</v>
+      </c>
+      <c r="B21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>148</v>
+      </c>
+      <c r="E21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" t="s">
         <v>71</v>
       </c>
-      <c r="B14" t="s">
-[...126 lines deleted...]
-      <c r="C17" t="s">
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>142</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>149</v>
+      </c>
+      <c r="M21" t="s">
+        <v>104</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
         <v>89</v>
       </c>
-      <c r="D17" t="s">
-[...213 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2010</v>
       </c>
-      <c r="I22" t="s">
-        <v>74</v>
+      <c r="I22">
+        <v>2010</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>157</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>42</v>
+      </c>
+      <c r="G23" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>142</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>104</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>70</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>42</v>
+      </c>
+      <c r="G24" t="s">
+        <v>71</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>142</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>163</v>
+      </c>
+      <c r="M24" t="s">
+        <v>104</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
+        <v>94</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>42</v>
+      </c>
+      <c r="G25" t="s">
+        <v>71</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>142</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>168</v>
+      </c>
+      <c r="M25" t="s">
+        <v>104</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>173</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>71</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>142</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>174</v>
+      </c>
+      <c r="M26" t="s">
+        <v>104</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>101</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>104</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>181</v>
+      </c>
+      <c r="B28" t="s">
+        <v>182</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>183</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>101</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>184</v>
+      </c>
+      <c r="M28" t="s">
+        <v>104</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>185</v>
+      </c>
+      <c r="P28" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" t="s">
+        <v>188</v>
+      </c>
+      <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1999</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>101</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>104</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>109</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>42</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2007</v>
+      </c>
+      <c r="I30">
+        <v>2011</v>
+      </c>
+      <c r="J30" t="s">
+        <v>101</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>104</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="23" spans="1:14">
-[...48 lines deleted...]
-      <c r="C24" t="s">
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" t="s">
+        <v>197</v>
+      </c>
+      <c r="C31" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>42</v>
+      </c>
+      <c r="G31" t="s">
+        <v>71</v>
+      </c>
+      <c r="H31">
+        <v>2019</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>142</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>199</v>
+      </c>
+      <c r="M31" t="s">
+        <v>104</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>204</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>101</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>205</v>
+      </c>
+      <c r="M32" t="s">
+        <v>104</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>206</v>
+      </c>
+      <c r="P32" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>99</v>
+      </c>
+      <c r="D33" t="s">
         <v>53</v>
       </c>
-      <c r="D24" t="s">
-[...179 lines deleted...]
-      <c r="H28">
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>204</v>
+      </c>
+      <c r="G33" t="s">
+        <v>71</v>
+      </c>
+      <c r="H33">
         <v>2014</v>
       </c>
-      <c r="I28" t="s">
-[...217 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N33" t="s">
-        <v>147</v>
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>