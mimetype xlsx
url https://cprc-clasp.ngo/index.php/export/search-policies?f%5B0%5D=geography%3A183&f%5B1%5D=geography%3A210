--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -141,50 +141,53 @@
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -233,66 +236,69 @@
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -347,75 +353,63 @@
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...13 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -615,51 +609,72 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1022,51 +1037,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="373.909" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1204,1478 +1219,1478 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
         <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
         <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
         <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H14">
         <v>2018</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="H15">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
       <c r="M15" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H16">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="M16" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H17">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>34</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="M17" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="P17" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="P18" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
       <c r="J19" t="s">
-        <v>34</v>
+        <v>140</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L19" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="P19" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B20" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C20" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D20" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="E20" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H20">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="K20" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>106</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
         <v>143</v>
-      </c>
-[...10 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D21" t="s">
-        <v>148</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>42</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
       <c r="J21" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P21" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>155</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>42</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H22">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>101</v>
+        <v>140</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>156</v>
+      </c>
       <c r="M22" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>71</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="M23" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="P23" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>42</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H24">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="M24" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D25" t="s">
-        <v>94</v>
+        <v>171</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>42</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="M25" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D26" t="s">
-        <v>173</v>
+        <v>54</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>42</v>
       </c>
       <c r="G26" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
         <v>2015</v>
       </c>
-      <c r="I26"/>
       <c r="J26" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B27" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C27" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D27" t="s">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>42</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I27">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J27" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>182</v>
+      </c>
       <c r="M27" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="P27" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>42</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I28">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J28" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="M28" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="P28" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B29" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C29" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>42</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I29">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J29" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="P29" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>196</v>
+      </c>
+      <c r="B30" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" t="s">
+        <v>101</v>
+      </c>
+      <c r="D30" t="s">
         <v>193</v>
       </c>
-      <c r="B30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>198</v>
       </c>
       <c r="H30">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="P30" t="s">
-        <v>111</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B31" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C31" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D31" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>42</v>
       </c>
       <c r="G31" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H31">
         <v>2019</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="M31" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="P31" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C32" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D32" t="s">
         <v>32</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="M32" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="P32" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>101</v>
+      </c>
+      <c r="D33" t="s">
+        <v>54</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>209</v>
       </c>
-      <c r="C33" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="P33" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">