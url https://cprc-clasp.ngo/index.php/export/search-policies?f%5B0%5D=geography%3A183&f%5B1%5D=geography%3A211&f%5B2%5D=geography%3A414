--- v0 (2025-12-10)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -141,71 +141,50 @@
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
     <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
     <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
     <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
   </si>
   <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
 No policy link available.</t>
   </si>
   <si>
     <t>March 2022</t>
@@ -222,86 +201,92 @@
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
   <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
     <t>Voluntary energy efficiency label for household electric pumps.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
     <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
     <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
   </si>
   <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
@@ -417,51 +402,72 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -995,950 +1001,950 @@
       </c>
       <c r="L3" t="s">
         <v>38</v>
       </c>
       <c r="M3" t="s">
         <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>40</v>
       </c>
       <c r="O3" t="s">
         <v>41</v>
       </c>
       <c r="P3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
         <v>45</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
         <v>47</v>
-      </c>
-[...11 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>37</v>
       </c>
       <c r="L5" t="s">
         <v>38</v>
       </c>
       <c r="M5" t="s">
         <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>40</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
         <v>55</v>
       </c>
-      <c r="B6" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
         <v>56</v>
       </c>
-      <c r="C6" t="s">
-[...18 lines deleted...]
-      <c r="J6" t="s">
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>57</v>
       </c>
-      <c r="K6" t="s">
-[...11 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>58</v>
       </c>
-      <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>63</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
       <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
         <v>62</v>
       </c>
-      <c r="K8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
         <v>71</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>73</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="G9" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>62</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
       <c r="M9" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E10" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="G10" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H10"/>
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="K10" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
         <v>85</v>
       </c>
-      <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>86</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="K11" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>62</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
       <c r="M11" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
         <v>62</v>
       </c>
-      <c r="K12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" t="s">
         <v>62</v>
       </c>
-      <c r="K13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
         <v>62</v>
       </c>
-      <c r="K14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
         <v>2015</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
         <v>62</v>
       </c>
-      <c r="K15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>113</v>
       </c>
       <c r="P15" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>115</v>
       </c>
       <c r="B16" t="s">
         <v>116</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>117</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I16">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="L16"/>
+        <v>62</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I17">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="L17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I18">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>130</v>
       </c>
       <c r="P18" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>132</v>
       </c>
       <c r="B19" t="s">
         <v>133</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>129</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="G19" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="H19">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P19" t="s">
-        <v>49</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
+        <v>55</v>
+      </c>
+      <c r="K20" t="s">
         <v>62</v>
       </c>
-      <c r="K20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="P20" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="L21" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B22" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">