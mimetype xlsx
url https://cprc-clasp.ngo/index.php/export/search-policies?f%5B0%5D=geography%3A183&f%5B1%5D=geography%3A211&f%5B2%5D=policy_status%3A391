--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,272 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,497 +596,554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="123" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="133.253" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2015</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...74 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
+      <c r="N4" t="s">
         <v>40</v>
       </c>
-      <c r="K4"/>
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>35</v>
       </c>
-      <c r="N4" t="s">
-        <v>41</v>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...34 lines deleted...]
-      <c r="M5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>35</v>
       </c>
-      <c r="N5" t="s">
-[...10 lines deleted...]
-      <c r="C6" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
         <v>46</v>
-      </c>
-[...19 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K6" t="s">
         <v>47</v>
       </c>
       <c r="L6" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>35</v>
       </c>
-      <c r="N6" t="s">
-        <v>48</v>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1999</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...24 lines deleted...]
-      <c r="I7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>39</v>
       </c>
-      <c r="J7" t="s">
+      <c r="N8" t="s">
         <v>40</v>
       </c>
-      <c r="K7" t="s">
-[...9 lines deleted...]
-        <v>52</v>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...24 lines deleted...]
-      <c r="I8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
         <v>39</v>
       </c>
-      <c r="J8" t="s">
+      <c r="N9" t="s">
         <v>40</v>
       </c>
-      <c r="K8"/>
-[...51 lines deleted...]
-        <v>60</v>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>