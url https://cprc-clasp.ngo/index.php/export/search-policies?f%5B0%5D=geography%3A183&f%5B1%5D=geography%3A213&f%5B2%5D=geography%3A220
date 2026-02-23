--- v0 (2025-12-05)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,441 +104,447 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>KS 2446-2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
+  </si>
+  <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
+    <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>KS 2447-2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
+    <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
+    <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
+  </si>
+  <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for air conditioners</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Seychelles</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for bulbs</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for electric water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for freezers and refrigerators</t>
+  </si>
+  <si>
+    <t>Freezers-only, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
-[...368 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1043,1324 +1049,1324 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H4">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="I4">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>71</v>
       </c>
       <c r="P8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>75</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>76</v>
       </c>
       <c r="P9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>78</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="G10" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L10"/>
+        <v>83</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
       <c r="M10" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H11">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
       <c r="J11" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
         <v>90</v>
       </c>
-      <c r="O11" t="s">
+      <c r="P11" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
         <v>93</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>94</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G12" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G13" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>103</v>
       </c>
-      <c r="N13" t="s">
-[...2 lines deleted...]
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
         <v>106</v>
       </c>
-      <c r="B14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G14" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D15" t="s">
         <v>110</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G15" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
         <v>114</v>
       </c>
-      <c r="B16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G16" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
         <v>118</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="H17"/>
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
       <c r="M17" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="P17" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2016</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B21" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>140</v>
+        <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
         <v>2015</v>
       </c>
-      <c r="I21"/>
       <c r="J21" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>142</v>
       </c>
       <c r="P21" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>144</v>
       </c>
       <c r="B22" t="s">
         <v>145</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H22">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I22">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L22"/>
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>146</v>
+      </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H23">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I23">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H24">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I24">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>156</v>
       </c>
       <c r="P24" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>158</v>
       </c>
       <c r="B25" t="s">
         <v>159</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>114</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>41</v>
+        <v>160</v>
       </c>
       <c r="H25">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P25" t="s">
-        <v>36</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B26" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="P26" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B27" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G27" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2015</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P28" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C29" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="N29" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">