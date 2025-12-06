--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,311 +12,378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,709 +647,748 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
-      </c>
-[...243 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
-      <c r="I8" t="s">
-        <v>52</v>
+      <c r="I8">
+        <v>2010</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="N8" t="s">
-        <v>53</v>
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" t="s">
-[...14 lines deleted...]
-      <c r="H9">
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1999</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
-[...20 lines deleted...]
-      <c r="B10" t="s">
+      <c r="J13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>38</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="C10" t="s">
-[...205 lines deleted...]
-        <v>73</v>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>