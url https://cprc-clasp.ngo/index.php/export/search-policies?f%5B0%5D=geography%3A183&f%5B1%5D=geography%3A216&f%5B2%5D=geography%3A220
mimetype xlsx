--- v0 (2025-12-14)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,384 +104,390 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>MEPS and Labeling Scheme for Refrigerators</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>SANS 941</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for air conditioners</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Seychelles</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for bulbs</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for electric water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for freezers and refrigerators</t>
+  </si>
+  <si>
+    <t>Freezers-only, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
+    <t>MEPS for lighting products</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
+    <t>Refrigeration</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>IEC 62552:2015, Part 1, 2, and 3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...311 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -968,1162 +974,1162 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
         <v>51</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="D8" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="H8"/>
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L8"/>
+        <v>42</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G11" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="P12" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
         <v>88</v>
       </c>
-      <c r="B13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>89</v>
       </c>
       <c r="P13" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
         <v>91</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
         <v>92</v>
       </c>
-      <c r="C14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="G14" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14"/>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E15" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="H15"/>
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L15" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="M15"/>
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="P15"/>
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L17" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="P17" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L18" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P18" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B19" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
         <v>2015</v>
       </c>
-      <c r="I19"/>
       <c r="J19" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>121</v>
       </c>
       <c r="P19" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>123</v>
       </c>
       <c r="B20" t="s">
         <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>125</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H20">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I20">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L20"/>
+        <v>42</v>
+      </c>
+      <c r="L20" t="s">
+        <v>126</v>
+      </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="P20" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H21">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I21">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H22">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I22">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>137</v>
       </c>
       <c r="P22" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>139</v>
       </c>
       <c r="B23" t="s">
         <v>140</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="G23" t="s">
-        <v>41</v>
+        <v>141</v>
       </c>
       <c r="H23">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P23" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B24" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L24" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G25" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L25" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="P25" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P26" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">